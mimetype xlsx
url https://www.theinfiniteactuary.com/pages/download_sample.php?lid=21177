--- v0 (2025-10-09)
+++ v1 (2026-01-08)
@@ -10,106 +10,105 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="10511"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="11028"/>
   <workbookPr autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/zacharyfischer/Dropbox/QFI/QFI Quant Exam/Supplemental Materials/Suggested Study Schedule/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/kennethqian/Dropbox/QFI/QFI Quant Exam/Supplemental Materials/Suggested Study Schedule/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C5F58A4A-8297-A444-90EE-FDC4D4468889}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3AD128EB-4CC0-524D-B107-B15DEE855C69}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="36860" yWindow="500" windowWidth="27080" windowHeight="18660" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="43040" yWindow="500" windowWidth="27080" windowHeight="18660" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Documentation" sheetId="6" r:id="rId1"/>
     <sheet name="Schedule" sheetId="3" r:id="rId2"/>
     <sheet name="Tracking" sheetId="2" r:id="rId3"/>
     <sheet name="RevisionHistory" sheetId="8" r:id="rId4"/>
-    <sheet name="info" sheetId="7" state="hidden" r:id="rId5"/>
+    <sheet name="info" sheetId="7" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="ActFDate">Schedule!$C$6:$C$45</definedName>
     <definedName name="CompFlag">Schedule!$G$6:$G$45</definedName>
     <definedName name="DayLookUp">info!$E$6:$H$128</definedName>
     <definedName name="ExamDate">Schedule!#REF!</definedName>
     <definedName name="LessonDays">info!#REF!</definedName>
     <definedName name="MasterTable">#REF!</definedName>
     <definedName name="PgCnt">Schedule!$F$6:$F$45</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Documentation!$A$1:$N$37</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Schedule!$1:$5</definedName>
     <definedName name="StartDate">Schedule!$D$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B2" i="7" l="1"/>
-  <c r="B58" i="3"/>
+  <c r="B58" i="3" l="1"/>
   <c r="F30" i="3" l="1"/>
   <c r="F29" i="3"/>
   <c r="F28" i="3"/>
   <c r="F27" i="3"/>
   <c r="F26" i="3"/>
   <c r="F25" i="3"/>
   <c r="F24" i="3"/>
   <c r="F23" i="3"/>
   <c r="F22" i="3"/>
   <c r="F21" i="3"/>
   <c r="F20" i="3"/>
   <c r="F19" i="3"/>
   <c r="F18" i="3"/>
   <c r="F17" i="3"/>
   <c r="F16" i="3"/>
   <c r="F15" i="3"/>
   <c r="F4" i="7"/>
   <c r="G6" i="7" s="1"/>
   <c r="B4" i="7" l="1"/>
   <c r="B6" i="7" s="1"/>
   <c r="F44" i="3" l="1"/>
   <c r="F43" i="3"/>
   <c r="F42" i="3"/>
   <c r="F41" i="3"/>
   <c r="F40" i="3"/>
@@ -687,66 +686,66 @@
   <si>
     <t>2. Topic: Valuation of Derivatives</t>
   </si>
   <si>
     <t>3. Topic: Applications and Risks of Derivatives</t>
   </si>
   <si>
     <t>Vol Smile - Ch. 3: Static and Dynamic Replication</t>
   </si>
   <si>
     <t>Vol Smile - Ch. 5: The P&amp;L of Hedged Option Strategies in a Black-Scholes-Merton World</t>
   </si>
   <si>
     <t>Vol Smile - Ch. 6: The Effect of Discrete Hedging on P&amp;L</t>
   </si>
   <si>
     <t>Vol Smile - Ch. 7: The Effect of Transaction Costs on P&amp;L</t>
   </si>
   <si>
     <t>Vol Smile - Ch. 8: The Smile: Stylized Facts and Their Interpretation</t>
   </si>
   <si>
     <t>Vol Smile - Ch. 10: A Survey of Smile Models</t>
   </si>
   <si>
-    <t>This spreadsheet tracks your study progress for the INV-201 Exam (Fall 2025) and was developed by</t>
-[...7 lines deleted...]
-  <si>
     <t>Understanding the Connection Between Real-World and Risk-Neutral Generators, SOA Research, Aug 2022, Sections 1-5, and Appendices A &amp; D</t>
   </si>
   <si>
     <t>Finish working through all TIA practice problems and past SOA exam problems</t>
   </si>
   <si>
     <t>Become extremely familiar with the exam-day process</t>
+  </si>
+  <si>
+    <t>v1 of the TIA INV-201 suggested study schedule for Spring 2026 was released</t>
+  </si>
+  <si>
+    <t>This spreadsheet tracks your study progress for the INV-201 Exam and was developed by</t>
+  </si>
+  <si>
+    <t>The default start date on the Schedule tab is 12/1/2025, but you can enter a different date, and the</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1579,168 +1578,168 @@
                 <c:pt idx="0">
                   <c:v>Proj Pace</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="006600"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
               <c:f>Schedule!$B$6:$B$45</c:f>
               <c:numCache>
                 <c:formatCode>m/d/yy</c:formatCode>
                 <c:ptCount val="40"/>
                 <c:pt idx="0">
-                  <c:v>45854.152234636873</c:v>
+                  <c:v>45992.906424581008</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45856.142458100563</c:v>
+                  <c:v>45994.472067039111</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45856.561452513968</c:v>
+                  <c:v>45994.801675977658</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45858.237430167603</c:v>
+                  <c:v>45996.120111731849</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45858.656424581008</c:v>
+                  <c:v>45996.449720670396</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45860.122905027936</c:v>
+                  <c:v>45997.603351955309</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45861.275139664809</c:v>
+                  <c:v>45998.509776536317</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45861.275139664809</c:v>
+                  <c:v>45998.509776536317</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45863.789106145254</c:v>
+                  <c:v>46000.487430167603</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45865.465083798888</c:v>
+                  <c:v>46001.805865921793</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45866.512569832405</c:v>
+                  <c:v>46002.629888268159</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45867.979050279333</c:v>
+                  <c:v>46003.783519553072</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45870.388268156428</c:v>
+                  <c:v>46005.678770949722</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>45871.645251396651</c:v>
+                  <c:v>46006.667597765365</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>45872.587988826817</c:v>
+                  <c:v>46007.409217877095</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>45873.84497206704</c:v>
+                  <c:v>46008.398044692738</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>45873.949720670389</c:v>
+                  <c:v>46008.480446927373</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>45877.196927374302</c:v>
+                  <c:v>46011.034916201119</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>45879.501396648047</c:v>
+                  <c:v>46012.847765363127</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>45880.65363128492</c:v>
+                  <c:v>46013.754189944135</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>45885.681564245817</c:v>
+                  <c:v>46017.709497206706</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>45887.56703910615</c:v>
+                  <c:v>46019.192737430167</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>45888.300279329611</c:v>
+                  <c:v>46019.769553072627</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>45893.747206703913</c:v>
+                  <c:v>46024.054469273746</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>45897.727653631286</c:v>
+                  <c:v>46027.185754189944</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>45897.727653631286</c:v>
+                  <c:v>46027.185754189944</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>45899.927374301675</c:v>
+                  <c:v>46028.916201117318</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>45900.24162011173</c:v>
+                  <c:v>46029.16340782123</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>45901.498603351953</c:v>
+                  <c:v>46030.152234636873</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>45903.488826815643</c:v>
+                  <c:v>46031.717877094976</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>45905.479050279333</c:v>
+                  <c:v>46033.283519553079</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>45906.736033519555</c:v>
+                  <c:v>46034.272346368722</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>45908.097765363134</c:v>
+                  <c:v>46035.343575419</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>45909.773743016769</c:v>
+                  <c:v>46036.66201117319</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>45915.639664804476</c:v>
+                  <c:v>46041.276536312856</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>45920.877094972071</c:v>
+                  <c:v>46045.396648044698</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>45923.705307262571</c:v>
+                  <c:v>46047.621508379896</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>45926.743016759778</c:v>
+                  <c:v>46050.011173184364</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>45928</c:v>
+                  <c:v>46051.000000000007</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>45928</c:v>
+                  <c:v>46051.000000000007</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Schedule!$H$6:$H$45</c:f>
               <c:numCache>
                 <c:formatCode>0</c:formatCode>
                 <c:ptCount val="40"/>
                 <c:pt idx="0">
                   <c:v>11</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>30</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>34</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>50</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>54</c:v>
                 </c:pt>
@@ -1870,201 +1869,201 @@
                 <c:pt idx="0">
                   <c:v>Your Pace</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
               <c:f>Schedule!$B$6:$B$45</c:f>
               <c:numCache>
                 <c:formatCode>m/d/yy</c:formatCode>
                 <c:ptCount val="40"/>
                 <c:pt idx="0">
-                  <c:v>45854.152234636873</c:v>
+                  <c:v>45992.906424581008</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45856.142458100563</c:v>
+                  <c:v>45994.472067039111</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45856.561452513968</c:v>
+                  <c:v>45994.801675977658</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45858.237430167603</c:v>
+                  <c:v>45996.120111731849</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45858.656424581008</c:v>
+                  <c:v>45996.449720670396</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45860.122905027936</c:v>
+                  <c:v>45997.603351955309</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45861.275139664809</c:v>
+                  <c:v>45998.509776536317</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45861.275139664809</c:v>
+                  <c:v>45998.509776536317</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45863.789106145254</c:v>
+                  <c:v>46000.487430167603</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45865.465083798888</c:v>
+                  <c:v>46001.805865921793</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45866.512569832405</c:v>
+                  <c:v>46002.629888268159</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45867.979050279333</c:v>
+                  <c:v>46003.783519553072</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45870.388268156428</c:v>
+                  <c:v>46005.678770949722</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>45871.645251396651</c:v>
+                  <c:v>46006.667597765365</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>45872.587988826817</c:v>
+                  <c:v>46007.409217877095</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>45873.84497206704</c:v>
+                  <c:v>46008.398044692738</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>45873.949720670389</c:v>
+                  <c:v>46008.480446927373</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>45877.196927374302</c:v>
+                  <c:v>46011.034916201119</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>45879.501396648047</c:v>
+                  <c:v>46012.847765363127</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>45880.65363128492</c:v>
+                  <c:v>46013.754189944135</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>45885.681564245817</c:v>
+                  <c:v>46017.709497206706</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>45887.56703910615</c:v>
+                  <c:v>46019.192737430167</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>45888.300279329611</c:v>
+                  <c:v>46019.769553072627</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>45893.747206703913</c:v>
+                  <c:v>46024.054469273746</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>45897.727653631286</c:v>
+                  <c:v>46027.185754189944</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>45897.727653631286</c:v>
+                  <c:v>46027.185754189944</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>45899.927374301675</c:v>
+                  <c:v>46028.916201117318</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>45900.24162011173</c:v>
+                  <c:v>46029.16340782123</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>45901.498603351953</c:v>
+                  <c:v>46030.152234636873</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>45903.488826815643</c:v>
+                  <c:v>46031.717877094976</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>45905.479050279333</c:v>
+                  <c:v>46033.283519553079</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>45906.736033519555</c:v>
+                  <c:v>46034.272346368722</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>45908.097765363134</c:v>
+                  <c:v>46035.343575419</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>45909.773743016769</c:v>
+                  <c:v>46036.66201117319</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>45915.639664804476</c:v>
+                  <c:v>46041.276536312856</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>45920.877094972071</c:v>
+                  <c:v>46045.396648044698</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>45923.705307262571</c:v>
+                  <c:v>46047.621508379896</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>45926.743016759778</c:v>
+                  <c:v>46050.011173184364</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>45928</c:v>
+                  <c:v>46051.000000000007</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>45928</c:v>
+                  <c:v>46051.000000000007</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Schedule!$I$6:$I$45</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="40"/>
                 <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="3">
                   <c:v>34</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="4">
+                  <c:v>34</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>50</c:v>
+                </c:pt>
+                <c:pt idx="6">
                   <c:v>54</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="7">
                   <c:v>54</c:v>
-                </c:pt>
-[...13 lines deleted...]
-                  <c:v>79</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>79</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>79</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>79</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>79</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>79</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>79</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>79</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>79</c:v>
                 </c:pt>
@@ -3523,87 +3522,87 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soa.org/resources/research-reports/2022/understanding-the-connection/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soa.org/resources/research-reports/2022/understanding-the-connection/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A6:A36"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="125" zoomScaleNormal="125" zoomScalePageLayoutView="125" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="125" zoomScaleNormal="125" zoomScalePageLayoutView="125" workbookViewId="0">
       <selection activeCell="A15" sqref="A15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="6" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A6" s="16" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A7" s="16"/>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="10" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A12" s="16" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A16" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>39</v>
@@ -3658,75 +3657,75 @@
       </c>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A36" s="16"/>
     </row>
   </sheetData>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="70" orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="3" tint="0.79998168889431442"/>
   </sheetPr>
   <dimension ref="A1:O60"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="120" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScalePageLayoutView="120" workbookViewId="0">
       <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight" activeCell="C6" sqref="C6"/>
+      <selection pane="bottomRight" activeCell="C37" sqref="C37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5" style="1" customWidth="1"/>
     <col min="2" max="3" width="11.5" style="1" customWidth="1"/>
     <col min="4" max="4" width="54.33203125" style="1" customWidth="1"/>
     <col min="5" max="5" width="145.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.83203125" style="1"/>
     <col min="7" max="7" width="14.5" style="1" customWidth="1"/>
     <col min="8" max="10" width="8.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="11" max="13" width="8.83203125" style="1"/>
     <col min="14" max="14" width="10.83203125" style="1" customWidth="1"/>
     <col min="15" max="15" width="12.1640625" style="1" customWidth="1"/>
     <col min="16" max="16384" width="8.83203125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="23" customHeight="1" x14ac:dyDescent="0.3">
       <c r="D1" s="2">
-        <v>45853</v>
+        <v>45992</v>
       </c>
       <c r="M1" s="58" t="s">
         <v>1</v>
       </c>
       <c r="N1" s="59"/>
       <c r="O1" s="3">
         <f>O3/O2</f>
         <v>0.11033519553072625</v>
       </c>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.2">
       <c r="M2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="O2" s="4">
         <f>SUM(F6:F45)</f>
         <v>716</v>
       </c>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="M3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="O3" s="4">
         <f>SUMIF(G6:G45,"Yes",F6:F45)</f>
@@ -3753,2410 +3752,2409 @@
         <v>9</v>
       </c>
       <c r="F5" s="6" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="8" t="s">
         <v>6</v>
       </c>
       <c r="I5" s="9" t="s">
         <v>7</v>
       </c>
       <c r="J5" s="10" t="s">
         <v>8</v>
       </c>
       <c r="K5" s="31" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A6" s="11"/>
       <c r="B6" s="17">
         <f>StartDate+VLOOKUP(E6,DayLookUp,4,FALSE)</f>
-        <v>45854.152234636873</v>
+        <v>45992.906424581008</v>
       </c>
       <c r="C6" s="18">
-        <v>45852</v>
+        <v>45994</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E6" t="s">
         <v>62</v>
       </c>
       <c r="F6">
         <f>VLOOKUP(E6,info!E:F,2,FALSE)</f>
         <v>11</v>
       </c>
       <c r="G6" s="12" t="s">
         <v>46</v>
       </c>
       <c r="H6" s="13">
         <f>SUM($F$6:F6)</f>
         <v>11</v>
       </c>
       <c r="I6" s="14">
         <f>SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B6)</f>
-        <v>34</v>
+        <v>0</v>
       </c>
       <c r="J6" s="15">
         <f t="shared" ref="J6:J45" si="0">I6/H6</f>
-        <v>3.0909090909090908</v>
+        <v>0</v>
       </c>
       <c r="K6" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:15" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="11"/>
       <c r="B7" s="17">
         <f t="shared" ref="B7:B45" si="1">B6+VLOOKUP(E7,DayLookUp,4,FALSE)</f>
-        <v>45856.142458100563</v>
+        <v>45994.472067039111</v>
       </c>
       <c r="C7" s="18">
         <f>C6+1</f>
-        <v>45853</v>
+        <v>45995</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E7" t="s">
         <v>63</v>
       </c>
       <c r="F7">
         <f>VLOOKUP(E7,info!E:F,2,FALSE)</f>
         <v>19</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>46</v>
       </c>
       <c r="H7" s="13">
         <f>SUM($F$6:F7)</f>
         <v>30</v>
       </c>
       <c r="I7" s="14">
         <f t="shared" ref="I7:I12" si="2">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B7)</f>
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="J7" s="15">
         <f t="shared" ref="J7:J12" si="3">I7/H7</f>
-        <v>1.8</v>
+        <v>0.36666666666666664</v>
       </c>
       <c r="K7" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="8" spans="1:15" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="11"/>
       <c r="B8" s="17">
         <f t="shared" si="1"/>
-        <v>45856.561452513968</v>
+        <v>45994.801675977658</v>
       </c>
       <c r="C8" s="18">
         <f t="shared" ref="C8:C12" si="4">C7+1</f>
-        <v>45854</v>
+        <v>45996</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E8" t="s">
         <v>64</v>
       </c>
       <c r="F8">
         <f>VLOOKUP(E8,info!E:F,2,FALSE)</f>
         <v>4</v>
       </c>
       <c r="G8" s="12" t="s">
         <v>46</v>
       </c>
       <c r="H8" s="13">
         <f>SUM($F$6:F8)</f>
         <v>34</v>
       </c>
       <c r="I8" s="14">
         <f t="shared" si="2"/>
-        <v>54</v>
+        <v>11</v>
       </c>
       <c r="J8" s="15">
         <f t="shared" si="3"/>
-        <v>1.588235294117647</v>
+        <v>0.3235294117647059</v>
       </c>
       <c r="K8" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="9" spans="1:15" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="11"/>
       <c r="B9" s="17">
         <f t="shared" si="1"/>
-        <v>45858.237430167603</v>
+        <v>45996.120111731849</v>
       </c>
       <c r="C9" s="18">
         <f t="shared" si="4"/>
-        <v>45855</v>
+        <v>45997</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E9" t="s">
         <v>65</v>
       </c>
       <c r="F9">
         <f>VLOOKUP(E9,info!E:F,2,FALSE)</f>
         <v>16</v>
       </c>
       <c r="G9" s="12" t="s">
         <v>46</v>
       </c>
       <c r="H9" s="13">
         <f>SUM($F$6:F9)</f>
         <v>50</v>
       </c>
       <c r="I9" s="14">
         <f>SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B9)</f>
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="J9" s="15">
         <f t="shared" si="3"/>
-        <v>1.58</v>
+        <v>0.68</v>
       </c>
       <c r="K9" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="11"/>
       <c r="B10" s="17">
         <f t="shared" si="1"/>
-        <v>45858.656424581008</v>
+        <v>45996.449720670396</v>
       </c>
       <c r="C10" s="18">
         <f t="shared" si="4"/>
-        <v>45856</v>
+        <v>45998</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E10" t="s">
         <v>66</v>
       </c>
       <c r="F10">
         <f>VLOOKUP(E10,info!E:F,2,FALSE)</f>
         <v>4</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>46</v>
       </c>
       <c r="H10" s="13">
         <f>SUM($F$6:F10)</f>
         <v>54</v>
       </c>
       <c r="I10" s="14">
         <f t="shared" si="2"/>
-        <v>79</v>
+        <v>34</v>
       </c>
       <c r="J10" s="15">
         <f>I10/H10</f>
-        <v>1.462962962962963</v>
+        <v>0.62962962962962965</v>
       </c>
       <c r="K10" s="32" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="11"/>
       <c r="B11" s="17">
         <f t="shared" si="1"/>
-        <v>45860.122905027936</v>
+        <v>45997.603351955309</v>
       </c>
       <c r="C11" s="18">
         <f t="shared" si="4"/>
-        <v>45857</v>
+        <v>45999</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E11" t="s">
         <v>67</v>
       </c>
       <c r="F11">
         <f>VLOOKUP(E11,info!E:F,2,FALSE)</f>
         <v>14</v>
       </c>
       <c r="G11" s="12" t="s">
         <v>46</v>
       </c>
       <c r="H11" s="13">
         <f>SUM($F$6:F11)</f>
         <v>68</v>
       </c>
       <c r="I11" s="14">
         <f>SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B11)</f>
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="J11" s="15">
         <f t="shared" si="3"/>
-        <v>1.161764705882353</v>
+        <v>0.73529411764705888</v>
       </c>
       <c r="K11" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="11"/>
       <c r="B12" s="17">
         <f t="shared" si="1"/>
-        <v>45861.275139664809</v>
+        <v>45998.509776536317</v>
       </c>
       <c r="C12" s="18">
         <f t="shared" si="4"/>
-        <v>45858</v>
+        <v>46000</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>91</v>
       </c>
       <c r="E12" t="s">
         <v>68</v>
       </c>
       <c r="F12">
         <f>VLOOKUP(E12,info!E:F,2,FALSE)</f>
         <v>11</v>
       </c>
       <c r="G12" s="12" t="s">
         <v>46</v>
       </c>
       <c r="H12" s="13">
         <f>SUM($F$6:F12)</f>
         <v>79</v>
       </c>
       <c r="I12" s="14">
         <f t="shared" si="2"/>
-        <v>79</v>
+        <v>54</v>
       </c>
       <c r="J12" s="15">
         <f t="shared" si="3"/>
-        <v>1</v>
+        <v>0.68354430379746833</v>
       </c>
       <c r="K12" s="32" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="37"/>
       <c r="B13" s="38">
         <f t="shared" si="1"/>
-        <v>45861.275139664809</v>
+        <v>45998.509776536317</v>
       </c>
       <c r="C13" s="39"/>
       <c r="D13" s="40"/>
       <c r="E13" s="41" t="s">
         <v>51</v>
       </c>
       <c r="F13" s="42"/>
       <c r="G13" s="43"/>
       <c r="H13" s="44">
         <f>SUM($F$6:F13)</f>
         <v>79</v>
       </c>
       <c r="I13" s="45">
         <f t="shared" ref="I13:I45" si="5">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B13)</f>
-        <v>79</v>
+        <v>54</v>
       </c>
       <c r="J13" s="46">
         <f t="shared" si="0"/>
-        <v>1</v>
+        <v>0.68354430379746833</v>
       </c>
       <c r="K13" s="32"/>
     </row>
     <row r="14" spans="1:15" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="11"/>
       <c r="B14" s="17">
         <f t="shared" si="1"/>
-        <v>45863.789106145254</v>
+        <v>46000.487430167603</v>
       </c>
       <c r="C14" s="18"/>
       <c r="D14" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E14" t="s">
         <v>69</v>
       </c>
       <c r="F14">
         <f>VLOOKUP(E14,info!E:F,2,FALSE)</f>
         <v>24</v>
       </c>
       <c r="G14" s="12"/>
       <c r="H14" s="13">
         <f>SUM($F$6:F14)</f>
         <v>103</v>
       </c>
       <c r="I14" s="14">
         <f t="shared" ref="I14" si="6">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B14)</f>
         <v>79</v>
       </c>
       <c r="J14" s="15">
         <f t="shared" ref="J14" si="7">I14/H14</f>
         <v>0.76699029126213591</v>
       </c>
       <c r="K14" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="15" spans="1:15" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="11"/>
       <c r="B15" s="17">
         <f t="shared" si="1"/>
-        <v>45865.465083798888</v>
+        <v>46001.805865921793</v>
       </c>
       <c r="C15" s="18"/>
       <c r="D15" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E15" t="s">
         <v>70</v>
       </c>
       <c r="F15">
         <f>VLOOKUP(E15,info!E:F,2,FALSE)</f>
         <v>16</v>
       </c>
       <c r="G15" s="12"/>
       <c r="H15" s="13">
         <f>SUM($F$6:F15)</f>
         <v>119</v>
       </c>
       <c r="I15" s="14">
         <f t="shared" ref="I15:I30" si="8">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B15)</f>
         <v>79</v>
       </c>
       <c r="J15" s="15">
         <f t="shared" ref="J15:J30" si="9">I15/H15</f>
         <v>0.66386554621848737</v>
       </c>
       <c r="K15" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="16" spans="1:15" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="11"/>
       <c r="B16" s="17">
         <f t="shared" si="1"/>
-        <v>45866.512569832405</v>
+        <v>46002.629888268159</v>
       </c>
       <c r="C16" s="18"/>
       <c r="D16" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E16" t="s">
         <v>71</v>
       </c>
       <c r="F16">
         <f>VLOOKUP(E16,info!E:F,2,FALSE)</f>
         <v>10</v>
       </c>
       <c r="G16" s="12"/>
       <c r="H16" s="13">
         <f>SUM($F$6:F16)</f>
         <v>129</v>
       </c>
       <c r="I16" s="14">
         <f t="shared" si="8"/>
         <v>79</v>
       </c>
       <c r="J16" s="15">
         <f t="shared" si="9"/>
         <v>0.61240310077519378</v>
       </c>
       <c r="K16" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="17" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="11"/>
       <c r="B17" s="17">
         <f t="shared" si="1"/>
-        <v>45867.979050279333</v>
+        <v>46003.783519553072</v>
       </c>
       <c r="C17" s="18"/>
       <c r="D17" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E17" t="s">
         <v>72</v>
       </c>
       <c r="F17">
         <f>VLOOKUP(E17,info!E:F,2,FALSE)</f>
         <v>14</v>
       </c>
       <c r="G17" s="12"/>
       <c r="H17" s="13">
         <f>SUM($F$6:F17)</f>
         <v>143</v>
       </c>
       <c r="I17" s="14">
         <f t="shared" si="8"/>
         <v>79</v>
       </c>
       <c r="J17" s="15">
         <f t="shared" si="9"/>
         <v>0.55244755244755239</v>
       </c>
       <c r="K17" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="18" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="11"/>
       <c r="B18" s="17">
         <f t="shared" si="1"/>
-        <v>45870.388268156428</v>
+        <v>46005.678770949722</v>
       </c>
       <c r="C18" s="18"/>
       <c r="D18" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E18" t="s">
         <v>73</v>
       </c>
       <c r="F18">
         <f>VLOOKUP(E18,info!E:F,2,FALSE)</f>
         <v>23</v>
       </c>
       <c r="G18" s="12"/>
       <c r="H18" s="13">
         <f>SUM($F$6:F18)</f>
         <v>166</v>
       </c>
       <c r="I18" s="14">
         <f t="shared" si="8"/>
         <v>79</v>
       </c>
       <c r="J18" s="15">
         <f t="shared" si="9"/>
         <v>0.4759036144578313</v>
       </c>
       <c r="K18" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="19" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="11"/>
       <c r="B19" s="17">
         <f t="shared" si="1"/>
-        <v>45871.645251396651</v>
+        <v>46006.667597765365</v>
       </c>
       <c r="C19" s="18"/>
       <c r="D19" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E19" t="s">
         <v>74</v>
       </c>
       <c r="F19">
         <f>VLOOKUP(E19,info!E:F,2,FALSE)</f>
         <v>12</v>
       </c>
       <c r="G19" s="12"/>
       <c r="H19" s="13">
         <f>SUM($F$6:F19)</f>
         <v>178</v>
       </c>
       <c r="I19" s="14">
         <f t="shared" si="8"/>
         <v>79</v>
       </c>
       <c r="J19" s="15">
         <f t="shared" si="9"/>
         <v>0.4438202247191011</v>
       </c>
       <c r="K19" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="11"/>
       <c r="B20" s="17">
         <f t="shared" si="1"/>
-        <v>45872.587988826817</v>
+        <v>46007.409217877095</v>
       </c>
       <c r="C20" s="18"/>
       <c r="D20" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E20" s="34" t="s">
         <v>75</v>
       </c>
       <c r="F20">
         <f>VLOOKUP(E20,info!E:F,2,FALSE)</f>
         <v>9</v>
       </c>
       <c r="G20" s="12"/>
       <c r="H20" s="13">
         <f>SUM($F$6:F20)</f>
         <v>187</v>
       </c>
       <c r="I20" s="14">
         <f t="shared" si="8"/>
         <v>79</v>
       </c>
       <c r="J20" s="15">
         <f t="shared" si="9"/>
         <v>0.42245989304812837</v>
       </c>
       <c r="K20" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="21" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="11"/>
       <c r="B21" s="17">
         <f t="shared" si="1"/>
-        <v>45873.84497206704</v>
+        <v>46008.398044692738</v>
       </c>
       <c r="C21" s="18"/>
       <c r="D21" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E21" s="34" t="s">
         <v>76</v>
       </c>
       <c r="F21">
         <f>VLOOKUP(E21,info!E:F,2,FALSE)</f>
         <v>12</v>
       </c>
       <c r="G21" s="12"/>
       <c r="H21" s="13">
         <f>SUM($F$6:F21)</f>
         <v>199</v>
       </c>
       <c r="I21" s="14">
         <f t="shared" si="8"/>
         <v>79</v>
       </c>
       <c r="J21" s="15">
         <f t="shared" si="9"/>
         <v>0.39698492462311558</v>
       </c>
       <c r="K21" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="22" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="11"/>
       <c r="B22" s="17">
         <f t="shared" si="1"/>
-        <v>45873.949720670389</v>
+        <v>46008.480446927373</v>
       </c>
       <c r="C22" s="18"/>
       <c r="D22" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E22" s="34" t="s">
         <v>77</v>
       </c>
       <c r="F22">
         <f>VLOOKUP(E22,info!E:F,2,FALSE)</f>
         <v>1</v>
       </c>
       <c r="G22" s="12"/>
       <c r="H22" s="13">
         <f>SUM($F$6:F22)</f>
         <v>200</v>
       </c>
       <c r="I22" s="14">
         <f t="shared" si="8"/>
         <v>79</v>
       </c>
       <c r="J22" s="15">
         <f t="shared" si="9"/>
         <v>0.39500000000000002</v>
       </c>
       <c r="K22" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="11"/>
       <c r="B23" s="17">
         <f t="shared" si="1"/>
-        <v>45877.196927374302</v>
+        <v>46011.034916201119</v>
       </c>
       <c r="C23" s="18"/>
       <c r="D23" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E23" s="34" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="F23">
         <f>VLOOKUP(E23,info!E:F,2,FALSE)</f>
         <v>31</v>
       </c>
       <c r="G23" s="12"/>
       <c r="H23" s="13">
         <f>SUM($F$6:F23)</f>
         <v>231</v>
       </c>
       <c r="I23" s="14">
         <f t="shared" si="8"/>
         <v>79</v>
       </c>
       <c r="J23" s="15">
         <f t="shared" si="9"/>
         <v>0.34199134199134201</v>
       </c>
       <c r="K23" s="32" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="24" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="11"/>
       <c r="B24" s="17">
         <f t="shared" si="1"/>
-        <v>45879.501396648047</v>
+        <v>46012.847765363127</v>
       </c>
       <c r="C24" s="18"/>
       <c r="D24" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E24" t="s">
         <v>98</v>
       </c>
       <c r="F24">
         <f>VLOOKUP(E24,info!E:F,2,FALSE)</f>
         <v>22</v>
       </c>
       <c r="G24" s="12"/>
       <c r="H24" s="13">
         <f>SUM($F$6:F24)</f>
         <v>253</v>
       </c>
       <c r="I24" s="14">
         <f t="shared" si="8"/>
         <v>79</v>
       </c>
       <c r="J24" s="15">
         <f t="shared" si="9"/>
         <v>0.31225296442687744</v>
       </c>
       <c r="K24" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="25" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="11"/>
       <c r="B25" s="17">
         <f t="shared" si="1"/>
-        <v>45880.65363128492</v>
+        <v>46013.754189944135</v>
       </c>
       <c r="C25" s="18"/>
       <c r="D25" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E25" s="34" t="s">
         <v>99</v>
       </c>
       <c r="F25">
         <f>VLOOKUP(E25,info!E:F,2,FALSE)</f>
         <v>11</v>
       </c>
       <c r="G25" s="12"/>
       <c r="H25" s="13">
         <f>SUM($F$6:F25)</f>
         <v>264</v>
       </c>
       <c r="I25" s="14">
         <f t="shared" si="8"/>
         <v>79</v>
       </c>
       <c r="J25" s="15">
         <f t="shared" si="9"/>
         <v>0.29924242424242425</v>
       </c>
       <c r="K25" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="26" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="11"/>
       <c r="B26" s="17">
         <f t="shared" si="1"/>
-        <v>45885.681564245817</v>
+        <v>46017.709497206706</v>
       </c>
       <c r="C26" s="18"/>
       <c r="D26" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E26" t="s">
         <v>78</v>
       </c>
       <c r="F26">
         <f>VLOOKUP(E26,info!E:F,2,FALSE)</f>
         <v>48</v>
       </c>
       <c r="G26" s="12"/>
       <c r="H26" s="13">
         <f>SUM($F$6:F26)</f>
         <v>312</v>
       </c>
       <c r="I26" s="14">
         <f t="shared" si="8"/>
         <v>79</v>
       </c>
       <c r="J26" s="15">
         <f t="shared" si="9"/>
         <v>0.25320512820512819</v>
       </c>
       <c r="K26" s="32" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="27" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="11"/>
       <c r="B27" s="17">
         <f t="shared" si="1"/>
-        <v>45887.56703910615</v>
+        <v>46019.192737430167</v>
       </c>
       <c r="C27" s="18"/>
       <c r="D27" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E27" t="s">
         <v>79</v>
       </c>
       <c r="F27">
         <f>VLOOKUP(E27,info!E:F,2,FALSE)</f>
         <v>18</v>
       </c>
       <c r="G27" s="12"/>
       <c r="H27" s="13">
         <f>SUM($F$6:F27)</f>
         <v>330</v>
       </c>
       <c r="I27" s="14">
         <f t="shared" si="8"/>
         <v>79</v>
       </c>
       <c r="J27" s="15">
         <f t="shared" si="9"/>
         <v>0.23939393939393938</v>
       </c>
       <c r="K27" s="32" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="28" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="11"/>
       <c r="B28" s="17">
         <f t="shared" si="1"/>
-        <v>45888.300279329611</v>
+        <v>46019.769553072627</v>
       </c>
       <c r="C28" s="18"/>
       <c r="D28" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E28" t="s">
         <v>80</v>
       </c>
       <c r="F28">
         <f>VLOOKUP(E28,info!E:F,2,FALSE)</f>
         <v>7</v>
       </c>
       <c r="G28" s="12"/>
       <c r="H28" s="13">
         <f>SUM($F$6:F28)</f>
         <v>337</v>
       </c>
       <c r="I28" s="14">
         <f t="shared" si="8"/>
         <v>79</v>
       </c>
       <c r="J28" s="15">
         <f t="shared" si="9"/>
         <v>0.23442136498516319</v>
       </c>
       <c r="K28" s="32" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="29" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="11"/>
       <c r="B29" s="17">
         <f t="shared" si="1"/>
-        <v>45893.747206703913</v>
+        <v>46024.054469273746</v>
       </c>
       <c r="C29" s="18"/>
       <c r="D29" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E29" t="s">
         <v>81</v>
       </c>
       <c r="F29">
         <f>VLOOKUP(E29,info!E:F,2,FALSE)</f>
         <v>52</v>
       </c>
       <c r="G29" s="12"/>
       <c r="H29" s="13">
         <f>SUM($F$6:F29)</f>
         <v>389</v>
       </c>
       <c r="I29" s="14">
         <f t="shared" si="8"/>
         <v>79</v>
       </c>
       <c r="J29" s="15">
         <f t="shared" si="9"/>
         <v>0.20308483290488433</v>
       </c>
       <c r="K29" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="30" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="11"/>
       <c r="B30" s="17">
         <f t="shared" si="1"/>
-        <v>45897.727653631286</v>
+        <v>46027.185754189944</v>
       </c>
       <c r="C30" s="18"/>
       <c r="D30" s="1" t="s">
         <v>92</v>
       </c>
       <c r="E30" s="36" t="s">
         <v>61</v>
       </c>
       <c r="F30">
         <f>VLOOKUP(E30,info!E:F,2,FALSE)</f>
         <v>38</v>
       </c>
       <c r="G30" s="12"/>
       <c r="H30" s="13">
         <f>SUM($F$6:F30)</f>
         <v>427</v>
       </c>
       <c r="I30" s="14">
         <f t="shared" si="8"/>
         <v>79</v>
       </c>
       <c r="J30" s="15">
         <f t="shared" si="9"/>
         <v>0.18501170960187355</v>
       </c>
       <c r="K30" s="32" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="31" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="37"/>
       <c r="B31" s="38">
         <f t="shared" si="1"/>
-        <v>45897.727653631286</v>
+        <v>46027.185754189944</v>
       </c>
       <c r="C31" s="39"/>
       <c r="D31" s="40"/>
       <c r="E31" s="41" t="s">
         <v>43</v>
       </c>
       <c r="F31" s="42"/>
       <c r="G31" s="43"/>
       <c r="H31" s="44">
         <f>SUM($F$6:F31)</f>
         <v>427</v>
       </c>
       <c r="I31" s="45">
         <f t="shared" si="5"/>
         <v>79</v>
       </c>
       <c r="J31" s="46">
         <f t="shared" si="0"/>
         <v>0.18501170960187355</v>
       </c>
       <c r="K31" s="32"/>
     </row>
     <row r="32" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="11"/>
       <c r="B32" s="17">
         <f t="shared" si="1"/>
-        <v>45899.927374301675</v>
+        <v>46028.916201117318</v>
       </c>
       <c r="C32" s="18"/>
       <c r="D32" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E32" t="s">
         <v>82</v>
       </c>
       <c r="F32">
         <f>VLOOKUP(E32,info!E:F,2,FALSE)</f>
         <v>21</v>
       </c>
       <c r="G32" s="12"/>
       <c r="H32" s="13">
         <f>SUM($F$6:F32)</f>
         <v>448</v>
       </c>
       <c r="I32" s="14">
         <f t="shared" ref="I32:I44" si="10">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B32)</f>
         <v>79</v>
       </c>
       <c r="J32" s="15">
         <f t="shared" ref="J32:J44" si="11">I32/H32</f>
         <v>0.17633928571428573</v>
       </c>
       <c r="K32" s="32" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="33" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="11"/>
       <c r="B33" s="17">
         <f t="shared" si="1"/>
-        <v>45900.24162011173</v>
+        <v>46029.16340782123</v>
       </c>
       <c r="C33" s="18"/>
       <c r="D33" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E33" t="s">
         <v>83</v>
       </c>
       <c r="F33">
         <f>VLOOKUP(E33,info!E:F,2,FALSE)</f>
         <v>3</v>
       </c>
       <c r="G33" s="12"/>
       <c r="H33" s="13">
         <f>SUM($F$6:F33)</f>
         <v>451</v>
       </c>
       <c r="I33" s="14">
         <f t="shared" si="10"/>
         <v>79</v>
       </c>
       <c r="J33" s="15">
         <f t="shared" si="11"/>
         <v>0.17516629711751663</v>
       </c>
       <c r="K33" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="34" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="11"/>
       <c r="B34" s="17">
         <f t="shared" si="1"/>
-        <v>45901.498603351953</v>
+        <v>46030.152234636873</v>
       </c>
       <c r="C34" s="18"/>
       <c r="D34" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E34" t="s">
         <v>84</v>
       </c>
       <c r="F34">
         <f>VLOOKUP(E34,info!E:F,2,FALSE)</f>
         <v>12</v>
       </c>
       <c r="G34" s="12"/>
       <c r="H34" s="13">
         <f>SUM($F$6:F34)</f>
         <v>463</v>
       </c>
       <c r="I34" s="14">
         <f t="shared" si="10"/>
         <v>79</v>
       </c>
       <c r="J34" s="15">
         <f t="shared" si="11"/>
         <v>0.17062634989200864</v>
       </c>
       <c r="K34" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="35" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="11"/>
       <c r="B35" s="17">
         <f t="shared" si="1"/>
-        <v>45903.488826815643</v>
+        <v>46031.717877094976</v>
       </c>
       <c r="C35" s="18"/>
       <c r="D35" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E35" t="s">
         <v>94</v>
       </c>
       <c r="F35">
         <f>VLOOKUP(E35,info!E:F,2,FALSE)</f>
         <v>19</v>
       </c>
       <c r="G35" s="12"/>
       <c r="H35" s="13">
         <f>SUM($F$6:F35)</f>
         <v>482</v>
       </c>
       <c r="I35" s="14">
         <f t="shared" si="10"/>
         <v>79</v>
       </c>
       <c r="J35" s="15">
         <f t="shared" si="11"/>
         <v>0.16390041493775934</v>
       </c>
       <c r="K35" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="36" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="11"/>
       <c r="B36" s="17">
         <f t="shared" si="1"/>
-        <v>45905.479050279333</v>
+        <v>46033.283519553079</v>
       </c>
       <c r="C36" s="18"/>
       <c r="D36" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E36" t="s">
         <v>95</v>
       </c>
       <c r="F36">
         <f>VLOOKUP(E36,info!E:F,2,FALSE)</f>
         <v>19</v>
       </c>
       <c r="G36" s="12"/>
       <c r="H36" s="13">
         <f>SUM($F$6:F36)</f>
         <v>501</v>
       </c>
       <c r="I36" s="14">
         <f t="shared" si="10"/>
         <v>79</v>
       </c>
       <c r="J36" s="15">
         <f t="shared" si="11"/>
         <v>0.15768463073852296</v>
       </c>
       <c r="K36" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="37" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="11"/>
       <c r="B37" s="17">
         <f t="shared" si="1"/>
-        <v>45906.736033519555</v>
+        <v>46034.272346368722</v>
       </c>
       <c r="C37" s="18"/>
       <c r="D37" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E37" t="s">
         <v>96</v>
       </c>
       <c r="F37">
         <f>VLOOKUP(E37,info!E:F,2,FALSE)</f>
         <v>12</v>
       </c>
       <c r="G37" s="12"/>
       <c r="H37" s="13">
         <f>SUM($F$6:F37)</f>
         <v>513</v>
       </c>
       <c r="I37" s="14">
         <f t="shared" si="10"/>
         <v>79</v>
       </c>
       <c r="J37" s="15">
         <f t="shared" si="11"/>
         <v>0.15399610136452241</v>
       </c>
       <c r="K37" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="38" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="11"/>
       <c r="B38" s="17">
         <f t="shared" si="1"/>
-        <v>45908.097765363134</v>
+        <v>46035.343575419</v>
       </c>
       <c r="C38" s="18"/>
       <c r="D38" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E38" t="s">
         <v>97</v>
       </c>
       <c r="F38">
         <f>VLOOKUP(E38,info!E:F,2,FALSE)</f>
         <v>13</v>
       </c>
       <c r="G38" s="12"/>
       <c r="H38" s="13">
         <f>SUM($F$6:F38)</f>
         <v>526</v>
       </c>
       <c r="I38" s="14">
         <f t="shared" si="10"/>
         <v>79</v>
       </c>
       <c r="J38" s="15">
         <f t="shared" si="11"/>
         <v>0.15019011406844107</v>
       </c>
       <c r="K38" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="39" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="11"/>
       <c r="B39" s="17">
         <f t="shared" si="1"/>
-        <v>45909.773743016769</v>
+        <v>46036.66201117319</v>
       </c>
       <c r="C39" s="18"/>
       <c r="D39" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E39" t="s">
         <v>85</v>
       </c>
       <c r="F39">
         <f>VLOOKUP(E39,info!E:F,2,FALSE)</f>
         <v>16</v>
       </c>
       <c r="G39" s="12"/>
       <c r="H39" s="13">
         <f>SUM($F$6:F39)</f>
         <v>542</v>
       </c>
       <c r="I39" s="14">
         <f t="shared" si="10"/>
         <v>79</v>
       </c>
       <c r="J39" s="15">
         <f t="shared" si="11"/>
         <v>0.14575645756457564</v>
       </c>
       <c r="K39" s="32" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="40" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="11"/>
       <c r="B40" s="17">
         <f t="shared" si="1"/>
-        <v>45915.639664804476</v>
+        <v>46041.276536312856</v>
       </c>
       <c r="C40" s="18"/>
       <c r="D40" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E40" t="s">
         <v>86</v>
       </c>
       <c r="F40">
         <f>VLOOKUP(E40,info!E:F,2,FALSE)</f>
         <v>56</v>
       </c>
       <c r="G40" s="12"/>
       <c r="H40" s="13">
         <f>SUM($F$6:F40)</f>
         <v>598</v>
       </c>
       <c r="I40" s="14">
         <f t="shared" si="10"/>
         <v>79</v>
       </c>
       <c r="J40" s="15">
         <f t="shared" si="11"/>
         <v>0.13210702341137123</v>
       </c>
       <c r="K40" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="41" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="11"/>
       <c r="B41" s="17">
         <f t="shared" si="1"/>
-        <v>45920.877094972071</v>
+        <v>46045.396648044698</v>
       </c>
       <c r="C41" s="18"/>
       <c r="D41" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E41" t="s">
         <v>87</v>
       </c>
       <c r="F41">
         <f>VLOOKUP(E41,info!E:F,2,FALSE)</f>
         <v>50</v>
       </c>
       <c r="G41" s="12"/>
       <c r="H41" s="13">
         <f>SUM($F$6:F41)</f>
         <v>648</v>
       </c>
       <c r="I41" s="14">
         <f t="shared" si="10"/>
         <v>79</v>
       </c>
       <c r="J41" s="15">
         <f t="shared" si="11"/>
         <v>0.12191358024691358</v>
       </c>
       <c r="K41" s="32" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="42" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="11"/>
       <c r="B42" s="17">
         <f t="shared" si="1"/>
-        <v>45923.705307262571</v>
+        <v>46047.621508379896</v>
       </c>
       <c r="C42" s="18"/>
       <c r="D42" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E42" t="s">
         <v>88</v>
       </c>
       <c r="F42">
         <f>VLOOKUP(E42,info!E:F,2,FALSE)</f>
         <v>27</v>
       </c>
       <c r="G42" s="12"/>
       <c r="H42" s="13">
         <f>SUM($F$6:F42)</f>
         <v>675</v>
       </c>
       <c r="I42" s="14">
         <f t="shared" si="10"/>
         <v>79</v>
       </c>
       <c r="J42" s="15">
         <f t="shared" si="11"/>
         <v>0.11703703703703704</v>
       </c>
       <c r="K42" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="43" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="11"/>
       <c r="B43" s="17">
         <f t="shared" si="1"/>
-        <v>45926.743016759778</v>
+        <v>46050.011173184364</v>
       </c>
       <c r="C43" s="18"/>
       <c r="D43" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E43" t="s">
         <v>90</v>
       </c>
       <c r="F43">
         <f>VLOOKUP(E43,info!E:F,2,FALSE)</f>
         <v>29</v>
       </c>
       <c r="G43" s="12"/>
       <c r="H43" s="13">
         <f>SUM($F$6:F43)</f>
         <v>704</v>
       </c>
       <c r="I43" s="14">
         <f t="shared" si="10"/>
         <v>79</v>
       </c>
       <c r="J43" s="15">
         <f t="shared" si="11"/>
         <v>0.11221590909090909</v>
       </c>
       <c r="K43" s="32" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="44" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="11"/>
       <c r="B44" s="17">
         <f t="shared" si="1"/>
-        <v>45928</v>
+        <v>46051.000000000007</v>
       </c>
       <c r="C44" s="18"/>
       <c r="D44" s="1" t="s">
         <v>93</v>
       </c>
       <c r="E44" t="s">
         <v>89</v>
       </c>
       <c r="F44">
         <f>VLOOKUP(E44,info!E:F,2,FALSE)</f>
         <v>12</v>
       </c>
       <c r="G44" s="12"/>
       <c r="H44" s="13">
         <f>SUM($F$6:F44)</f>
         <v>716</v>
       </c>
       <c r="I44" s="14">
         <f t="shared" si="10"/>
         <v>79</v>
       </c>
       <c r="J44" s="15">
         <f t="shared" si="11"/>
         <v>0.11033519553072625</v>
       </c>
       <c r="K44" s="32" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="45" spans="1:11" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A45" s="47"/>
       <c r="B45" s="48">
         <f t="shared" si="1"/>
-        <v>45928</v>
+        <v>46051.000000000007</v>
       </c>
       <c r="C45" s="49"/>
       <c r="D45" s="50"/>
       <c r="E45" s="51" t="s">
         <v>44</v>
       </c>
       <c r="F45" s="52"/>
       <c r="G45" s="53"/>
       <c r="H45" s="54">
         <f>SUM($F$6:F45)</f>
         <v>716</v>
       </c>
       <c r="I45" s="55">
         <f t="shared" si="5"/>
         <v>79</v>
       </c>
       <c r="J45" s="56">
         <f t="shared" si="0"/>
         <v>0.11033519553072625</v>
       </c>
       <c r="K45" s="57"/>
     </row>
     <row r="46" spans="1:11" x14ac:dyDescent="0.2">
       <c r="B46" s="17"/>
       <c r="C46" s="17"/>
       <c r="D46" s="20"/>
     </row>
     <row r="47" spans="1:11" x14ac:dyDescent="0.2">
       <c r="B47" s="17">
         <f>B50-14</f>
-        <v>45938</v>
+        <v>46064</v>
       </c>
       <c r="C47" s="17"/>
       <c r="D47" s="19" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="48" spans="1:11" x14ac:dyDescent="0.2">
       <c r="B48" s="17"/>
       <c r="C48" s="17"/>
       <c r="D48" s="20" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B49" s="17"/>
       <c r="C49" s="17"/>
       <c r="D49" s="21"/>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B50" s="17">
         <f>B52-7</f>
-        <v>45952</v>
+        <v>46078</v>
       </c>
       <c r="C50" s="17"/>
       <c r="D50" s="19" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B51" s="17"/>
       <c r="C51" s="17"/>
       <c r="D51" s="20"/>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B52" s="17">
         <f>B54-3</f>
-        <v>45959</v>
+        <v>46085</v>
       </c>
       <c r="C52" s="17"/>
       <c r="D52" s="19" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B53" s="17"/>
       <c r="C53" s="17"/>
       <c r="D53" s="20"/>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B54" s="17">
         <f>B56-15</f>
-        <v>45962</v>
+        <v>46088</v>
       </c>
       <c r="C54" s="17"/>
       <c r="D54" s="22" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B55" s="17"/>
       <c r="C55" s="17"/>
       <c r="D55" s="22"/>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B56" s="17">
         <f>B58-1</f>
-        <v>45977</v>
+        <v>46103</v>
       </c>
       <c r="C56" s="17"/>
       <c r="D56" s="22" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B57" s="17"/>
       <c r="C57" s="17"/>
       <c r="D57" s="20"/>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B58" s="24">
         <f>info!B3</f>
-        <v>45978</v>
+        <v>46104</v>
       </c>
       <c r="C58" s="24"/>
       <c r="D58" s="23" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B59" s="17"/>
       <c r="C59" s="17"/>
       <c r="D59" s="21"/>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B60" s="17">
         <f>B58+1</f>
-        <v>45979</v>
+        <v>46105</v>
       </c>
       <c r="C60" s="17"/>
       <c r="D60" s="19" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="M1:N1"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <dataValidations count="2">
     <dataValidation operator="lessThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Error" error="The max date allowed for the fall sitting is 9/30, but the suggested schedule is best used for dates of 8/30 or earlier." promptTitle="Start Date" prompt="Enter your preferred start date." sqref="D1" xr:uid="{00000000-0002-0000-0100-000000000000}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G6:G45" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>"No,Yes"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="E23" r:id="rId1" display="https://www.soa.org/resources/research-reports/2022/understanding-the-connection/" xr:uid="{A9CB84C3-C5D0-134E-A878-96EF6890B463}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="50" orientation="landscape" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri,Regular"&amp;K000000TIA Suggested Study Schedule - ILA LP Fall 2016&amp;R&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddHeader>
     <oddFooter>&amp;L&amp;"Calibri,Regular"&amp;K000000© 2016 The Infinite Actuary, LLC&amp;R&amp;"Calibri,Regular"&amp;K000000Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="B6:B45 C7:C12 B46:B63" unlockedFormula="1"/>
   </ignoredErrors>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor theme="2" tint="-9.9978637043366805E-2"/>
   </sheetPr>
   <dimension ref="B58"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" zoomScalePageLayoutView="80" workbookViewId="0"/>
+    <sheetView showGridLines="0" topLeftCell="A21" zoomScale="80" zoomScaleNormal="80" zoomScalePageLayoutView="80" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="58" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B58" t="s">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="42" orientation="portrait"/>
   <headerFooter>
     <oddFooter>&amp;LTIA ERM exam online seminar - Fall 2014 sitting&amp;RCreated by: Roger Rosales, FSA , CERA</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:C4"/>
   <sheetViews>
     <sheetView zoomScale="99" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3"/>
+      <selection activeCell="B2" sqref="B2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="2" max="2" width="9.5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A1" s="33" t="s">
         <v>57</v>
       </c>
       <c r="B1" s="33" t="s">
         <v>58</v>
       </c>
       <c r="C1" s="33" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>60</v>
       </c>
       <c r="B2" s="26">
-        <v>45800</v>
+        <v>45989</v>
       </c>
       <c r="C2" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.2">
       <c r="B3" s="26"/>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="B4" s="26"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A2:H128"/>
   <sheetViews>
     <sheetView zoomScaleNormal="85" workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+      <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="5" max="5" width="143" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>16</v>
       </c>
       <c r="B2" s="26">
-        <f>StartDate</f>
-        <v>45853</v>
+        <v>46006</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>33</v>
       </c>
       <c r="B3" s="26">
-        <v>45978</v>
+        <v>46104</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" s="27">
         <f>B3-B2</f>
-        <v>125</v>
+        <v>98</v>
       </c>
       <c r="F4">
         <f>SUM(F6:F128)</f>
         <v>716</v>
       </c>
       <c r="H4">
         <f>SUM(H6:H128)</f>
-        <v>74.999999999999986</v>
+        <v>59.000000000000007</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>34</v>
       </c>
       <c r="B5" s="28">
         <v>0.6</v>
       </c>
       <c r="D5" t="s">
         <v>50</v>
       </c>
       <c r="E5" t="s">
         <v>53</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
       <c r="G5" t="s">
         <v>37</v>
       </c>
       <c r="H5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>36</v>
       </c>
       <c r="B6">
         <f>ROUND(B5*B4,0)</f>
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="D6" s="35">
         <v>1</v>
       </c>
       <c r="E6" s="35" t="s">
         <v>62</v>
       </c>
       <c r="F6" s="35">
         <v>11</v>
       </c>
       <c r="G6">
         <f>F6/$F$4</f>
         <v>1.5363128491620111E-2</v>
       </c>
       <c r="H6">
         <f t="shared" ref="H6:H42" si="0">G6*$B$6</f>
-        <v>1.1522346368715084</v>
+        <v>0.90642458100558654</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
       <c r="D7" s="35">
         <v>1</v>
       </c>
       <c r="E7" s="35" t="s">
         <v>63</v>
       </c>
       <c r="F7" s="35">
         <v>19</v>
       </c>
       <c r="G7">
         <f t="shared" ref="G7:G42" si="1">F7/$F$4</f>
         <v>2.6536312849162011E-2</v>
       </c>
       <c r="H7">
         <f t="shared" si="0"/>
-        <v>1.9902234636871508</v>
+        <v>1.5656424581005586</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
       <c r="D8" s="35">
         <v>1</v>
       </c>
       <c r="E8" s="35" t="s">
         <v>64</v>
       </c>
       <c r="F8" s="35">
         <v>4</v>
       </c>
       <c r="G8">
         <f t="shared" si="1"/>
         <v>5.5865921787709499E-3</v>
       </c>
       <c r="H8">
         <f t="shared" si="0"/>
-        <v>0.41899441340782123</v>
+        <v>0.32960893854748602</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
       <c r="B9" s="26"/>
       <c r="D9" s="35">
         <v>1</v>
       </c>
       <c r="E9" s="35" t="s">
         <v>65</v>
       </c>
       <c r="F9" s="35">
         <v>16</v>
       </c>
       <c r="G9">
         <f t="shared" si="1"/>
         <v>2.23463687150838E-2</v>
       </c>
       <c r="H9">
         <f t="shared" si="0"/>
-        <v>1.6759776536312849</v>
+        <v>1.3184357541899441</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
       <c r="D10" s="35">
         <v>1</v>
       </c>
       <c r="E10" s="35" t="s">
         <v>66</v>
       </c>
       <c r="F10" s="35">
         <v>4</v>
       </c>
       <c r="G10">
         <f t="shared" si="1"/>
         <v>5.5865921787709499E-3</v>
       </c>
       <c r="H10">
         <f t="shared" si="0"/>
-        <v>0.41899441340782123</v>
+        <v>0.32960893854748602</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
       <c r="D11" s="35">
         <v>1</v>
       </c>
       <c r="E11" s="35" t="s">
         <v>67</v>
       </c>
       <c r="F11" s="35">
         <v>14</v>
       </c>
       <c r="G11">
         <f t="shared" si="1"/>
         <v>1.9553072625698324E-2</v>
       </c>
       <c r="H11">
         <f t="shared" si="0"/>
-        <v>1.4664804469273742</v>
+        <v>1.1536312849162011</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
       <c r="D12" s="35">
         <v>1</v>
       </c>
       <c r="E12" s="35" t="s">
         <v>68</v>
       </c>
       <c r="F12" s="35">
         <v>11</v>
       </c>
       <c r="G12">
         <f t="shared" si="1"/>
         <v>1.5363128491620111E-2</v>
       </c>
       <c r="H12">
         <f t="shared" si="0"/>
-        <v>1.1522346368715084</v>
+        <v>0.90642458100558654</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
       <c r="D13" s="35">
         <v>2</v>
       </c>
       <c r="E13" s="35" t="s">
         <v>69</v>
       </c>
       <c r="F13" s="35">
         <v>24</v>
       </c>
       <c r="G13">
         <f t="shared" si="1"/>
         <v>3.3519553072625698E-2</v>
       </c>
       <c r="H13">
         <f t="shared" si="0"/>
-        <v>2.5139664804469275</v>
+        <v>1.9776536312849162</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
       <c r="D14" s="35">
         <v>2</v>
       </c>
       <c r="E14" s="35" t="s">
         <v>70</v>
       </c>
       <c r="F14" s="35">
         <v>16</v>
       </c>
       <c r="G14">
         <f t="shared" si="1"/>
         <v>2.23463687150838E-2</v>
       </c>
       <c r="H14">
         <f t="shared" si="0"/>
-        <v>1.6759776536312849</v>
+        <v>1.3184357541899441</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
       <c r="B15" s="26"/>
       <c r="D15" s="35">
         <v>2</v>
       </c>
       <c r="E15" s="35" t="s">
         <v>71</v>
       </c>
       <c r="F15" s="35">
         <v>10</v>
       </c>
       <c r="G15">
         <f t="shared" si="1"/>
         <v>1.3966480446927373E-2</v>
       </c>
       <c r="H15">
         <f t="shared" si="0"/>
-        <v>1.0474860335195531</v>
+        <v>0.82402234636871508</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
       <c r="D16" s="35">
         <v>2</v>
       </c>
       <c r="E16" s="35" t="s">
         <v>72</v>
       </c>
       <c r="F16" s="35">
         <v>14</v>
       </c>
       <c r="G16">
         <f t="shared" si="1"/>
         <v>1.9553072625698324E-2</v>
       </c>
       <c r="H16">
         <f t="shared" si="0"/>
-        <v>1.4664804469273742</v>
+        <v>1.1536312849162011</v>
       </c>
     </row>
     <row r="17" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D17" s="35">
         <v>2</v>
       </c>
       <c r="E17" s="35" t="s">
         <v>73</v>
       </c>
       <c r="F17" s="35">
         <v>23</v>
       </c>
       <c r="G17">
         <f t="shared" si="1"/>
         <v>3.2122905027932962E-2</v>
       </c>
       <c r="H17">
         <f t="shared" si="0"/>
-        <v>2.4092178770949721</v>
+        <v>1.8952513966480447</v>
       </c>
     </row>
     <row r="18" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D18" s="35">
         <v>2</v>
       </c>
       <c r="E18" s="35" t="s">
         <v>74</v>
       </c>
       <c r="F18" s="35">
         <v>12</v>
       </c>
       <c r="G18">
         <f t="shared" si="1"/>
         <v>1.6759776536312849E-2</v>
       </c>
       <c r="H18">
         <f t="shared" si="0"/>
-        <v>1.2569832402234637</v>
+        <v>0.98882681564245811</v>
       </c>
     </row>
     <row r="19" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D19" s="35">
         <v>2</v>
       </c>
       <c r="E19" s="35" t="s">
         <v>75</v>
       </c>
       <c r="F19" s="35">
         <v>9</v>
       </c>
       <c r="G19">
         <f t="shared" si="1"/>
         <v>1.2569832402234637E-2</v>
       </c>
       <c r="H19">
         <f t="shared" si="0"/>
-        <v>0.94273743016759781</v>
+        <v>0.74162011173184361</v>
       </c>
     </row>
     <row r="20" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D20" s="35">
         <v>2</v>
       </c>
       <c r="E20" s="35" t="s">
         <v>76</v>
       </c>
       <c r="F20" s="35">
         <v>12</v>
       </c>
       <c r="G20">
         <f t="shared" si="1"/>
         <v>1.6759776536312849E-2</v>
       </c>
       <c r="H20">
         <f t="shared" si="0"/>
-        <v>1.2569832402234637</v>
+        <v>0.98882681564245811</v>
       </c>
     </row>
     <row r="21" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D21" s="35">
         <v>2</v>
       </c>
       <c r="E21" s="35" t="s">
         <v>77</v>
       </c>
       <c r="F21" s="35">
         <v>1</v>
       </c>
       <c r="G21">
         <f t="shared" ref="G21:G27" si="2">F21/$F$4</f>
         <v>1.3966480446927375E-3</v>
       </c>
       <c r="H21">
         <f t="shared" ref="H21:H27" si="3">G21*$B$6</f>
-        <v>0.10474860335195531</v>
+        <v>8.2402234636871505E-2</v>
       </c>
     </row>
     <row r="22" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D22" s="35">
         <v>2</v>
       </c>
       <c r="E22" s="35" t="s">
         <v>61</v>
       </c>
       <c r="F22" s="35">
         <v>38</v>
       </c>
       <c r="G22">
         <f t="shared" si="2"/>
         <v>5.3072625698324022E-2</v>
       </c>
       <c r="H22">
         <f t="shared" si="3"/>
-        <v>3.9804469273743015</v>
+        <v>3.1312849162011172</v>
       </c>
     </row>
     <row r="23" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D23" s="35">
         <v>2</v>
       </c>
       <c r="E23" s="35" t="s">
         <v>98</v>
       </c>
       <c r="F23" s="35">
         <v>22</v>
       </c>
       <c r="G23">
         <f t="shared" si="2"/>
         <v>3.0726256983240222E-2</v>
       </c>
       <c r="H23">
         <f t="shared" si="3"/>
-        <v>2.3044692737430168</v>
+        <v>1.8128491620111731</v>
       </c>
     </row>
     <row r="24" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D24" s="35">
         <v>2</v>
       </c>
       <c r="E24" s="35" t="s">
         <v>99</v>
       </c>
       <c r="F24" s="35">
         <v>11</v>
       </c>
       <c r="G24">
         <f t="shared" si="2"/>
         <v>1.5363128491620111E-2</v>
       </c>
       <c r="H24">
         <f t="shared" si="3"/>
-        <v>1.1522346368715084</v>
+        <v>0.90642458100558654</v>
       </c>
     </row>
     <row r="25" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D25" s="35">
         <v>2</v>
       </c>
       <c r="E25" s="35" t="s">
         <v>78</v>
       </c>
       <c r="F25" s="35">
         <v>48</v>
       </c>
       <c r="G25">
         <f t="shared" si="2"/>
         <v>6.7039106145251395E-2</v>
       </c>
       <c r="H25">
         <f t="shared" si="3"/>
-        <v>5.027932960893855</v>
+        <v>3.9553072625698324</v>
       </c>
     </row>
     <row r="26" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D26" s="35">
         <v>2</v>
       </c>
       <c r="E26" s="35" t="s">
         <v>79</v>
       </c>
       <c r="F26" s="35">
         <v>18</v>
       </c>
       <c r="G26">
         <f t="shared" si="2"/>
         <v>2.5139664804469275E-2</v>
       </c>
       <c r="H26">
         <f t="shared" si="3"/>
-        <v>1.8854748603351956</v>
+        <v>1.4832402234636872</v>
       </c>
     </row>
     <row r="27" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D27" s="35">
         <v>2</v>
       </c>
       <c r="E27" s="35" t="s">
         <v>80</v>
       </c>
       <c r="F27" s="35">
         <v>7</v>
       </c>
       <c r="G27">
         <f t="shared" si="2"/>
         <v>9.7765363128491621E-3</v>
       </c>
       <c r="H27">
         <f t="shared" si="3"/>
-        <v>0.73324022346368711</v>
+        <v>0.57681564245810057</v>
       </c>
     </row>
     <row r="28" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D28" s="35">
         <v>2</v>
       </c>
       <c r="E28" s="35" t="s">
         <v>81</v>
       </c>
       <c r="F28" s="35">
         <v>52</v>
       </c>
       <c r="G28">
         <f t="shared" si="1"/>
         <v>7.2625698324022353E-2</v>
       </c>
       <c r="H28">
         <f t="shared" si="0"/>
-        <v>5.4469273743016764</v>
+        <v>4.2849162011173192</v>
       </c>
     </row>
     <row r="29" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D29" s="35">
         <v>2</v>
       </c>
       <c r="E29" s="35" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="F29" s="35">
         <v>31</v>
       </c>
       <c r="G29">
         <f t="shared" si="1"/>
         <v>4.3296089385474863E-2</v>
       </c>
       <c r="H29">
         <f t="shared" si="0"/>
-        <v>3.2472067039106149</v>
+        <v>2.5544692737430168</v>
       </c>
     </row>
     <row r="30" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D30" s="35">
         <v>3</v>
       </c>
       <c r="E30" s="35" t="s">
         <v>82</v>
       </c>
       <c r="F30" s="35">
         <v>21</v>
       </c>
       <c r="G30">
         <f t="shared" si="1"/>
         <v>2.9329608938547486E-2</v>
       </c>
       <c r="H30">
         <f t="shared" si="0"/>
-        <v>2.1997206703910615</v>
+        <v>1.7304469273743017</v>
       </c>
     </row>
     <row r="31" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D31" s="35">
         <v>3</v>
       </c>
       <c r="E31" s="35" t="s">
         <v>83</v>
       </c>
       <c r="F31" s="35">
         <v>3</v>
       </c>
       <c r="G31">
         <f t="shared" si="1"/>
         <v>4.1899441340782122E-3</v>
       </c>
       <c r="H31">
         <f t="shared" si="0"/>
-        <v>0.31424581005586594</v>
+        <v>0.24720670391061453</v>
       </c>
     </row>
     <row r="32" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D32" s="35">
         <v>3</v>
       </c>
       <c r="E32" s="35" t="s">
         <v>84</v>
       </c>
       <c r="F32" s="35">
         <v>12</v>
       </c>
       <c r="G32">
         <f t="shared" si="1"/>
         <v>1.6759776536312849E-2</v>
       </c>
       <c r="H32">
         <f t="shared" ref="H32" si="4">G32*$B$6</f>
-        <v>1.2569832402234637</v>
+        <v>0.98882681564245811</v>
       </c>
     </row>
     <row r="33" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D33" s="35">
         <v>3</v>
       </c>
       <c r="E33" s="35" t="s">
         <v>94</v>
       </c>
       <c r="F33" s="35">
         <v>19</v>
       </c>
       <c r="G33">
         <f t="shared" si="1"/>
         <v>2.6536312849162011E-2</v>
       </c>
       <c r="H33">
         <f t="shared" si="0"/>
-        <v>1.9902234636871508</v>
+        <v>1.5656424581005586</v>
       </c>
     </row>
     <row r="34" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D34" s="35">
         <v>3</v>
       </c>
       <c r="E34" s="35" t="s">
         <v>95</v>
       </c>
       <c r="F34" s="35">
         <v>19</v>
       </c>
       <c r="G34">
         <f t="shared" si="1"/>
         <v>2.6536312849162011E-2</v>
       </c>
       <c r="H34">
         <f t="shared" si="0"/>
-        <v>1.9902234636871508</v>
+        <v>1.5656424581005586</v>
       </c>
     </row>
     <row r="35" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D35" s="35">
         <v>3</v>
       </c>
       <c r="E35" s="35" t="s">
         <v>96</v>
       </c>
       <c r="F35" s="35">
         <v>12</v>
       </c>
       <c r="G35">
         <f t="shared" si="1"/>
         <v>1.6759776536312849E-2</v>
       </c>
       <c r="H35">
         <f t="shared" si="0"/>
-        <v>1.2569832402234637</v>
+        <v>0.98882681564245811</v>
       </c>
     </row>
     <row r="36" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D36" s="35">
         <v>3</v>
       </c>
       <c r="E36" s="35" t="s">
         <v>97</v>
       </c>
       <c r="F36" s="35">
         <v>13</v>
       </c>
       <c r="G36">
         <f t="shared" si="1"/>
         <v>1.8156424581005588E-2</v>
       </c>
       <c r="H36">
         <f t="shared" si="0"/>
-        <v>1.3617318435754191</v>
+        <v>1.0712290502793298</v>
       </c>
     </row>
     <row r="37" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D37" s="35">
         <v>3</v>
       </c>
       <c r="E37" s="35" t="s">
         <v>85</v>
       </c>
       <c r="F37" s="35">
         <v>16</v>
       </c>
       <c r="G37">
         <f t="shared" si="1"/>
         <v>2.23463687150838E-2</v>
       </c>
       <c r="H37">
         <f t="shared" si="0"/>
-        <v>1.6759776536312849</v>
+        <v>1.3184357541899441</v>
       </c>
     </row>
     <row r="38" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D38" s="35">
         <v>3</v>
       </c>
       <c r="E38" s="35" t="s">
         <v>86</v>
       </c>
       <c r="F38" s="35">
         <v>56</v>
       </c>
       <c r="G38">
         <f t="shared" si="1"/>
         <v>7.8212290502793297E-2</v>
       </c>
       <c r="H38">
         <f t="shared" si="0"/>
-        <v>5.8659217877094969</v>
+        <v>4.6145251396648046</v>
       </c>
     </row>
     <row r="39" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D39" s="35">
         <v>3</v>
       </c>
       <c r="E39" s="35" t="s">
         <v>87</v>
       </c>
       <c r="F39" s="35">
         <v>50</v>
       </c>
       <c r="G39">
         <f t="shared" si="1"/>
         <v>6.9832402234636867E-2</v>
       </c>
       <c r="H39">
         <f t="shared" si="0"/>
-        <v>5.2374301675977648</v>
+        <v>4.1201117318435756</v>
       </c>
     </row>
     <row r="40" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D40" s="35">
         <v>3</v>
       </c>
       <c r="E40" s="35" t="s">
         <v>90</v>
       </c>
       <c r="F40" s="35">
         <v>29</v>
       </c>
       <c r="G40">
         <f t="shared" si="1"/>
         <v>4.0502793296089384E-2</v>
       </c>
       <c r="H40">
         <f t="shared" si="0"/>
-        <v>3.0377094972067038</v>
+        <v>2.3896648044692737</v>
       </c>
     </row>
     <row r="41" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D41" s="35">
         <v>3</v>
       </c>
       <c r="E41" s="35" t="s">
         <v>88</v>
       </c>
       <c r="F41" s="35">
         <v>27</v>
       </c>
       <c r="G41">
         <f t="shared" si="1"/>
         <v>3.7709497206703912E-2</v>
       </c>
       <c r="H41">
         <f t="shared" si="0"/>
-        <v>2.8282122905027935</v>
+        <v>2.2248603351955309</v>
       </c>
     </row>
     <row r="42" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D42" s="35">
         <v>3</v>
       </c>
       <c r="E42" s="35" t="s">
         <v>89</v>
       </c>
       <c r="F42" s="35">
         <v>12</v>
       </c>
       <c r="G42">
         <f t="shared" si="1"/>
         <v>1.6759776536312849E-2</v>
       </c>
       <c r="H42">
         <f t="shared" si="0"/>
-        <v>1.2569832402234637</v>
+        <v>0.98882681564245811</v>
       </c>
     </row>
     <row r="43" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D43" s="34"/>
       <c r="E43" s="34"/>
       <c r="F43" s="34"/>
     </row>
     <row r="44" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D44" s="34"/>
       <c r="E44" s="34"/>
       <c r="F44" s="34"/>
     </row>
     <row r="45" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D45" s="34"/>
       <c r="E45" s="34"/>
       <c r="F45" s="34"/>
     </row>
     <row r="46" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D46" s="34"/>
       <c r="E46" s="34"/>
       <c r="F46" s="34"/>
     </row>
     <row r="47" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D47" s="34"/>
       <c r="E47" s="34"/>