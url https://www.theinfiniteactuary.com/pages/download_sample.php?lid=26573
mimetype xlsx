--- v0 (2025-10-06)
+++ v1 (2025-11-26)
@@ -14,58 +14,58 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dwbra\Desktop\TIA\2025 Fall\GH 301\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dwbra\Desktop\TIA\2026 Spring\GH 301\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EAC35DAD-E0DC-48E4-8B86-AB5609E3DDEB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8849FBB0-932D-429B-B33E-6A5FF1CCA1D4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13155" tabRatio="728" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Documentation" sheetId="6" r:id="rId1"/>
     <sheet name="Schedule" sheetId="3" r:id="rId2"/>
     <sheet name="Tracking" sheetId="2" r:id="rId3"/>
     <sheet name="Schedule (double)" sheetId="9" state="hidden" r:id="rId4"/>
     <sheet name="Tracking (double)" sheetId="10" state="hidden" r:id="rId5"/>
     <sheet name="info" sheetId="7" state="hidden" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="ActFDate" localSheetId="3">'Schedule (double)'!$C$6:$C$102</definedName>
     <definedName name="ActFDate">Schedule!$C$6:$C$53</definedName>
     <definedName name="CompFlag" localSheetId="3">'Schedule (double)'!$K$6:$K$102</definedName>
     <definedName name="CompFlag">Schedule!$K$6:$K$53</definedName>
     <definedName name="ExamDate" localSheetId="3">'Schedule (double)'!#REF!</definedName>
     <definedName name="ExamDate" localSheetId="4">Schedule!#REF!</definedName>
     <definedName name="ExamDate">Schedule!#REF!</definedName>
     <definedName name="LessonDays">info!$F$6:$H$55</definedName>
     <definedName name="LessonDaysDouble">info!$I$6:$K$55</definedName>
     <definedName name="MasterTable" localSheetId="3">#REF!</definedName>
     <definedName name="MasterTable" localSheetId="4">#REF!</definedName>
     <definedName name="MasterTable">#REF!</definedName>
     <definedName name="PgCnt" localSheetId="3">'Schedule (double)'!$J$6:$J$102</definedName>
@@ -79,50 +79,51 @@
     <definedName name="TargetDays">info!$B$10</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="D72" i="3" l="1"/>
   <c r="M42" i="3" l="1"/>
   <c r="M41" i="3"/>
   <c r="M40" i="3"/>
   <c r="M39" i="3"/>
   <c r="M38" i="3"/>
   <c r="M37" i="3"/>
   <c r="M36" i="3"/>
   <c r="M35" i="3"/>
   <c r="M34" i="3"/>
   <c r="M33" i="3"/>
   <c r="M32" i="3"/>
   <c r="M31" i="3"/>
   <c r="M44" i="3"/>
   <c r="M43" i="3"/>
   <c r="M51" i="3"/>
   <c r="M50" i="3"/>
   <c r="M49" i="3"/>
   <c r="M48" i="3"/>
   <c r="M47" i="3"/>
   <c r="M46" i="3"/>
   <c r="M45" i="3"/>
   <c r="M8" i="3"/>
   <c r="M18" i="3" l="1"/>
   <c r="M17" i="3"/>
   <c r="M7" i="3"/>
@@ -236,51 +237,50 @@
   <c r="M43" i="9"/>
   <c r="M44" i="9"/>
   <c r="M20" i="9"/>
   <c r="M21" i="9"/>
   <c r="M22" i="9"/>
   <c r="M23" i="9"/>
   <c r="M24" i="9"/>
   <c r="M25" i="9"/>
   <c r="M7" i="9"/>
   <c r="M8" i="9"/>
   <c r="M9" i="9"/>
   <c r="M10" i="9"/>
   <c r="M14" i="9"/>
   <c r="M15" i="9"/>
   <c r="M16" i="9"/>
   <c r="D104" i="9"/>
   <c r="B84" i="3"/>
   <c r="B85" i="3" s="1"/>
   <c r="B132" i="9" s="1"/>
   <c r="B77" i="3"/>
   <c r="B78" i="3" s="1"/>
   <c r="B127" i="9" s="1"/>
   <c r="B72" i="3"/>
   <c r="B121" i="9" s="1"/>
   <c r="B71" i="3"/>
-  <c r="D72" i="3" s="1"/>
   <c r="B69" i="3"/>
   <c r="B118" i="9" s="1"/>
   <c r="B62" i="3"/>
   <c r="B111" i="9" s="1"/>
   <c r="B59" i="3"/>
   <c r="B108" i="9" s="1"/>
   <c r="B137" i="9"/>
   <c r="B139" i="9"/>
   <c r="A59" i="3"/>
   <c r="A60" i="3" s="1"/>
   <c r="A62" i="3" s="1"/>
   <c r="M54" i="9"/>
   <c r="M31" i="9"/>
   <c r="M19" i="9"/>
   <c r="K3" i="9"/>
   <c r="K2" i="9"/>
   <c r="K2" i="3"/>
   <c r="K3" i="3"/>
   <c r="H53" i="7" l="1"/>
   <c r="H52" i="7"/>
   <c r="K53" i="7"/>
   <c r="K52" i="7"/>
   <c r="H43" i="7"/>
   <c r="H24" i="7"/>
   <c r="H23" i="7"/>
@@ -998,51 +998,51 @@
   <c r="O92" i="9" s="1"/>
   <c r="N93" i="9" l="1"/>
   <c r="O93" i="9" s="1"/>
   <c r="N94" i="9" l="1"/>
   <c r="O94" i="9" s="1"/>
   <c r="N95" i="9" l="1"/>
   <c r="O95" i="9" s="1"/>
   <c r="N96" i="9" l="1"/>
   <c r="O96" i="9" s="1"/>
   <c r="N99" i="9" l="1"/>
   <c r="O99" i="9" s="1"/>
   <c r="N97" i="9"/>
   <c r="O97" i="9" s="1"/>
   <c r="N101" i="9" l="1"/>
   <c r="O101" i="9" s="1"/>
   <c r="N98" i="9"/>
   <c r="O98" i="9" s="1"/>
   <c r="N100" i="9" l="1"/>
   <c r="O100" i="9" s="1"/>
   <c r="N102" i="9" l="1"/>
   <c r="O102" i="9" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="979" uniqueCount="263">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="980" uniqueCount="264">
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>% Complete</t>
   </si>
   <si>
     <t>Total Pages</t>
   </si>
   <si>
     <t>Completed Pages</t>
   </si>
   <si>
     <t>Actual Finish Date</t>
   </si>
   <si>
     <t>Completed?</t>
   </si>
   <si>
     <t>Duration (Days)</t>
   </si>
   <si>
     <t>Proj Pace</t>
   </si>
   <si>
@@ -1678,56 +1678,50 @@
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>."  This is</t>
     </r>
   </si>
   <si>
     <t>Restoring the Indifference Ideal - Risk Adj</t>
   </si>
   <si>
     <t>Restoring the Risk Ideal:  If It's Not Adjusting for "Risk", It's Not "Risk Adjustment"</t>
   </si>
   <si>
     <t>Surprises in No Surprises Act, Part 1</t>
   </si>
   <si>
     <t>Surprises in No Surprises Act, Part 2</t>
   </si>
   <si>
     <t>Surprises in No Surprises Act, Part 1, Interview with Greg Fann, HW Sept 2024</t>
   </si>
   <si>
     <t>Surprises in No Surprises Act, Part 2, Interview with Greg Fann, HW Nov 2024</t>
   </si>
   <si>
-    <t xml:space="preserve">This spreadsheet tracks your study progress for the GH 301 Exam (Fall 2025) </t>
-[...4 lines deleted...]
-  <si>
     <t>SOA Intro Videos - Challenges of Provider Reimbursement, Landscape</t>
   </si>
   <si>
     <t>Bundled Payment Contracting - GH301-100-25</t>
   </si>
   <si>
     <t>Avoiding Unintended Incentives in ACO Payment Models - GH301-101-25</t>
   </si>
   <si>
     <t>Provider Networks - Group, Ch. 45 - GH301-105-25</t>
   </si>
   <si>
     <t>Episode-Based Phyisican Profiling - GH301-102-25</t>
   </si>
   <si>
     <t>Physician Cost Profiling - GH301-103-25</t>
   </si>
   <si>
     <t>Tiering in Healthcare - GH301-104-25</t>
   </si>
   <si>
     <t>End of Life Outcomes with or without Early Palliative Care - GH301-106-25</t>
   </si>
   <si>
     <t>HHS-Operated Risk Adjustment - GH301-107-25</t>
@@ -1801,84 +1795,93 @@
   <si>
     <t>eModule - Terminology and Analytical Use of Data for Healthcare Actuaries</t>
   </si>
   <si>
     <t>5. Social Determinants of Health</t>
   </si>
   <si>
     <t>GH301-108-25 - Social Determinants of Health</t>
   </si>
   <si>
     <t>GH301-109-25 - Health in Housing</t>
   </si>
   <si>
     <t>GH301-110-25 - UMass Risk Adjustment for MassHealth Pmt and Care Delivery</t>
   </si>
   <si>
     <t>GH301-111-25 - MassHealth Social Determinants of Health Risk Adj. Model</t>
   </si>
   <si>
     <t>6. Predictive Analytics</t>
   </si>
   <si>
     <t>eModule - Predictive Modeling for Healthcare Actuaries</t>
   </si>
   <si>
-    <t>Make sure you are registered for the exam through the SOA as soon as possible! (deadline is September 29)</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.soa.org/education/exam-req/fsa2025/gh-301/</t>
   </si>
   <si>
     <t>Allocate half days to take the exams for 2014 - 2025 under real exam conditions - 3 hr exam, no breaks</t>
   </si>
   <si>
     <t>With the new syllabus changes, you will need to pull questions from various former exams to put together a "full length" practice from prior exams</t>
   </si>
   <si>
     <t>*3 minutes per point rule - this is based on prior exam structure.  However, it's still a good rule of thumb to get through the exam and have time to review at the end.  The SOA has</t>
   </si>
   <si>
     <t>stated that the exam questions will still be written as if it were a 2.5 hr exam, hopefully allowing a little bit of time to go back to specific questions with the additional time at the end</t>
   </si>
   <si>
     <t>Save newer exams (2014-2025) for last two weeks</t>
   </si>
   <si>
     <t>SOA Introduction Videos</t>
   </si>
   <si>
     <t>Disease Mgmt</t>
   </si>
   <si>
     <t>Medical Data</t>
   </si>
   <si>
     <t>Predictive Analytics</t>
   </si>
   <si>
     <t>Social DOH</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This spreadsheet tracks your study progress for the GH 301 Exam (Spring 2026) </t>
+  </si>
+  <si>
+    <t>Post Exam</t>
+  </si>
+  <si>
+    <t>Make sure you are registered for the exam through the SOA as soon as possible! (deadline is February 16)</t>
+  </si>
+  <si>
+    <t>The adjusted start date on the Schedule tab is 12/1/2025, but you can enter a different date, and the</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2205,51 +2208,51 @@
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="51">
+  <cellXfs count="52">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="4" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
@@ -2353,50 +2356,54 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="92" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="93">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Followed Hyperlink" xfId="4" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="6" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="8" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="10" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="12" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="15" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="17" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="19" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="21" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="23" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="25" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="27" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="29" builtinId="9" hidden="1"/>
@@ -2599,192 +2606,192 @@
                 <c:pt idx="0">
                   <c:v>Proj Pace</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
               <c:f>Schedule!$B$6:$B$53</c:f>
               <c:numCache>
                 <c:formatCode>m/d/yyyy</c:formatCode>
                 <c:ptCount val="48"/>
                 <c:pt idx="0">
-                  <c:v>45854</c:v>
+                  <c:v>45993</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45854.503739094311</c:v>
+                  <c:v>45993.497968618663</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45856.014956377236</c:v>
+                  <c:v>45994.991874474646</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45857.02243456585</c:v>
+                  <c:v>45995.987811711966</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45858.533651848775</c:v>
+                  <c:v>45997.481717567949</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45861.052347320314</c:v>
+                  <c:v>45999.971560661252</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45862.059825508928</c:v>
+                  <c:v>46000.967497898571</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45863.067303697542</c:v>
+                  <c:v>46001.963435135891</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45866.089738263392</c:v>
+                  <c:v>46004.951246847857</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45867.097216452006</c:v>
+                  <c:v>46005.947184085177</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45868.608433734931</c:v>
+                  <c:v>46007.44108994116</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45869.615911923545</c:v>
+                  <c:v>46008.437027178479</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45870.62339011216</c:v>
+                  <c:v>46009.432964415799</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>45872.638346489395</c:v>
+                  <c:v>46011.424838890438</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>45874.653302866631</c:v>
+                  <c:v>46013.416713365077</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>45877.675737432481</c:v>
+                  <c:v>46016.404525077043</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>45879.690693809716</c:v>
+                  <c:v>46018.396399551682</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>45881.201911092641</c:v>
+                  <c:v>46019.890305407665</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>45883.216867469877</c:v>
+                  <c:v>46021.882179882305</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>45886.239302035727</c:v>
+                  <c:v>46024.869991594271</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>45888.254258412962</c:v>
+                  <c:v>46026.86186606891</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>45890.269214790198</c:v>
+                  <c:v>46028.853740543549</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>45891.276692978812</c:v>
+                  <c:v>46029.849677780869</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>45892.787910261737</c:v>
+                  <c:v>46031.343583636852</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>45894.802866638973</c:v>
+                  <c:v>46033.335458111491</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>45896.314083921898</c:v>
+                  <c:v>46034.829363967474</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>45897.825301204823</c:v>
+                  <c:v>46036.323269823457</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>45899.336518487748</c:v>
+                  <c:v>46037.81717567944</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>45900.847735770672</c:v>
+                  <c:v>46039.311081535423</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>45902.862692147908</c:v>
+                  <c:v>46041.302956010062</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>45904.373909430833</c:v>
+                  <c:v>46042.796861866045</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>45906.388865808069</c:v>
+                  <c:v>46044.788736340684</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>45907.900083090994</c:v>
+                  <c:v>46046.282642196667</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>45908.907561279608</c:v>
+                  <c:v>46047.278579433987</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>45909.915039468222</c:v>
+                  <c:v>46048.274516671307</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>45910.922517656836</c:v>
+                  <c:v>46049.270453908626</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>45912.937474034072</c:v>
+                  <c:v>46051.262328383265</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>45915.959908599922</c:v>
+                  <c:v>46054.250140095231</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>45917.974864977157</c:v>
+                  <c:v>46056.242014569871</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>45919.486082260082</c:v>
+                  <c:v>46057.735920425854</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>45921.501038637318</c:v>
+                  <c:v>46059.727794900493</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>45923.012255920243</c:v>
+                  <c:v>46061.221700756476</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>45924.019734108857</c:v>
+                  <c:v>46062.217637993796</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>45925.530951391782</c:v>
+                  <c:v>46063.711543849779</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>45928.049646863321</c:v>
+                  <c:v>46066.201386943081</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>45930.064603240557</c:v>
+                  <c:v>46068.19326141772</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>45933.087037806406</c:v>
+                  <c:v>46071.181073129686</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>45935.101994183642</c:v>
+                  <c:v>46073.172947604326</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Schedule!$M$6:$M$53</c:f>
               <c:numCache>
                 <c:formatCode>0</c:formatCode>
                 <c:ptCount val="48"/>
                 <c:pt idx="1">
                   <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>17</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>31</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>38</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>58</c:v>
                 </c:pt>
@@ -2935,192 +2942,192 @@
                 <c:pt idx="0">
                   <c:v>Your Pace</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent3"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
               <c:f>Schedule!$B$6:$B$53</c:f>
               <c:numCache>
                 <c:formatCode>m/d/yyyy</c:formatCode>
                 <c:ptCount val="48"/>
                 <c:pt idx="0">
-                  <c:v>45854</c:v>
+                  <c:v>45993</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45854.503739094311</c:v>
+                  <c:v>45993.497968618663</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45856.014956377236</c:v>
+                  <c:v>45994.991874474646</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45857.02243456585</c:v>
+                  <c:v>45995.987811711966</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45858.533651848775</c:v>
+                  <c:v>45997.481717567949</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45861.052347320314</c:v>
+                  <c:v>45999.971560661252</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45862.059825508928</c:v>
+                  <c:v>46000.967497898571</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45863.067303697542</c:v>
+                  <c:v>46001.963435135891</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45866.089738263392</c:v>
+                  <c:v>46004.951246847857</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45867.097216452006</c:v>
+                  <c:v>46005.947184085177</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45868.608433734931</c:v>
+                  <c:v>46007.44108994116</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45869.615911923545</c:v>
+                  <c:v>46008.437027178479</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45870.62339011216</c:v>
+                  <c:v>46009.432964415799</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>45872.638346489395</c:v>
+                  <c:v>46011.424838890438</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>45874.653302866631</c:v>
+                  <c:v>46013.416713365077</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>45877.675737432481</c:v>
+                  <c:v>46016.404525077043</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>45879.690693809716</c:v>
+                  <c:v>46018.396399551682</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>45881.201911092641</c:v>
+                  <c:v>46019.890305407665</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>45883.216867469877</c:v>
+                  <c:v>46021.882179882305</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>45886.239302035727</c:v>
+                  <c:v>46024.869991594271</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>45888.254258412962</c:v>
+                  <c:v>46026.86186606891</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>45890.269214790198</c:v>
+                  <c:v>46028.853740543549</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>45891.276692978812</c:v>
+                  <c:v>46029.849677780869</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>45892.787910261737</c:v>
+                  <c:v>46031.343583636852</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>45894.802866638973</c:v>
+                  <c:v>46033.335458111491</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>45896.314083921898</c:v>
+                  <c:v>46034.829363967474</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>45897.825301204823</c:v>
+                  <c:v>46036.323269823457</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>45899.336518487748</c:v>
+                  <c:v>46037.81717567944</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>45900.847735770672</c:v>
+                  <c:v>46039.311081535423</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>45902.862692147908</c:v>
+                  <c:v>46041.302956010062</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>45904.373909430833</c:v>
+                  <c:v>46042.796861866045</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>45906.388865808069</c:v>
+                  <c:v>46044.788736340684</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>45907.900083090994</c:v>
+                  <c:v>46046.282642196667</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>45908.907561279608</c:v>
+                  <c:v>46047.278579433987</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>45909.915039468222</c:v>
+                  <c:v>46048.274516671307</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>45910.922517656836</c:v>
+                  <c:v>46049.270453908626</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>45912.937474034072</c:v>
+                  <c:v>46051.262328383265</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>45915.959908599922</c:v>
+                  <c:v>46054.250140095231</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>45917.974864977157</c:v>
+                  <c:v>46056.242014569871</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>45919.486082260082</c:v>
+                  <c:v>46057.735920425854</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>45921.501038637318</c:v>
+                  <c:v>46059.727794900493</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>45923.012255920243</c:v>
+                  <c:v>46061.221700756476</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>45924.019734108857</c:v>
+                  <c:v>46062.217637993796</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>45925.530951391782</c:v>
+                  <c:v>46063.711543849779</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>45928.049646863321</c:v>
+                  <c:v>46066.201386943081</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>45930.064603240557</c:v>
+                  <c:v>46068.19326141772</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>45933.087037806406</c:v>
+                  <c:v>46071.181073129686</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>45935.101994183642</c:v>
+                  <c:v>46073.172947604326</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Schedule!$N$6:$N$53</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="48"/>
                 <c:pt idx="1">
                   <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>10</c:v>
                 </c:pt>
@@ -6421,66 +6428,66 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A6:J45"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="125" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.796875" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <sheetData>
     <row r="6" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A6" s="21" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A7" s="45" t="s">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A8" s="45" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A10" s="21" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A11" s="45" t="s">
-        <v>211</v>
+        <v>263</v>
       </c>
     </row>
     <row r="12" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A12" s="45" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A13" s="45" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A14" s="45" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="15" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A15" s="45" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A16" s="45" t="s">
         <v>113</v>
@@ -6638,57 +6645,57 @@
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="125" workbookViewId="0">
       <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight"/>
       <selection pane="bottomLeft"/>
       <selection pane="bottomRight" activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.796875" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="3.33203125" style="1" customWidth="1"/>
     <col min="2" max="3" width="11.46484375" style="1" customWidth="1"/>
     <col min="4" max="4" width="20.19921875" style="1" customWidth="1"/>
     <col min="5" max="5" width="18.73046875" style="1" customWidth="1"/>
     <col min="6" max="6" width="9.73046875" style="1" customWidth="1"/>
     <col min="7" max="7" width="53.73046875" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="17.19921875" style="6" customWidth="1"/>
     <col min="9" max="9" width="12.796875" style="1" customWidth="1"/>
     <col min="10" max="10" width="8.796875" style="1"/>
     <col min="11" max="11" width="14.46484375" style="1" customWidth="1"/>
     <col min="12" max="15" width="8.73046875" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16384" width="8.796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="23.2" customHeight="1" x14ac:dyDescent="0.7">
       <c r="D1" s="2">
-        <v>45853</v>
+        <v>45992</v>
       </c>
       <c r="H1" s="3"/>
-      <c r="I1" s="49" t="s">
+      <c r="I1" s="50" t="s">
         <v>1</v>
       </c>
-      <c r="J1" s="50"/>
+      <c r="J1" s="51"/>
       <c r="K1" s="4">
         <f>K3/K2</f>
         <v>1.5015015015015015E-2</v>
       </c>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.45">
       <c r="H2" s="3"/>
       <c r="I2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="K2" s="5">
         <f>SUM(J6:J53)</f>
         <v>666</v>
       </c>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.45">
       <c r="H3" s="3"/>
       <c r="I3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="K3" s="1">
         <f>SUMIF(K6:K53,"Yes",J6:J53)</f>
         <v>10</v>
       </c>
     </row>
@@ -6720,2598 +6727,2598 @@
         <v>16</v>
       </c>
       <c r="J5" s="8" t="s">
         <v>0</v>
       </c>
       <c r="K5" s="8" t="s">
         <v>5</v>
       </c>
       <c r="L5" s="8" t="s">
         <v>6</v>
       </c>
       <c r="M5" s="10" t="s">
         <v>7</v>
       </c>
       <c r="N5" s="11" t="s">
         <v>8</v>
       </c>
       <c r="O5" s="12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A6" s="13"/>
       <c r="B6" s="30">
         <f>D1+L6</f>
-        <v>45854</v>
+        <v>45993</v>
       </c>
       <c r="C6" s="31">
-        <v>45853</v>
+        <v>45992</v>
       </c>
       <c r="D6" s="36" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="32"/>
       <c r="F6" s="32"/>
       <c r="G6" s="36" t="s">
         <v>21</v>
       </c>
       <c r="H6" s="32"/>
       <c r="I6" s="32"/>
       <c r="J6" s="32"/>
       <c r="K6" s="33" t="s">
         <v>202</v>
       </c>
       <c r="L6" s="34">
         <f>ROUND(VLOOKUP(G6,LessonDays,3,FALSE)*TargetDays/0.25,0)*0.25</f>
         <v>1</v>
       </c>
       <c r="M6" s="16"/>
       <c r="N6" s="17"/>
       <c r="O6" s="18"/>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A7" s="13"/>
       <c r="B7" s="22">
         <f t="shared" ref="B7:B19" si="0">B6+L7</f>
-        <v>45854.503739094311</v>
+        <v>45993.497968618663</v>
       </c>
       <c r="C7" s="23">
-        <v>45854</v>
+        <v>45993</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F7" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J7" s="1">
         <v>10</v>
       </c>
       <c r="K7" s="14" t="s">
         <v>202</v>
       </c>
       <c r="L7" s="15">
         <f t="shared" ref="L7:L20" si="1">VLOOKUP(G7,LessonDays,3,FALSE)*TargetDays</f>
-        <v>0.50373909430826758</v>
+        <v>0.49796861866068931</v>
       </c>
       <c r="M7" s="16">
         <f>SUM($J$6:J7)</f>
         <v>10</v>
       </c>
       <c r="N7" s="17">
         <f t="shared" ref="N7:N53" si="2">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B7)</f>
         <v>10</v>
       </c>
       <c r="O7" s="18">
         <f t="shared" ref="O7:O20" si="3">N7/M7</f>
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A8" s="13"/>
       <c r="B8" s="22">
         <f t="shared" si="0"/>
-        <v>45856.014956377236</v>
+        <v>45994.991874474646</v>
       </c>
       <c r="C8" s="23"/>
       <c r="D8" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F8" s="1">
         <v>1.2</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="I8" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J8" s="1">
         <v>7</v>
       </c>
       <c r="K8" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L8" s="15">
         <f t="shared" ref="L8" si="4">VLOOKUP(G8,LessonDays,3,FALSE)*TargetDays</f>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M8" s="16">
         <f>SUM($J$6:J8)</f>
         <v>17</v>
       </c>
       <c r="N8" s="17">
         <f t="shared" ref="N8" si="5">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B8)</f>
         <v>10</v>
       </c>
       <c r="O8" s="18">
         <f t="shared" ref="O8" si="6">N8/M8</f>
         <v>0.58823529411764708</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A9" s="13"/>
       <c r="B9" s="22">
         <f>B7+L9</f>
-        <v>45857.02243456585</v>
+        <v>45995.987811711966</v>
       </c>
       <c r="C9" s="23"/>
       <c r="D9" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F9" s="1">
         <v>1.3</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>158</v>
       </c>
       <c r="H9" s="1" t="s">
         <v>190</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J9" s="1">
         <v>14</v>
       </c>
       <c r="K9" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L9" s="15">
         <f t="shared" si="1"/>
-        <v>2.5186954715413377</v>
+        <v>2.4898430933034463</v>
       </c>
       <c r="M9" s="16">
         <f>SUM($J$6:J9)</f>
         <v>31</v>
       </c>
       <c r="N9" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O9" s="18">
         <f t="shared" si="3"/>
         <v>0.32258064516129031</v>
       </c>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A10" s="13"/>
       <c r="B10" s="22">
         <f t="shared" si="0"/>
-        <v>45858.533651848775</v>
+        <v>45997.481717567949</v>
       </c>
       <c r="C10" s="23"/>
       <c r="D10" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F10" s="1">
         <v>1.4</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="I10" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J10" s="1">
         <v>7</v>
       </c>
       <c r="K10" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L10" s="15">
         <f t="shared" si="1"/>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M10" s="16">
         <f>SUM($J$6:J10)</f>
         <v>38</v>
       </c>
       <c r="N10" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O10" s="18">
         <f t="shared" si="3"/>
         <v>0.26315789473684209</v>
       </c>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A11" s="13"/>
       <c r="B11" s="22">
         <f t="shared" si="0"/>
-        <v>45861.052347320314</v>
+        <v>45999.971560661252</v>
       </c>
       <c r="C11" s="23"/>
       <c r="D11" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F11" s="1">
         <v>1.5</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>188</v>
       </c>
       <c r="I11" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J11" s="1">
         <v>20</v>
       </c>
       <c r="K11" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L11" s="15">
         <f t="shared" si="1"/>
-        <v>2.5186954715413377</v>
+        <v>2.4898430933034463</v>
       </c>
       <c r="M11" s="16">
         <f>SUM($J$6:J11)</f>
         <v>58</v>
       </c>
       <c r="N11" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O11" s="18">
         <f t="shared" si="3"/>
         <v>0.17241379310344829</v>
       </c>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A12" s="13"/>
       <c r="B12" s="22">
         <f t="shared" si="0"/>
-        <v>45862.059825508928</v>
+        <v>46000.967497898571</v>
       </c>
       <c r="C12" s="23"/>
       <c r="D12" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F12" s="1">
         <v>1.6</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H12" s="1" t="s">
         <v>153</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J12" s="1">
         <v>4</v>
       </c>
       <c r="K12" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L12" s="15">
         <f t="shared" si="1"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M12" s="16">
         <f>SUM($J$6:J12)</f>
         <v>62</v>
       </c>
       <c r="N12" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O12" s="18">
         <f t="shared" si="3"/>
         <v>0.16129032258064516</v>
       </c>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A13" s="13"/>
       <c r="B13" s="22">
         <f t="shared" si="0"/>
-        <v>45863.067303697542</v>
+        <v>46001.963435135891</v>
       </c>
       <c r="C13" s="23"/>
       <c r="D13" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F13" s="1">
         <v>1.7</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>154</v>
       </c>
       <c r="H13" s="1" t="s">
         <v>154</v>
       </c>
       <c r="I13" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J13" s="1">
         <v>2</v>
       </c>
       <c r="K13" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L13" s="15">
         <f t="shared" si="1"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M13" s="16">
         <f>SUM($J$6:J13)</f>
         <v>64</v>
       </c>
       <c r="N13" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O13" s="18">
         <f t="shared" si="3"/>
         <v>0.15625</v>
       </c>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A14" s="13"/>
       <c r="B14" s="22">
         <f t="shared" si="0"/>
-        <v>45866.089738263392</v>
+        <v>46004.951246847857</v>
       </c>
       <c r="C14" s="23"/>
       <c r="D14" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F14" s="1">
         <v>1.9</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>155</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J14" s="1">
         <v>51</v>
       </c>
       <c r="K14" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L14" s="15">
         <f t="shared" si="1"/>
-        <v>3.022434565849605</v>
+        <v>2.9878117119641359</v>
       </c>
       <c r="M14" s="16">
         <f>SUM($J$6:J14)</f>
         <v>115</v>
       </c>
       <c r="N14" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O14" s="18">
         <f t="shared" si="3"/>
         <v>8.6956521739130432E-2</v>
       </c>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A15" s="13"/>
       <c r="B15" s="22">
         <f t="shared" si="0"/>
-        <v>45867.097216452006</v>
+        <v>46005.947184085177</v>
       </c>
       <c r="C15" s="23"/>
       <c r="D15" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F15" s="1">
         <v>1.9</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="I15" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J15" s="1">
         <v>4</v>
       </c>
       <c r="K15" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L15" s="15">
         <f t="shared" si="1"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M15" s="16">
         <f>SUM($J$6:J15)</f>
         <v>119</v>
       </c>
       <c r="N15" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O15" s="18">
         <f t="shared" si="3"/>
         <v>8.4033613445378158E-2</v>
       </c>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A16" s="13"/>
       <c r="B16" s="22">
         <f t="shared" si="0"/>
-        <v>45868.608433734931</v>
+        <v>46007.44108994116</v>
       </c>
       <c r="C16" s="23"/>
       <c r="D16" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F16" s="15">
         <v>1.1000000000000001</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J16" s="1">
         <v>8</v>
       </c>
       <c r="K16" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L16" s="15">
         <f t="shared" si="1"/>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M16" s="16">
         <f>SUM($J$6:J16)</f>
         <v>127</v>
       </c>
       <c r="N16" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O16" s="18">
         <f t="shared" si="3"/>
         <v>7.874015748031496E-2</v>
       </c>
     </row>
     <row r="17" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A17" s="13"/>
       <c r="B17" s="22">
         <f t="shared" si="0"/>
-        <v>45869.615911923545</v>
+        <v>46008.437027178479</v>
       </c>
       <c r="C17" s="23"/>
       <c r="D17" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F17" s="15">
         <v>1.1100000000000001</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>206</v>
       </c>
       <c r="H17" s="1" t="s">
         <v>208</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J17" s="1">
         <v>3</v>
       </c>
       <c r="K17" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L17" s="15">
         <f t="shared" ref="L17:L18" si="7">VLOOKUP(G17,LessonDays,3,FALSE)*TargetDays</f>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M17" s="16">
         <f>SUM($J$6:J17)</f>
         <v>130</v>
       </c>
       <c r="N17" s="17">
         <f t="shared" ref="N17:N18" si="8">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B17)</f>
         <v>10</v>
       </c>
       <c r="O17" s="18">
         <f t="shared" ref="O17:O18" si="9">N17/M17</f>
         <v>7.6923076923076927E-2</v>
       </c>
     </row>
     <row r="18" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A18" s="13"/>
       <c r="B18" s="22">
         <f t="shared" si="0"/>
-        <v>45870.62339011216</v>
+        <v>46009.432964415799</v>
       </c>
       <c r="C18" s="23"/>
       <c r="D18" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F18" s="15">
         <v>1.1200000000000001</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>207</v>
       </c>
       <c r="H18" s="1" t="s">
         <v>209</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J18" s="1">
         <v>5</v>
       </c>
       <c r="K18" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L18" s="15">
         <f t="shared" si="7"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M18" s="16">
         <f>SUM($J$6:J18)</f>
         <v>135</v>
       </c>
       <c r="N18" s="17">
         <f t="shared" si="8"/>
         <v>10</v>
       </c>
       <c r="O18" s="18">
         <f t="shared" si="9"/>
         <v>7.407407407407407E-2</v>
       </c>
     </row>
     <row r="19" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A19" s="13"/>
       <c r="B19" s="22">
         <f t="shared" si="0"/>
-        <v>45872.638346489395</v>
+        <v>46011.424838890438</v>
       </c>
       <c r="C19" s="23"/>
       <c r="D19" s="1" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="F19" s="15">
         <v>1.1299999999999999</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="I19" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J19" s="1">
         <v>10</v>
       </c>
       <c r="K19" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L19" s="15">
         <f t="shared" si="1"/>
-        <v>2.0149563772330703</v>
+        <v>1.9918744746427572</v>
       </c>
       <c r="M19" s="16">
         <f>SUM($J$6:J19)</f>
         <v>145</v>
       </c>
       <c r="N19" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O19" s="18">
         <f t="shared" si="3"/>
         <v>6.8965517241379309E-2</v>
       </c>
     </row>
     <row r="20" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A20" s="13"/>
       <c r="B20" s="30">
         <f t="shared" ref="B20:B31" si="10">B19+L20</f>
-        <v>45874.653302866631</v>
+        <v>46013.416713365077</v>
       </c>
       <c r="C20" s="31"/>
       <c r="D20" s="32" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
       <c r="E20" s="32"/>
       <c r="F20" s="32"/>
       <c r="G20" s="32" t="s">
         <v>59</v>
       </c>
       <c r="H20" s="32"/>
       <c r="I20" s="32"/>
       <c r="J20" s="32"/>
       <c r="K20" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L20" s="34">
         <f t="shared" si="1"/>
-        <v>2.0149563772330703</v>
+        <v>1.9918744746427572</v>
       </c>
       <c r="M20" s="16">
         <f>SUM($J$6:J20)</f>
         <v>145</v>
       </c>
       <c r="N20" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O20" s="18">
         <f t="shared" si="3"/>
         <v>6.8965517241379309E-2</v>
       </c>
     </row>
     <row r="21" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A21" s="13"/>
       <c r="B21" s="22">
         <f>B20+L21</f>
-        <v>45877.675737432481</v>
+        <v>46016.404525077043</v>
       </c>
       <c r="C21" s="23"/>
       <c r="D21" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F21" s="1">
         <v>2.1</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>95</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>94</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="J21" s="1">
         <v>37</v>
       </c>
       <c r="K21" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L21" s="15">
         <f t="shared" ref="L21:L29" si="11">VLOOKUP(G21,LessonDays,3,FALSE)*TargetDays</f>
-        <v>3.022434565849605</v>
+        <v>2.9878117119641359</v>
       </c>
       <c r="M21" s="16">
         <f>SUM($J$6:J21)</f>
         <v>182</v>
       </c>
       <c r="N21" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O21" s="18">
         <f t="shared" ref="O21:O51" si="12">N21/M21</f>
         <v>5.4945054945054944E-2</v>
       </c>
       <c r="Q21" s="20"/>
     </row>
     <row r="22" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A22" s="13"/>
       <c r="B22" s="22">
         <f t="shared" si="10"/>
-        <v>45879.690693809716</v>
+        <v>46018.396399551682</v>
       </c>
       <c r="C22" s="23"/>
       <c r="D22" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F22" s="1">
         <v>2.2000000000000002</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>105</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="J22" s="1">
         <v>21</v>
       </c>
       <c r="K22" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L22" s="15">
         <f t="shared" si="11"/>
-        <v>2.0149563772330703</v>
+        <v>1.9918744746427572</v>
       </c>
       <c r="M22" s="16">
         <f>SUM($J$6:J22)</f>
         <v>203</v>
       </c>
       <c r="N22" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O22" s="18">
         <f t="shared" si="12"/>
         <v>4.9261083743842367E-2</v>
       </c>
       <c r="Q22" s="20"/>
     </row>
     <row r="23" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A23" s="13"/>
       <c r="B23" s="22">
         <f t="shared" si="10"/>
-        <v>45881.201911092641</v>
+        <v>46019.890305407665</v>
       </c>
       <c r="C23" s="23"/>
       <c r="D23" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F23" s="1">
         <v>2.2999999999999998</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>97</v>
       </c>
       <c r="H23" s="1" t="s">
         <v>106</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="J23" s="1">
         <v>15</v>
       </c>
       <c r="K23" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L23" s="15">
         <f t="shared" si="11"/>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M23" s="16">
         <f>SUM($J$6:J23)</f>
         <v>218</v>
       </c>
       <c r="N23" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O23" s="18">
         <f t="shared" si="12"/>
         <v>4.5871559633027525E-2</v>
       </c>
     </row>
     <row r="24" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A24" s="13"/>
       <c r="B24" s="22">
         <f t="shared" si="10"/>
-        <v>45883.216867469877</v>
+        <v>46021.882179882305</v>
       </c>
       <c r="C24" s="23"/>
       <c r="D24" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F24" s="1">
         <v>2.4</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>98</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>107</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="J24" s="1">
         <v>17</v>
       </c>
       <c r="K24" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L24" s="15">
         <f t="shared" si="11"/>
-        <v>2.0149563772330703</v>
+        <v>1.9918744746427572</v>
       </c>
       <c r="M24" s="16">
         <f>SUM($J$6:J24)</f>
         <v>235</v>
       </c>
       <c r="N24" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O24" s="18">
         <f t="shared" si="12"/>
         <v>4.2553191489361701E-2</v>
       </c>
     </row>
     <row r="25" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A25" s="13"/>
       <c r="B25" s="22">
         <f t="shared" si="10"/>
-        <v>45886.239302035727</v>
+        <v>46024.869991594271</v>
       </c>
       <c r="C25" s="23"/>
       <c r="D25" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F25" s="1">
         <v>2.5</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>99</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>108</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="J25" s="1">
         <v>25</v>
       </c>
       <c r="K25" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L25" s="15">
         <f t="shared" si="11"/>
-        <v>3.022434565849605</v>
+        <v>2.9878117119641359</v>
       </c>
       <c r="M25" s="16">
         <f>SUM($J$6:J25)</f>
         <v>260</v>
       </c>
       <c r="N25" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O25" s="18">
         <f t="shared" si="12"/>
         <v>3.8461538461538464E-2</v>
       </c>
     </row>
     <row r="26" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A26" s="13"/>
       <c r="B26" s="22">
         <f t="shared" si="10"/>
-        <v>45888.254258412962</v>
+        <v>46026.86186606891</v>
       </c>
       <c r="C26" s="23"/>
       <c r="D26" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F26" s="1">
         <v>2.6</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H26" s="1" t="s">
         <v>109</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="J26" s="1">
         <v>19</v>
       </c>
       <c r="K26" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L26" s="15">
         <f t="shared" si="11"/>
-        <v>2.0149563772330703</v>
+        <v>1.9918744746427572</v>
       </c>
       <c r="M26" s="16">
         <f>SUM($J$6:J26)</f>
         <v>279</v>
       </c>
       <c r="N26" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O26" s="18">
         <f t="shared" si="12"/>
         <v>3.5842293906810034E-2</v>
       </c>
     </row>
     <row r="27" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A27" s="13"/>
       <c r="B27" s="22">
         <f t="shared" si="10"/>
-        <v>45890.269214790198</v>
+        <v>46028.853740543549</v>
       </c>
       <c r="C27" s="23"/>
       <c r="D27" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F27" s="1">
         <v>2.7</v>
       </c>
       <c r="G27" s="48" t="s">
         <v>164</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>197</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="J27" s="1">
         <v>16</v>
       </c>
       <c r="K27" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L27" s="15">
         <f t="shared" si="11"/>
-        <v>2.0149563772330703</v>
+        <v>1.9918744746427572</v>
       </c>
       <c r="M27" s="16">
         <f>SUM($J$6:J27)</f>
         <v>295</v>
       </c>
       <c r="N27" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O27" s="18">
         <f t="shared" si="12"/>
         <v>3.3898305084745763E-2</v>
       </c>
     </row>
     <row r="28" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A28" s="13"/>
       <c r="B28" s="22">
         <f t="shared" si="10"/>
-        <v>45891.276692978812</v>
+        <v>46029.849677780869</v>
       </c>
       <c r="C28" s="23"/>
       <c r="D28" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F28" s="1">
         <v>2.8</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H28" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="J28" s="1">
         <v>4</v>
       </c>
       <c r="K28" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L28" s="15">
         <f t="shared" si="11"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M28" s="16">
         <f>SUM($J$6:J28)</f>
         <v>299</v>
       </c>
       <c r="N28" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O28" s="18">
         <f t="shared" si="12"/>
         <v>3.3444816053511704E-2</v>
       </c>
     </row>
     <row r="29" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A29" s="13"/>
       <c r="B29" s="22">
         <f t="shared" si="10"/>
-        <v>45892.787910261737</v>
+        <v>46031.343583636852</v>
       </c>
       <c r="C29" s="23"/>
       <c r="D29" s="1" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="F29" s="1">
         <v>2.9</v>
       </c>
       <c r="G29" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="H29" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="J29" s="1">
         <v>8</v>
       </c>
       <c r="K29" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L29" s="15">
         <f t="shared" si="11"/>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M29" s="16">
         <f>SUM($J$6:J29)</f>
         <v>307</v>
       </c>
       <c r="N29" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O29" s="18">
         <f t="shared" si="12"/>
         <v>3.2573289902280131E-2</v>
       </c>
     </row>
     <row r="30" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A30" s="13"/>
       <c r="B30" s="30">
         <f t="shared" si="10"/>
-        <v>45894.802866638973</v>
+        <v>46033.335458111491</v>
       </c>
       <c r="C30" s="31"/>
       <c r="D30" s="32" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="E30" s="32"/>
       <c r="F30" s="32"/>
       <c r="G30" s="32" t="s">
         <v>60</v>
       </c>
       <c r="H30" s="32"/>
       <c r="I30" s="32"/>
       <c r="J30" s="32"/>
       <c r="K30" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L30" s="34">
         <f>VLOOKUP(G30,LessonDays,3,FALSE)*TargetDays</f>
-        <v>2.0149563772330703</v>
+        <v>1.9918744746427572</v>
       </c>
       <c r="M30" s="16">
         <f>SUM($J$6:J30)</f>
         <v>307</v>
       </c>
       <c r="N30" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O30" s="18">
         <f t="shared" si="12"/>
         <v>3.2573289902280131E-2</v>
       </c>
     </row>
     <row r="31" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A31" s="13"/>
       <c r="B31" s="22">
         <f t="shared" si="10"/>
-        <v>45896.314083921898</v>
+        <v>46034.829363967474</v>
       </c>
       <c r="C31" s="23"/>
       <c r="D31" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F31" s="1">
         <v>3.1</v>
       </c>
       <c r="G31" t="s">
         <v>87</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I31" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J31" s="1">
         <v>12</v>
       </c>
       <c r="K31" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L31" s="15">
         <f t="shared" ref="L31:L42" si="13">VLOOKUP(G31,LessonDays,3,FALSE)*TargetDays</f>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M31" s="16">
         <f>SUM($J$6:J31)</f>
         <v>319</v>
       </c>
       <c r="N31" s="17">
         <f t="shared" ref="N31:N42" si="14">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B31)</f>
         <v>10</v>
       </c>
       <c r="O31" s="18">
         <f t="shared" si="12"/>
         <v>3.1347962382445138E-2</v>
       </c>
     </row>
     <row r="32" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A32" s="13"/>
       <c r="B32" s="22">
         <f t="shared" ref="B32:B53" si="15">B31+L32</f>
-        <v>45897.825301204823</v>
+        <v>46036.323269823457</v>
       </c>
       <c r="C32" s="23"/>
       <c r="D32" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F32" s="1">
         <v>3.2</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>167</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>167</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J32" s="1">
         <v>7</v>
       </c>
       <c r="K32" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L32" s="15">
         <f t="shared" si="13"/>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M32" s="16">
         <f>SUM($J$6:J32)</f>
         <v>326</v>
       </c>
       <c r="N32" s="17">
         <f t="shared" si="14"/>
         <v>10</v>
       </c>
       <c r="O32" s="18">
         <f t="shared" si="12"/>
         <v>3.0674846625766871E-2</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A33" s="13"/>
       <c r="B33" s="22">
         <f t="shared" si="15"/>
-        <v>45899.336518487748</v>
+        <v>46037.81717567944</v>
       </c>
       <c r="C33" s="23"/>
       <c r="D33" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F33" s="1">
         <v>3.3</v>
       </c>
       <c r="G33" t="s">
         <v>58</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J33" s="1">
         <v>20</v>
       </c>
       <c r="K33" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L33" s="15">
         <f t="shared" si="13"/>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M33" s="16">
         <f>SUM($J$6:J33)</f>
         <v>346</v>
       </c>
       <c r="N33" s="17">
         <f t="shared" si="14"/>
         <v>10</v>
       </c>
       <c r="O33" s="18">
         <f t="shared" si="12"/>
         <v>2.8901734104046242E-2</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A34" s="13"/>
       <c r="B34" s="22">
         <f t="shared" si="15"/>
-        <v>45900.847735770672</v>
+        <v>46039.311081535423</v>
       </c>
       <c r="C34" s="23"/>
       <c r="D34" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F34" s="1">
         <v>3.4</v>
       </c>
       <c r="G34" t="s">
         <v>91</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>92</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J34" s="1">
         <v>16</v>
       </c>
       <c r="K34" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L34" s="15">
         <f t="shared" si="13"/>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M34" s="16">
         <f>SUM($J$6:J34)</f>
         <v>362</v>
       </c>
       <c r="N34" s="17">
         <f t="shared" si="14"/>
         <v>10</v>
       </c>
       <c r="O34" s="18">
         <f t="shared" si="12"/>
         <v>2.7624309392265192E-2</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A35" s="13"/>
       <c r="B35" s="22">
         <f t="shared" si="15"/>
-        <v>45902.862692147908</v>
+        <v>46041.302956010062</v>
       </c>
       <c r="C35" s="23"/>
       <c r="D35" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F35" s="1">
         <v>3.5</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="H35" s="1" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J35" s="1">
         <v>42</v>
       </c>
       <c r="K35" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L35" s="15">
         <f t="shared" si="13"/>
-        <v>2.0149563772330703</v>
+        <v>1.9918744746427572</v>
       </c>
       <c r="M35" s="16">
         <f>SUM($J$6:J35)</f>
         <v>404</v>
       </c>
       <c r="N35" s="17">
         <f t="shared" si="14"/>
         <v>10</v>
       </c>
       <c r="O35" s="18">
         <f t="shared" si="12"/>
         <v>2.4752475247524754E-2</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A36" s="13"/>
       <c r="B36" s="22">
         <f t="shared" si="15"/>
-        <v>45904.373909430833</v>
+        <v>46042.796861866045</v>
       </c>
       <c r="C36" s="23"/>
       <c r="D36" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F36" s="1">
         <v>3.6</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>135</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>136</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J36" s="1">
         <v>7</v>
       </c>
       <c r="K36" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L36" s="15">
         <f t="shared" si="13"/>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M36" s="16">
         <f>SUM($J$6:J36)</f>
         <v>411</v>
       </c>
       <c r="N36" s="17">
         <f t="shared" si="14"/>
         <v>10</v>
       </c>
       <c r="O36" s="18">
         <f t="shared" si="12"/>
         <v>2.4330900243309004E-2</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A37" s="13"/>
       <c r="B37" s="22">
         <f t="shared" si="15"/>
-        <v>45906.388865808069</v>
+        <v>46044.788736340684</v>
       </c>
       <c r="C37" s="23"/>
       <c r="D37" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F37" s="1">
         <v>3.7</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>117</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J37" s="1">
         <v>19</v>
       </c>
       <c r="K37" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L37" s="15">
         <f t="shared" si="13"/>
-        <v>2.0149563772330703</v>
+        <v>1.9918744746427572</v>
       </c>
       <c r="M37" s="16">
         <f>SUM($J$6:J37)</f>
         <v>430</v>
       </c>
       <c r="N37" s="17">
         <f t="shared" si="14"/>
         <v>10</v>
       </c>
       <c r="O37" s="18">
         <f t="shared" si="12"/>
         <v>2.3255813953488372E-2</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A38" s="13"/>
       <c r="B38" s="22">
         <f t="shared" si="15"/>
-        <v>45907.900083090994</v>
+        <v>46046.282642196667</v>
       </c>
       <c r="C38" s="23"/>
       <c r="D38" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F38" s="1">
         <v>3.8</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>204</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>205</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J38" s="1">
         <v>10</v>
       </c>
       <c r="K38" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L38" s="15">
         <f t="shared" si="13"/>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M38" s="16">
         <f>SUM($J$6:J38)</f>
         <v>440</v>
       </c>
       <c r="N38" s="17">
         <f t="shared" si="14"/>
         <v>10</v>
       </c>
       <c r="O38" s="18">
         <f t="shared" si="12"/>
         <v>2.2727272727272728E-2</v>
       </c>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A39" s="13"/>
       <c r="B39" s="22">
         <f t="shared" si="15"/>
-        <v>45908.907561279608</v>
+        <v>46047.278579433987</v>
       </c>
       <c r="C39" s="23"/>
       <c r="D39" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F39" s="1">
         <v>3.9</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>103</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>104</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J39" s="1">
         <v>12</v>
       </c>
       <c r="K39" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L39" s="15">
         <f t="shared" si="13"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M39" s="16">
         <f>SUM($J$6:J39)</f>
         <v>452</v>
       </c>
       <c r="N39" s="17">
         <f t="shared" si="14"/>
         <v>10</v>
       </c>
       <c r="O39" s="18">
         <f t="shared" si="12"/>
         <v>2.2123893805309734E-2</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A40" s="13"/>
       <c r="B40" s="22">
         <f t="shared" si="15"/>
-        <v>45909.915039468222</v>
+        <v>46048.274516671307</v>
       </c>
       <c r="C40" s="23"/>
       <c r="D40" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F40" s="15">
         <v>3.1</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>83</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>86</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J40" s="1">
         <v>8</v>
       </c>
       <c r="K40" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L40" s="15">
         <f t="shared" si="13"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M40" s="16">
         <f>SUM($J$6:J40)</f>
         <v>460</v>
       </c>
       <c r="N40" s="17">
         <f t="shared" si="14"/>
         <v>10</v>
       </c>
       <c r="O40" s="18">
         <f t="shared" si="12"/>
         <v>2.1739130434782608E-2</v>
       </c>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A41" s="13"/>
       <c r="B41" s="22">
         <f t="shared" si="15"/>
-        <v>45910.922517656836</v>
+        <v>46049.270453908626</v>
       </c>
       <c r="C41" s="23"/>
       <c r="D41" s="1" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="F41" s="1">
         <v>3.11</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H41" s="1" t="s">
         <v>85</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J41" s="1">
         <v>11</v>
       </c>
       <c r="K41" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L41" s="15">
         <f t="shared" si="13"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M41" s="16">
         <f>SUM($J$6:J41)</f>
         <v>471</v>
       </c>
       <c r="N41" s="17">
         <f t="shared" si="14"/>
         <v>10</v>
       </c>
       <c r="O41" s="18">
         <f t="shared" si="12"/>
         <v>2.1231422505307854E-2</v>
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A42" s="13"/>
       <c r="B42" s="30">
         <f t="shared" si="15"/>
-        <v>45912.937474034072</v>
+        <v>46051.262328383265</v>
       </c>
       <c r="C42" s="31"/>
       <c r="D42" s="32" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="E42" s="32"/>
       <c r="F42" s="32"/>
       <c r="G42" s="32" t="s">
         <v>61</v>
       </c>
       <c r="H42" s="32"/>
       <c r="I42" s="32"/>
       <c r="J42" s="32"/>
       <c r="K42" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L42" s="34">
         <f t="shared" si="13"/>
-        <v>2.0149563772330703</v>
+        <v>1.9918744746427572</v>
       </c>
       <c r="M42" s="16">
         <f>SUM($J$6:J42)</f>
         <v>471</v>
       </c>
       <c r="N42" s="17">
         <f t="shared" si="14"/>
         <v>10</v>
       </c>
       <c r="O42" s="18">
         <f t="shared" si="12"/>
         <v>2.1231422505307854E-2</v>
       </c>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A43" s="13"/>
       <c r="B43" s="22">
         <f t="shared" si="15"/>
-        <v>45915.959908599922</v>
+        <v>46054.250140095231</v>
       </c>
       <c r="C43" s="23"/>
       <c r="D43" s="1" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F43" s="1">
         <v>4.0999999999999996</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="J43" s="1">
         <v>50</v>
       </c>
       <c r="K43" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L43" s="15">
         <f t="shared" ref="L43:L44" si="16">VLOOKUP(G43,LessonDays,3,FALSE)*TargetDays</f>
-        <v>3.022434565849605</v>
+        <v>2.9878117119641359</v>
       </c>
       <c r="M43" s="16">
         <f>SUM($J$6:J43)</f>
         <v>521</v>
       </c>
       <c r="N43" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O43" s="18">
         <f t="shared" ref="O43:O44" si="17">N43/M43</f>
         <v>1.9193857965451054E-2</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A44" s="13"/>
       <c r="B44" s="30">
         <f t="shared" si="15"/>
-        <v>45917.974864977157</v>
+        <v>46056.242014569871</v>
       </c>
       <c r="C44" s="31"/>
       <c r="D44" s="32" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="E44" s="32"/>
       <c r="F44" s="32"/>
       <c r="G44" s="32" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="H44" s="32"/>
       <c r="I44" s="32"/>
       <c r="J44" s="32"/>
       <c r="K44" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L44" s="34">
         <f t="shared" si="16"/>
-        <v>2.0149563772330703</v>
+        <v>1.9918744746427572</v>
       </c>
       <c r="M44" s="16">
         <f>SUM($J$6:J44)</f>
         <v>521</v>
       </c>
       <c r="N44" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O44" s="18">
         <f t="shared" si="17"/>
         <v>1.9193857965451054E-2</v>
       </c>
     </row>
     <row r="45" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A45" s="13"/>
       <c r="B45" s="22">
         <f t="shared" si="15"/>
-        <v>45919.486082260082</v>
+        <v>46057.735920425854</v>
       </c>
       <c r="C45" s="23"/>
       <c r="D45" s="1" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="F45" s="1">
         <v>5.0999999999999996</v>
       </c>
       <c r="G45" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="J45" s="1">
         <v>9</v>
       </c>
       <c r="K45" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L45" s="15">
         <f t="shared" ref="L45:L51" si="18">VLOOKUP(G45,LessonDays,3,FALSE)*TargetDays</f>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M45" s="16">
         <f>SUM($J$6:J45)</f>
         <v>530</v>
       </c>
       <c r="N45" s="17">
         <f t="shared" ref="N45:N51" si="19">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B45)</f>
         <v>10</v>
       </c>
       <c r="O45" s="18">
         <f t="shared" si="12"/>
         <v>1.8867924528301886E-2</v>
       </c>
     </row>
     <row r="46" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A46" s="13"/>
       <c r="B46" s="22">
         <f t="shared" si="15"/>
-        <v>45921.501038637318</v>
+        <v>46059.727794900493</v>
       </c>
       <c r="C46" s="23"/>
       <c r="D46" s="1" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="F46" s="1">
         <v>5.2</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="J46" s="1">
         <v>29</v>
       </c>
       <c r="K46" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L46" s="15">
         <f t="shared" si="18"/>
-        <v>2.0149563772330703</v>
+        <v>1.9918744746427572</v>
       </c>
       <c r="M46" s="16">
         <f>SUM($J$6:J46)</f>
         <v>559</v>
       </c>
       <c r="N46" s="17">
         <f t="shared" si="19"/>
         <v>10</v>
       </c>
       <c r="O46" s="18">
         <f t="shared" si="12"/>
         <v>1.7889087656529516E-2</v>
       </c>
     </row>
     <row r="47" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A47" s="13"/>
       <c r="B47" s="22">
         <f t="shared" si="15"/>
-        <v>45923.012255920243</v>
+        <v>46061.221700756476</v>
       </c>
       <c r="C47" s="23"/>
       <c r="D47" s="1" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="F47" s="1">
         <v>5.3</v>
       </c>
       <c r="G47" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="J47" s="1">
         <v>8</v>
       </c>
       <c r="K47" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L47" s="15">
         <f t="shared" si="18"/>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M47" s="16">
         <f>SUM($J$6:J47)</f>
         <v>567</v>
       </c>
       <c r="N47" s="17">
         <f t="shared" si="19"/>
         <v>10</v>
       </c>
       <c r="O47" s="18">
         <f t="shared" si="12"/>
         <v>1.7636684303350969E-2</v>
       </c>
     </row>
     <row r="48" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A48" s="13"/>
       <c r="B48" s="22">
         <f t="shared" si="15"/>
-        <v>45924.019734108857</v>
+        <v>46062.217637993796</v>
       </c>
       <c r="C48" s="23"/>
       <c r="D48" s="1" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="F48" s="1">
         <v>5.4</v>
       </c>
       <c r="G48" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="J48" s="1">
         <v>9</v>
       </c>
       <c r="K48" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L48" s="15">
         <f t="shared" si="18"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M48" s="16">
         <f>SUM($J$6:J48)</f>
         <v>576</v>
       </c>
       <c r="N48" s="17">
         <f t="shared" si="19"/>
         <v>10</v>
       </c>
       <c r="O48" s="18">
         <f t="shared" si="12"/>
         <v>1.7361111111111112E-2</v>
       </c>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A49" s="13"/>
       <c r="B49" s="22">
         <f t="shared" si="15"/>
-        <v>45925.530951391782</v>
+        <v>46063.711543849779</v>
       </c>
       <c r="C49" s="23"/>
       <c r="D49" s="1" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="F49" s="1">
         <v>5.5</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="J49" s="1">
         <v>17</v>
       </c>
       <c r="K49" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L49" s="15">
         <f t="shared" si="18"/>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M49" s="16">
         <f>SUM($J$6:J49)</f>
         <v>593</v>
       </c>
       <c r="N49" s="17">
         <f t="shared" si="19"/>
         <v>10</v>
       </c>
       <c r="O49" s="18">
         <f t="shared" si="12"/>
         <v>1.6863406408094434E-2</v>
       </c>
     </row>
     <row r="50" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A50" s="13"/>
       <c r="B50" s="22">
         <f t="shared" si="15"/>
-        <v>45928.049646863321</v>
+        <v>46066.201386943081</v>
       </c>
       <c r="C50" s="23"/>
       <c r="D50" s="1" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="F50" s="1">
         <v>5.6</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="H50" s="1" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="I50" s="1" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="J50" s="1">
         <v>23</v>
       </c>
       <c r="K50" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L50" s="15">
         <f t="shared" si="18"/>
-        <v>2.5186954715413377</v>
+        <v>2.4898430933034463</v>
       </c>
       <c r="M50" s="16">
         <f>SUM($J$6:J50)</f>
         <v>616</v>
       </c>
       <c r="N50" s="17">
         <f t="shared" si="19"/>
         <v>10</v>
       </c>
       <c r="O50" s="18">
         <f t="shared" si="12"/>
         <v>1.6233766233766232E-2</v>
       </c>
     </row>
     <row r="51" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A51" s="13"/>
       <c r="B51" s="30">
         <f t="shared" si="15"/>
-        <v>45930.064603240557</v>
+        <v>46068.19326141772</v>
       </c>
       <c r="C51" s="31"/>
       <c r="D51" s="32" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="E51" s="32"/>
       <c r="F51" s="32"/>
       <c r="G51" s="32" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="H51" s="32"/>
       <c r="I51" s="32"/>
       <c r="J51" s="32"/>
       <c r="K51" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L51" s="34">
         <f t="shared" si="18"/>
-        <v>2.0149563772330703</v>
+        <v>1.9918744746427572</v>
       </c>
       <c r="M51" s="16">
         <f>SUM($J$6:J51)</f>
         <v>616</v>
       </c>
       <c r="N51" s="17">
         <f t="shared" si="19"/>
         <v>10</v>
       </c>
       <c r="O51" s="18">
         <f t="shared" si="12"/>
         <v>1.6233766233766232E-2</v>
       </c>
     </row>
     <row r="52" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A52" s="13"/>
       <c r="B52" s="22">
         <f t="shared" si="15"/>
-        <v>45933.087037806406</v>
+        <v>46071.181073129686</v>
       </c>
       <c r="C52" s="23"/>
       <c r="D52" s="1" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="F52" s="1">
         <v>6.1</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="J52" s="1">
         <v>50</v>
       </c>
       <c r="K52" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L52" s="15">
         <f t="shared" ref="L52" si="20">VLOOKUP(G52,LessonDays,3,FALSE)*TargetDays</f>
-        <v>3.022434565849605</v>
+        <v>2.9878117119641359</v>
       </c>
       <c r="M52" s="16">
         <f>SUM($J$6:J52)</f>
         <v>666</v>
       </c>
       <c r="N52" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O52" s="18">
         <f t="shared" ref="O52" si="21">N52/M52</f>
         <v>1.5015015015015015E-2</v>
       </c>
     </row>
     <row r="53" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A53" s="13"/>
       <c r="B53" s="30">
         <f t="shared" si="15"/>
-        <v>45935.101994183642</v>
+        <v>46073.172947604326</v>
       </c>
       <c r="C53" s="31"/>
       <c r="D53" s="32" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="E53" s="32"/>
       <c r="F53" s="32"/>
       <c r="G53" s="32" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="H53" s="32"/>
       <c r="I53" s="32"/>
       <c r="J53" s="32"/>
       <c r="K53" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L53" s="34">
         <f t="shared" ref="L53" si="22">VLOOKUP(G53,LessonDays,3,FALSE)*TargetDays</f>
-        <v>2.0149563772330703</v>
+        <v>1.9918744746427572</v>
       </c>
       <c r="M53" s="16">
         <f>SUM($J$6:J53)</f>
         <v>666</v>
       </c>
       <c r="N53" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O53" s="18">
         <f t="shared" ref="O53" si="23">N53/M53</f>
         <v>1.5015015015015015E-2</v>
       </c>
     </row>
     <row r="54" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B54" s="22"/>
       <c r="C54" s="22"/>
       <c r="G54"/>
       <c r="H54" s="1"/>
       <c r="K54" s="14"/>
       <c r="L54" s="15"/>
       <c r="M54" s="19"/>
       <c r="N54" s="19"/>
       <c r="O54" s="29"/>
     </row>
     <row r="55" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B55" s="40" t="s">
         <v>46</v>
       </c>
       <c r="C55" s="22"/>
       <c r="D55" s="35" t="s">
-        <v>251</v>
+        <v>262</v>
       </c>
       <c r="L55" s="15"/>
     </row>
     <row r="56" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B56" s="40"/>
       <c r="C56" s="22"/>
       <c r="D56" s="35" t="s">
         <v>114</v>
       </c>
       <c r="L56" s="15"/>
     </row>
     <row r="57" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B57" s="22"/>
       <c r="C57" s="22"/>
       <c r="D57" s="41" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="H57" s="1"/>
       <c r="L57" s="15"/>
     </row>
     <row r="58" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B58" s="43"/>
       <c r="C58" s="22"/>
       <c r="D58" s="38"/>
       <c r="H58" s="1"/>
       <c r="L58" s="15"/>
     </row>
     <row r="59" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A59" s="44">
         <f>B90-31</f>
-        <v>45949</v>
+        <v>46077</v>
       </c>
       <c r="B59" s="22">
         <f>info!B4</f>
-        <v>45940</v>
+        <v>46078</v>
       </c>
       <c r="C59" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D59" s="24" t="s">
         <v>70</v>
       </c>
       <c r="H59" s="1"/>
       <c r="L59" s="15"/>
     </row>
     <row r="60" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A60" s="44">
         <f>A59+14</f>
-        <v>45963</v>
+        <v>46091</v>
       </c>
       <c r="B60" s="22">
         <f>B59+14</f>
-        <v>45954</v>
+        <v>46092</v>
       </c>
       <c r="C60" s="22"/>
       <c r="D60" s="25" t="s">
         <v>71</v>
       </c>
       <c r="H60" s="1"/>
       <c r="L60" s="15"/>
     </row>
     <row r="61" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A61" s="44"/>
       <c r="B61" s="22"/>
       <c r="C61" s="22"/>
       <c r="D61" s="26"/>
       <c r="H61" s="1"/>
       <c r="L61" s="15"/>
     </row>
     <row r="62" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A62" s="44">
         <f>A60</f>
-        <v>45963</v>
+        <v>46091</v>
       </c>
       <c r="B62" s="22">
         <f>B90-17</f>
-        <v>45963</v>
+        <v>46091</v>
       </c>
       <c r="C62" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D62" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H62" s="1"/>
       <c r="L62" s="15"/>
     </row>
     <row r="63" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A63" s="44">
         <f>A62+13</f>
-        <v>45976</v>
+        <v>46104</v>
       </c>
       <c r="B63" s="22">
         <f>B62+14</f>
-        <v>45977</v>
+        <v>46105</v>
       </c>
       <c r="C63" s="22"/>
       <c r="D63" s="25" t="s">
         <v>22</v>
       </c>
       <c r="H63" s="1"/>
       <c r="L63" s="15"/>
     </row>
     <row r="64" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A64" s="44"/>
       <c r="B64" s="22"/>
       <c r="C64" s="22"/>
       <c r="D64" s="25" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="H64" s="1"/>
       <c r="L64" s="15"/>
     </row>
     <row r="65" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A65" s="44"/>
       <c r="B65" s="22"/>
       <c r="C65" s="22"/>
       <c r="D65" s="25" t="s">
         <v>68</v>
       </c>
       <c r="H65" s="1"/>
       <c r="L65" s="15"/>
     </row>
     <row r="66" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A66" s="44"/>
       <c r="B66" s="22"/>
       <c r="C66" s="22"/>
       <c r="D66" s="25" t="s">
         <v>17</v>
       </c>
       <c r="H66" s="1"/>
       <c r="L66" s="15"/>
     </row>
     <row r="67" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A67" s="44"/>
       <c r="B67" s="22"/>
       <c r="C67" s="22"/>
       <c r="D67" s="25" t="s">
         <v>73</v>
       </c>
       <c r="H67" s="1"/>
       <c r="L67" s="15"/>
     </row>
     <row r="68" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A68" s="44"/>
       <c r="B68" s="22"/>
       <c r="C68" s="22"/>
       <c r="D68" s="25"/>
       <c r="H68" s="1"/>
       <c r="L68" s="15"/>
     </row>
     <row r="69" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A69" s="44">
         <f>A62</f>
-        <v>45963</v>
+        <v>46091</v>
       </c>
       <c r="B69" s="22">
         <f>B90-17</f>
-        <v>45963</v>
+        <v>46091</v>
       </c>
       <c r="C69" s="22"/>
       <c r="D69" s="24" t="s">
         <v>138</v>
       </c>
       <c r="H69" s="1"/>
       <c r="L69" s="15"/>
     </row>
     <row r="70" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A70" s="44"/>
       <c r="B70" s="22"/>
       <c r="C70" s="22"/>
       <c r="D70" s="25"/>
       <c r="H70" s="1"/>
       <c r="L70" s="15"/>
     </row>
     <row r="71" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A71" s="44">
         <f>A59</f>
-        <v>45949</v>
+        <v>46077</v>
       </c>
       <c r="B71" s="22">
         <f>info!B4</f>
-        <v>45940</v>
+        <v>46078</v>
       </c>
       <c r="C71" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D71" s="28" t="s">
         <v>24</v>
       </c>
       <c r="H71" s="1"/>
       <c r="L71" s="15"/>
     </row>
     <row r="72" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A72" s="44">
         <f>A71+23</f>
-        <v>45972</v>
+        <v>46100</v>
       </c>
       <c r="B72" s="22">
         <f>B90-8</f>
-        <v>45972</v>
+        <v>46100</v>
       </c>
       <c r="C72" s="22"/>
       <c r="D72" s="25" t="str">
-        <f>"Start using these no later than "&amp;TEXT(B71,"mm/d")</f>
-        <v>Start using these no later than 10/10</v>
+        <f>"Start using these no later than "&amp;TEXT(B71,"mm/dd")</f>
+        <v>Start using these no later than 02/25</v>
       </c>
       <c r="H72" s="1"/>
       <c r="L72" s="15"/>
     </row>
     <row r="73" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A73" s="44"/>
       <c r="B73" s="22"/>
       <c r="C73" s="22"/>
       <c r="D73" s="27" t="s">
         <v>119</v>
       </c>
       <c r="H73" s="1"/>
       <c r="L73" s="15"/>
     </row>
     <row r="74" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A74" s="44"/>
       <c r="B74" s="22"/>
       <c r="C74" s="22"/>
       <c r="D74" s="27" t="s">
         <v>18</v>
       </c>
       <c r="H74" s="1"/>
       <c r="L74" s="15"/>
     </row>
     <row r="75" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A75" s="44"/>
       <c r="B75" s="22"/>
       <c r="C75" s="22"/>
       <c r="D75" s="27" t="s">
         <v>23</v>
       </c>
       <c r="H75" s="1"/>
       <c r="L75" s="15"/>
     </row>
     <row r="76" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A76" s="44"/>
       <c r="B76" s="22"/>
       <c r="C76" s="22"/>
       <c r="D76" s="26"/>
       <c r="H76" s="1"/>
       <c r="L76" s="15"/>
     </row>
     <row r="77" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A77" s="44">
         <f>A72-2</f>
-        <v>45970</v>
+        <v>46098</v>
       </c>
       <c r="B77" s="22">
         <f>B90-10</f>
-        <v>45970</v>
+        <v>46098</v>
       </c>
       <c r="C77" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D77" s="24" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="H77" s="1"/>
       <c r="L77" s="15"/>
     </row>
     <row r="78" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A78" s="44">
         <f>A77+7</f>
-        <v>45977</v>
+        <v>46105</v>
       </c>
       <c r="B78" s="22">
         <f>B77+7</f>
-        <v>45977</v>
+        <v>46105</v>
       </c>
       <c r="C78" s="22"/>
       <c r="D78" s="27" t="s">
         <v>78</v>
       </c>
       <c r="H78" s="1"/>
       <c r="L78" s="15"/>
     </row>
     <row r="79" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A79" s="44"/>
       <c r="B79" s="22"/>
       <c r="C79" s="22"/>
       <c r="D79" s="25" t="s">
         <v>74</v>
       </c>
       <c r="H79" s="1"/>
       <c r="L79" s="15"/>
     </row>
     <row r="80" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A80" s="44"/>
       <c r="B80" s="22"/>
       <c r="C80" s="22"/>
       <c r="D80" s="25" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="H80" s="1"/>
       <c r="L80" s="15"/>
     </row>
     <row r="81" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A81" s="44"/>
       <c r="B81" s="22"/>
       <c r="C81" s="22"/>
       <c r="D81" s="25" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="H81" s="1"/>
       <c r="L81" s="15"/>
     </row>
     <row r="82" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A82" s="44"/>
       <c r="B82" s="22"/>
       <c r="C82" s="22"/>
       <c r="D82" s="25" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="H82" s="1"/>
       <c r="L82" s="15"/>
     </row>
     <row r="83" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A83" s="44"/>
       <c r="B83" s="22"/>
       <c r="C83" s="22"/>
       <c r="D83" s="27"/>
       <c r="H83" s="1"/>
       <c r="L83" s="15"/>
     </row>
     <row r="84" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A84" s="44">
         <f>A72</f>
-        <v>45972</v>
+        <v>46100</v>
       </c>
       <c r="B84" s="22">
         <f>B90-8</f>
-        <v>45972</v>
+        <v>46100</v>
       </c>
       <c r="C84" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D84" s="24" t="s">
         <v>75</v>
       </c>
       <c r="H84" s="1"/>
       <c r="L84" s="15"/>
     </row>
     <row r="85" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A85" s="44">
         <f>A84+7</f>
-        <v>45979</v>
+        <v>46107</v>
       </c>
       <c r="B85" s="22">
         <f>B84+7</f>
-        <v>45979</v>
+        <v>46107</v>
       </c>
       <c r="C85" s="22"/>
       <c r="D85" s="27" t="s">
         <v>76</v>
       </c>
       <c r="H85" s="1"/>
       <c r="L85" s="15"/>
     </row>
     <row r="86" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A86" s="22"/>
       <c r="B86" s="22"/>
       <c r="C86" s="22"/>
       <c r="D86" s="27" t="s">
         <v>79</v>
       </c>
       <c r="H86" s="1"/>
       <c r="L86" s="15"/>
     </row>
     <row r="87" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A87" s="22"/>
       <c r="B87" s="22"/>
       <c r="C87" s="22"/>
       <c r="D87" s="27" t="s">
         <v>80</v>
       </c>
       <c r="H87" s="1"/>
       <c r="L87" s="15"/>
     </row>
     <row r="88" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A88" s="22"/>
       <c r="B88" s="22"/>
       <c r="C88" s="22"/>
       <c r="D88" s="25" t="s">
         <v>77</v>
       </c>
       <c r="H88" s="1"/>
       <c r="L88" s="15"/>
     </row>
     <row r="89" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A89" s="22"/>
       <c r="B89" s="22"/>
       <c r="C89" s="22"/>
       <c r="D89" s="27"/>
       <c r="H89" s="1"/>
       <c r="L89" s="15"/>
     </row>
     <row r="90" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A90" s="42"/>
       <c r="B90" s="42">
-        <v>45980</v>
+        <v>46108</v>
       </c>
       <c r="C90" s="37"/>
       <c r="D90" s="35" t="s">
         <v>66</v>
       </c>
       <c r="H90" s="1"/>
       <c r="L90" s="15"/>
     </row>
     <row r="91" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A91" s="22"/>
       <c r="B91" s="22"/>
       <c r="C91" s="22"/>
       <c r="D91" s="26"/>
       <c r="H91" s="1"/>
       <c r="L91" s="15"/>
     </row>
     <row r="92" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A92" s="22"/>
-      <c r="B92" s="22">
-        <v>45983</v>
+      <c r="B92" s="49" t="s">
+        <v>261</v>
       </c>
       <c r="C92" s="22"/>
       <c r="D92" s="24" t="s">
         <v>65</v>
       </c>
       <c r="H92" s="1"/>
       <c r="L92" s="15"/>
     </row>
     <row r="93" spans="1:12" x14ac:dyDescent="0.45">
       <c r="H93" s="1"/>
       <c r="L93" s="15"/>
     </row>
     <row r="94" spans="1:12" x14ac:dyDescent="0.45">
       <c r="L94" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="I1:J1"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K6:K54" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"No,Yes"</formula1>
     </dataValidation>
   </dataValidations>
@@ -9383,54 +9390,54 @@
       <selection pane="bottomLeft" activeCell="L107" sqref="L107"/>
       <selection pane="bottomRight" activeCell="L107" sqref="L107"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.796875" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="3.46484375" style="1" customWidth="1"/>
     <col min="2" max="3" width="11.46484375" style="1" customWidth="1"/>
     <col min="4" max="4" width="20.19921875" style="1" customWidth="1"/>
     <col min="5" max="5" width="18.73046875" style="1" customWidth="1"/>
     <col min="6" max="6" width="9.73046875" style="1" customWidth="1"/>
     <col min="7" max="7" width="53.73046875" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="17.19921875" style="6" customWidth="1"/>
     <col min="9" max="9" width="12.796875" style="1" customWidth="1"/>
     <col min="10" max="10" width="8.796875" style="1"/>
     <col min="11" max="11" width="14.46484375" style="1" customWidth="1"/>
     <col min="12" max="15" width="8.73046875" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16384" width="8.796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="23.2" customHeight="1" x14ac:dyDescent="0.7">
       <c r="D1" s="2">
         <v>44920</v>
       </c>
       <c r="H1" s="3"/>
-      <c r="I1" s="49" t="s">
+      <c r="I1" s="50" t="s">
         <v>1</v>
       </c>
-      <c r="J1" s="50"/>
+      <c r="J1" s="51"/>
       <c r="K1" s="4">
         <f>K3/K2</f>
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.45">
       <c r="H2" s="3"/>
       <c r="I2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="K2" s="5">
         <f>SUM(J6:J102)</f>
         <v>1298</v>
       </c>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.45">
       <c r="H3" s="3"/>
       <c r="I3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="K3" s="1">
         <f>SUMIF(K6:K102,"Yes",J6:J102)</f>
         <v>0</v>
       </c>
     </row>
@@ -10050,51 +10057,51 @@
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A19" s="13"/>
       <c r="B19" s="30" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C19" s="31"/>
       <c r="D19" s="32" t="s">
         <v>173</v>
       </c>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32" t="s">
         <v>59</v>
       </c>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L19" s="34">
         <f t="shared" ref="L19:L42" si="10">VLOOKUP(G19,LessonDaysDouble,3,FALSE)*TargetDays</f>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M19" s="16">
         <f>SUM($J$6:J19)</f>
         <v>178</v>
       </c>
       <c r="N19" s="17">
         <f t="shared" ref="N19:N42" si="11">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B19)</f>
         <v>0</v>
       </c>
       <c r="O19" s="18">
         <f t="shared" ref="O19:O54" si="12">N19/M19</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A20" s="13"/>
       <c r="B20" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C20" s="23"/>
       <c r="D20" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F20" s="1">
@@ -10140,51 +10147,51 @@
       </c>
       <c r="C21" s="23"/>
       <c r="D21" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F21" s="1">
         <v>2.2000000000000002</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>158</v>
       </c>
       <c r="H21" s="1" t="s">
         <v>190</v>
       </c>
       <c r="I21" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J21" s="1">
         <v>14</v>
       </c>
       <c r="K21" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L21" s="15">
         <f t="shared" si="13"/>
-        <v>1.2593477357706688</v>
+        <v>1.2449215466517232</v>
       </c>
       <c r="M21" s="16">
         <f>SUM($J$6:J21)</f>
         <v>199</v>
       </c>
       <c r="N21" s="17">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="O21" s="18">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A22" s="13"/>
       <c r="B22" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C22" s="23"/>
       <c r="D22" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F22" s="1">
@@ -10275,96 +10282,96 @@
       </c>
       <c r="C24" s="23"/>
       <c r="D24" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F24" s="1">
         <v>2.5</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>153</v>
       </c>
       <c r="I24" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J24" s="1">
         <v>4</v>
       </c>
       <c r="K24" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L24" s="15">
         <f t="shared" si="13"/>
-        <v>0.50373909430826758</v>
+        <v>0.49796861866068931</v>
       </c>
       <c r="M24" s="16">
         <f>SUM($J$6:J24)</f>
         <v>230</v>
       </c>
       <c r="N24" s="17">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="O24" s="18">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A25" s="13"/>
       <c r="B25" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C25" s="23"/>
       <c r="D25" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F25" s="1">
         <v>2.6</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>154</v>
       </c>
       <c r="H25" s="1" t="s">
         <v>154</v>
       </c>
       <c r="I25" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J25" s="1">
         <v>2</v>
       </c>
       <c r="K25" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L25" s="15">
         <f t="shared" si="13"/>
-        <v>0.50373909430826758</v>
+        <v>0.49796861866068931</v>
       </c>
       <c r="M25" s="16">
         <f>SUM($J$6:J25)</f>
         <v>232</v>
       </c>
       <c r="N25" s="17">
         <f t="shared" si="14"/>
         <v>0</v>
       </c>
       <c r="O25" s="18">
         <f t="shared" si="15"/>
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A26" s="13"/>
       <c r="B26" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C26" s="23"/>
       <c r="D26" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F26" s="1">
@@ -10410,51 +10417,51 @@
       </c>
       <c r="C27" s="23"/>
       <c r="D27" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F27" s="1">
         <v>2.8</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>155</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J27" s="1">
         <v>51</v>
       </c>
       <c r="K27" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L27" s="15">
         <f t="shared" si="16"/>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M27" s="16">
         <f>SUM($J$6:J27)</f>
         <v>287</v>
       </c>
       <c r="N27" s="17">
         <f t="shared" ref="N27:N30" si="19">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B27)</f>
         <v>0</v>
       </c>
       <c r="O27" s="18">
         <f t="shared" ref="O27:O30" si="20">N27/M27</f>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A28" s="13"/>
       <c r="B28" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C28" s="23"/>
       <c r="D28" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F28" s="1">
@@ -10583,411 +10590,411 @@
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A31" s="13"/>
       <c r="B31" s="30" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C31" s="31"/>
       <c r="D31" s="32" t="s">
         <v>186</v>
       </c>
       <c r="E31" s="32"/>
       <c r="F31" s="32"/>
       <c r="G31" s="32" t="s">
         <v>60</v>
       </c>
       <c r="H31" s="32"/>
       <c r="I31" s="32"/>
       <c r="J31" s="32"/>
       <c r="K31" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L31" s="34">
         <f t="shared" si="10"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M31" s="16">
         <f>SUM($J$6:J31)</f>
         <v>309</v>
       </c>
       <c r="N31" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="O31" s="18">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A32" s="13"/>
       <c r="B32" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C32" s="23"/>
       <c r="D32" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F32" s="1">
         <v>3.1</v>
       </c>
       <c r="G32" s="1" t="s">
         <v>95</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>94</v>
       </c>
       <c r="I32" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J32" s="1">
         <v>37</v>
       </c>
       <c r="K32" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L32" s="15">
         <f t="shared" si="10"/>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M32" s="16">
         <f>SUM($J$6:J32)</f>
         <v>346</v>
       </c>
       <c r="N32" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="O32" s="18">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A33" s="13"/>
       <c r="B33" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C33" s="23"/>
       <c r="D33" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F33" s="1">
         <v>3.2</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H33" s="1" t="s">
         <v>105</v>
       </c>
       <c r="I33" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J33" s="1">
         <v>21</v>
       </c>
       <c r="K33" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L33" s="15">
         <f t="shared" si="10"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M33" s="16">
         <f>SUM($J$6:J33)</f>
         <v>367</v>
       </c>
       <c r="N33" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="O33" s="18">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A34" s="13"/>
       <c r="B34" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C34" s="23"/>
       <c r="D34" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F34" s="1">
         <v>3.3</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>97</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>106</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J34" s="1">
         <v>15</v>
       </c>
       <c r="K34" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L34" s="15">
         <f t="shared" si="10"/>
-        <v>0.75560864146240125</v>
+        <v>0.74695292799103397</v>
       </c>
       <c r="M34" s="16">
         <f>SUM($J$6:J34)</f>
         <v>382</v>
       </c>
       <c r="N34" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="O34" s="18">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A35" s="13"/>
       <c r="B35" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C35" s="23"/>
       <c r="D35" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F35" s="1">
         <v>3.4</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>98</v>
       </c>
       <c r="H35" s="1" t="s">
         <v>107</v>
       </c>
       <c r="I35" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J35" s="1">
         <v>17</v>
       </c>
       <c r="K35" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L35" s="15">
         <f t="shared" si="10"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M35" s="16">
         <f>SUM($J$6:J35)</f>
         <v>399</v>
       </c>
       <c r="N35" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="O35" s="18">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A36" s="13"/>
       <c r="B36" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C36" s="23"/>
       <c r="D36" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F36" s="1">
         <v>3.5</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>99</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>108</v>
       </c>
       <c r="I36" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J36" s="1">
         <v>25</v>
       </c>
       <c r="K36" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L36" s="15">
         <f t="shared" si="10"/>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M36" s="16">
         <f>SUM($J$6:J36)</f>
         <v>424</v>
       </c>
       <c r="N36" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="O36" s="18">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A37" s="13"/>
       <c r="B37" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C37" s="23"/>
       <c r="D37" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F37" s="1">
         <v>3.6</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H37" s="1" t="s">
         <v>109</v>
       </c>
       <c r="I37" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J37" s="1">
         <v>19</v>
       </c>
       <c r="K37" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L37" s="15">
         <f t="shared" si="10"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M37" s="16">
         <f>SUM($J$6:J37)</f>
         <v>443</v>
       </c>
       <c r="N37" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="O37" s="18">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A38" s="13"/>
       <c r="B38" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C38" s="23"/>
       <c r="D38" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F38" s="1">
         <v>3.7</v>
       </c>
       <c r="G38" s="48" t="s">
         <v>164</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>197</v>
       </c>
       <c r="I38" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J38" s="1">
         <v>16</v>
       </c>
       <c r="K38" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L38" s="15">
         <f t="shared" si="10"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M38" s="16">
         <f>SUM($J$6:J38)</f>
         <v>459</v>
       </c>
       <c r="N38" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="O38" s="18">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A39" s="13"/>
       <c r="B39" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C39" s="23"/>
       <c r="D39" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F39" s="1">
         <v>3.8</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H39" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J39" s="1">
         <v>4</v>
       </c>
       <c r="K39" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L39" s="15">
         <f t="shared" si="10"/>
-        <v>0.50373909430826758</v>
+        <v>0.49796861866068931</v>
       </c>
       <c r="M39" s="16">
         <f>SUM($J$6:J39)</f>
         <v>463</v>
       </c>
       <c r="N39" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="O39" s="18">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A40" s="13"/>
       <c r="B40" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C40" s="23"/>
       <c r="D40" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F40" s="1">
@@ -11071,231 +11078,231 @@
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A42" s="13"/>
       <c r="B42" s="30" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C42" s="31"/>
       <c r="D42" s="32" t="s">
         <v>172</v>
       </c>
       <c r="E42" s="32"/>
       <c r="F42" s="32"/>
       <c r="G42" s="32" t="s">
         <v>61</v>
       </c>
       <c r="H42" s="32"/>
       <c r="I42" s="32"/>
       <c r="J42" s="32"/>
       <c r="K42" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L42" s="34">
         <f t="shared" si="10"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M42" s="16">
         <f>SUM($J$6:J42)</f>
         <v>474</v>
       </c>
       <c r="N42" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="O42" s="18">
         <f t="shared" ref="O42" si="21">N42/M42</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A43" s="13"/>
       <c r="B43" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C43" s="23"/>
       <c r="D43" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F43" s="1">
         <v>4.0999999999999996</v>
       </c>
       <c r="G43" t="s">
         <v>87</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I43" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J43" s="1">
         <v>12</v>
       </c>
       <c r="K43" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L43" s="15">
         <f t="shared" ref="L43:L44" si="22">VLOOKUP(G43,LessonDaysDouble,3,FALSE)*TargetDays</f>
-        <v>0.75560864146240125</v>
+        <v>0.74695292799103397</v>
       </c>
       <c r="M43" s="16">
         <f>SUM($J$6:J43)</f>
         <v>486</v>
       </c>
       <c r="N43" s="17">
         <f t="shared" ref="N43:N44" si="23">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B43)</f>
         <v>0</v>
       </c>
       <c r="O43" s="18">
         <f t="shared" ref="O43:O44" si="24">N43/M43</f>
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A44" s="13"/>
       <c r="B44" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C44" s="23"/>
       <c r="D44" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F44" s="1">
         <v>4.2</v>
       </c>
       <c r="G44" s="1" t="s">
         <v>167</v>
       </c>
       <c r="H44" s="1" t="s">
         <v>62</v>
       </c>
       <c r="I44" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J44" s="1">
         <v>7</v>
       </c>
       <c r="K44" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L44" s="15">
         <f t="shared" si="22"/>
-        <v>0.75560864146240125</v>
+        <v>0.74695292799103397</v>
       </c>
       <c r="M44" s="16">
         <f>SUM($J$6:J44)</f>
         <v>493</v>
       </c>
       <c r="N44" s="17">
         <f t="shared" si="23"/>
         <v>0</v>
       </c>
       <c r="O44" s="18">
         <f t="shared" si="24"/>
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A45" s="13"/>
       <c r="B45" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C45" s="23"/>
       <c r="D45" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F45" s="1">
         <v>4.3</v>
       </c>
       <c r="G45" t="s">
         <v>58</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J45" s="1">
         <v>20</v>
       </c>
       <c r="K45" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L45" s="15">
         <f t="shared" ref="L45:L53" si="25">VLOOKUP(G45,LessonDaysDouble,3,FALSE)*TargetDays</f>
-        <v>0.75560864146240125</v>
+        <v>0.74695292799103397</v>
       </c>
       <c r="M45" s="16">
         <f>SUM($J$6:J45)</f>
         <v>513</v>
       </c>
       <c r="N45" s="17">
         <f t="shared" ref="N45:N47" si="26">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B45)</f>
         <v>0</v>
       </c>
       <c r="O45" s="18">
         <f t="shared" ref="O45:O47" si="27">N45/M45</f>
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A46" s="13"/>
       <c r="B46" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C46" s="23"/>
       <c r="D46" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F46" s="1">
         <v>4.4000000000000004</v>
       </c>
       <c r="G46" t="s">
         <v>91</v>
       </c>
       <c r="H46" s="1" t="s">
         <v>92</v>
       </c>
       <c r="I46" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J46" s="1">
         <v>22</v>
       </c>
       <c r="K46" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L46" s="15">
         <f t="shared" si="25"/>
-        <v>0.75560864146240125</v>
+        <v>0.74695292799103397</v>
       </c>
       <c r="M46" s="16">
         <f>SUM($J$6:J46)</f>
         <v>535</v>
       </c>
       <c r="N46" s="17">
         <f t="shared" si="26"/>
         <v>0</v>
       </c>
       <c r="O46" s="18">
         <f t="shared" si="27"/>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A47" s="13"/>
       <c r="B47" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C47" s="23"/>
       <c r="D47" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F47" s="1">
@@ -11341,141 +11348,141 @@
       </c>
       <c r="C48" s="23"/>
       <c r="D48" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F48" s="1">
         <v>4.5999999999999996</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>135</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>136</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J48" s="1">
         <v>7</v>
       </c>
       <c r="K48" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L48" s="15">
         <f t="shared" si="25"/>
-        <v>0.75560864146240125</v>
+        <v>0.74695292799103397</v>
       </c>
       <c r="M48" s="16">
         <f>SUM($J$6:J48)</f>
         <v>575</v>
       </c>
       <c r="N48" s="17">
         <f t="shared" ref="N48:N53" si="28">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B48)</f>
         <v>0</v>
       </c>
       <c r="O48" s="18">
         <f t="shared" ref="O48:O53" si="29">N48/M48</f>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A49" s="13"/>
       <c r="B49" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C49" s="23"/>
       <c r="D49" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F49" s="1">
         <v>4.7</v>
       </c>
       <c r="G49" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H49" s="1" t="s">
         <v>117</v>
       </c>
       <c r="I49" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J49" s="1">
         <v>19</v>
       </c>
       <c r="K49" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L49" s="15">
         <f t="shared" si="25"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M49" s="16">
         <f>SUM($J$6:J49)</f>
         <v>594</v>
       </c>
       <c r="N49" s="17">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="O49" s="18">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A50" s="13"/>
       <c r="B50" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C50" s="23"/>
       <c r="D50" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F50" s="1">
         <v>4.8</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>103</v>
       </c>
       <c r="H50" s="1" t="s">
         <v>104</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J50" s="1">
         <v>12</v>
       </c>
       <c r="K50" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L50" s="15">
         <f t="shared" si="25"/>
-        <v>0.50373909430826758</v>
+        <v>0.49796861866068931</v>
       </c>
       <c r="M50" s="16">
         <f>SUM($J$6:J50)</f>
         <v>606</v>
       </c>
       <c r="N50" s="17">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="O50" s="18">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A51" s="13"/>
       <c r="B51" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C51" s="23"/>
       <c r="D51" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F51" s="1">
@@ -11521,96 +11528,96 @@
       </c>
       <c r="C52" s="23"/>
       <c r="D52" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F52" s="15">
         <v>4.0999999999999996</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>83</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>86</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J52" s="1">
         <v>8</v>
       </c>
       <c r="K52" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L52" s="15">
         <f t="shared" si="25"/>
-        <v>0.50373909430826758</v>
+        <v>0.49796861866068931</v>
       </c>
       <c r="M52" s="16">
         <f>SUM($J$6:J52)</f>
         <v>638</v>
       </c>
       <c r="N52" s="17">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="O52" s="18">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A53" s="13"/>
       <c r="B53" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C53" s="23"/>
       <c r="D53" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F53" s="1">
         <v>4.1100000000000003</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H53" s="1" t="s">
         <v>85</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J53" s="1">
         <v>11</v>
       </c>
       <c r="K53" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L53" s="15">
         <f t="shared" si="25"/>
-        <v>0.50373909430826758</v>
+        <v>0.49796861866068931</v>
       </c>
       <c r="M53" s="16">
         <f>SUM($J$6:J53)</f>
         <v>649</v>
       </c>
       <c r="N53" s="17">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="O53" s="18">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A54" s="13"/>
       <c r="B54" s="30" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C54" s="31"/>
       <c r="D54" s="32" t="s">
         <v>171</v>
       </c>
       <c r="E54" s="32"/>
@@ -12182,51 +12189,51 @@
       </c>
     </row>
     <row r="67" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A67" s="13"/>
       <c r="B67" s="30" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C67" s="31"/>
       <c r="D67" s="32" t="s">
         <v>173</v>
       </c>
       <c r="E67" s="32"/>
       <c r="F67" s="32"/>
       <c r="G67" s="32" t="s">
         <v>59</v>
       </c>
       <c r="H67" s="32"/>
       <c r="I67" s="32"/>
       <c r="J67" s="32"/>
       <c r="K67" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L67" s="34">
         <f t="shared" si="30"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M67" s="16">
         <f>SUM($J$6:J67)</f>
         <v>827</v>
       </c>
       <c r="N67" s="17">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="O67" s="18">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A68" s="13"/>
       <c r="B68" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C68" s="23"/>
       <c r="D68" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F68" s="1">
@@ -12272,51 +12279,51 @@
       </c>
       <c r="C69" s="23"/>
       <c r="D69" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F69" s="1">
         <v>2.2000000000000002</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>158</v>
       </c>
       <c r="H69" s="1" t="s">
         <v>190</v>
       </c>
       <c r="I69" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J69" s="1">
         <v>14</v>
       </c>
       <c r="K69" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L69" s="15">
         <f t="shared" si="40"/>
-        <v>1.2593477357706688</v>
+        <v>1.2449215466517232</v>
       </c>
       <c r="M69" s="16">
         <f>SUM($J$6:J69)</f>
         <v>848</v>
       </c>
       <c r="N69" s="17">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
       <c r="O69" s="18">
         <f t="shared" si="42"/>
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A70" s="13"/>
       <c r="B70" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C70" s="23"/>
       <c r="D70" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F70" s="1">
@@ -12407,96 +12414,96 @@
       </c>
       <c r="C72" s="23"/>
       <c r="D72" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F72" s="1">
         <v>2.5</v>
       </c>
       <c r="G72" s="1" t="s">
         <v>153</v>
       </c>
       <c r="H72" s="1" t="s">
         <v>153</v>
       </c>
       <c r="I72" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J72" s="1">
         <v>4</v>
       </c>
       <c r="K72" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L72" s="15">
         <f t="shared" si="40"/>
-        <v>0.50373909430826758</v>
+        <v>0.49796861866068931</v>
       </c>
       <c r="M72" s="16">
         <f>SUM($J$6:J72)</f>
         <v>879</v>
       </c>
       <c r="N72" s="17">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
       <c r="O72" s="18">
         <f t="shared" si="42"/>
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A73" s="13"/>
       <c r="B73" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C73" s="23"/>
       <c r="D73" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F73" s="1">
         <v>2.6</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>154</v>
       </c>
       <c r="H73" s="1" t="s">
         <v>154</v>
       </c>
       <c r="I73" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J73" s="1">
         <v>2</v>
       </c>
       <c r="K73" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L73" s="15">
         <f t="shared" si="40"/>
-        <v>0.50373909430826758</v>
+        <v>0.49796861866068931</v>
       </c>
       <c r="M73" s="16">
         <f>SUM($J$6:J73)</f>
         <v>881</v>
       </c>
       <c r="N73" s="17">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
       <c r="O73" s="18">
         <f t="shared" si="42"/>
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A74" s="13"/>
       <c r="B74" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C74" s="23"/>
       <c r="D74" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F74" s="1">
@@ -12542,51 +12549,51 @@
       </c>
       <c r="C75" s="23"/>
       <c r="D75" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F75" s="1">
         <v>2.8</v>
       </c>
       <c r="G75" s="1" t="s">
         <v>155</v>
       </c>
       <c r="H75" s="1" t="s">
         <v>192</v>
       </c>
       <c r="I75" s="1" t="s">
         <v>187</v>
       </c>
       <c r="J75" s="1">
         <v>51</v>
       </c>
       <c r="K75" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L75" s="15">
         <f t="shared" si="40"/>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M75" s="16">
         <f>SUM($J$6:J75)</f>
         <v>936</v>
       </c>
       <c r="N75" s="17">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
       <c r="O75" s="18">
         <f t="shared" si="42"/>
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A76" s="13"/>
       <c r="B76" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C76" s="23"/>
       <c r="D76" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F76" s="1">
@@ -12715,411 +12722,411 @@
       </c>
     </row>
     <row r="79" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A79" s="13"/>
       <c r="B79" s="30" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C79" s="31"/>
       <c r="D79" s="32" t="s">
         <v>186</v>
       </c>
       <c r="E79" s="32"/>
       <c r="F79" s="32"/>
       <c r="G79" s="32" t="s">
         <v>60</v>
       </c>
       <c r="H79" s="32"/>
       <c r="I79" s="32"/>
       <c r="J79" s="32"/>
       <c r="K79" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L79" s="34">
         <f t="shared" ref="L79" si="44">VLOOKUP(G79,LessonDaysDouble,3,FALSE)*TargetDays</f>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M79" s="16">
         <f>SUM($J$6:J79)</f>
         <v>958</v>
       </c>
       <c r="N79" s="17">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
       <c r="O79" s="18">
         <f t="shared" si="42"/>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A80" s="13"/>
       <c r="B80" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C80" s="23"/>
       <c r="D80" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F80" s="1">
         <v>3.1</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>95</v>
       </c>
       <c r="H80" s="1" t="s">
         <v>94</v>
       </c>
       <c r="I80" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J80" s="1">
         <v>37</v>
       </c>
       <c r="K80" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L80" s="15">
         <f t="shared" si="30"/>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M80" s="16">
         <f>SUM($J$6:J80)</f>
         <v>995</v>
       </c>
       <c r="N80" s="17">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="O80" s="18">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A81" s="13"/>
       <c r="B81" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C81" s="23"/>
       <c r="D81" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F81" s="1">
         <v>3.2</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>96</v>
       </c>
       <c r="H81" s="1" t="s">
         <v>105</v>
       </c>
       <c r="I81" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J81" s="1">
         <v>21</v>
       </c>
       <c r="K81" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L81" s="15">
         <f t="shared" si="30"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M81" s="16">
         <f>SUM($J$6:J81)</f>
         <v>1016</v>
       </c>
       <c r="N81" s="17">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="O81" s="18">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A82" s="13"/>
       <c r="B82" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C82" s="23"/>
       <c r="D82" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F82" s="1">
         <v>3.3</v>
       </c>
       <c r="G82" s="1" t="s">
         <v>97</v>
       </c>
       <c r="H82" s="1" t="s">
         <v>106</v>
       </c>
       <c r="I82" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J82" s="1">
         <v>15</v>
       </c>
       <c r="K82" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L82" s="15">
         <f t="shared" si="30"/>
-        <v>0.75560864146240125</v>
+        <v>0.74695292799103397</v>
       </c>
       <c r="M82" s="16">
         <f>SUM($J$6:J82)</f>
         <v>1031</v>
       </c>
       <c r="N82" s="17">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="O82" s="18">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A83" s="13"/>
       <c r="B83" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C83" s="23"/>
       <c r="D83" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F83" s="1">
         <v>3.4</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>98</v>
       </c>
       <c r="H83" s="1" t="s">
         <v>107</v>
       </c>
       <c r="I83" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J83" s="1">
         <v>17</v>
       </c>
       <c r="K83" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L83" s="15">
         <f t="shared" si="30"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M83" s="16">
         <f>SUM($J$6:J83)</f>
         <v>1048</v>
       </c>
       <c r="N83" s="17">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="O83" s="18">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A84" s="13"/>
       <c r="B84" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C84" s="23"/>
       <c r="D84" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F84" s="1">
         <v>3.5</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>99</v>
       </c>
       <c r="H84" s="1" t="s">
         <v>108</v>
       </c>
       <c r="I84" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J84" s="1">
         <v>25</v>
       </c>
       <c r="K84" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L84" s="15">
         <f t="shared" si="30"/>
-        <v>1.5112172829248025</v>
+        <v>1.4939058559820679</v>
       </c>
       <c r="M84" s="16">
         <f>SUM($J$6:J84)</f>
         <v>1073</v>
       </c>
       <c r="N84" s="17">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="O84" s="18">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A85" s="13"/>
       <c r="B85" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C85" s="23"/>
       <c r="D85" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F85" s="1">
         <v>3.6</v>
       </c>
       <c r="G85" s="1" t="s">
         <v>100</v>
       </c>
       <c r="H85" s="1" t="s">
         <v>109</v>
       </c>
       <c r="I85" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J85" s="1">
         <v>19</v>
       </c>
       <c r="K85" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L85" s="15">
         <f t="shared" si="30"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M85" s="16">
         <f>SUM($J$6:J85)</f>
         <v>1092</v>
       </c>
       <c r="N85" s="17">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="O85" s="18">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A86" s="13"/>
       <c r="B86" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C86" s="23"/>
       <c r="D86" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F86" s="1">
         <v>3.7</v>
       </c>
       <c r="G86" s="48" t="s">
         <v>164</v>
       </c>
       <c r="H86" s="1" t="s">
         <v>197</v>
       </c>
       <c r="I86" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J86" s="1">
         <v>16</v>
       </c>
       <c r="K86" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L86" s="15">
         <f t="shared" si="30"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M86" s="16">
         <f>SUM($J$6:J86)</f>
         <v>1108</v>
       </c>
       <c r="N86" s="17">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="O86" s="18">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A87" s="13"/>
       <c r="B87" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C87" s="23"/>
       <c r="D87" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F87" s="1">
         <v>3.8</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H87" s="1" t="s">
         <v>115</v>
       </c>
       <c r="I87" s="1" t="s">
         <v>93</v>
       </c>
       <c r="J87" s="1">
         <v>4</v>
       </c>
       <c r="K87" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L87" s="15">
         <f t="shared" ref="L87:L89" si="45">VLOOKUP(G87,LessonDaysDouble,3,FALSE)*TargetDays</f>
-        <v>0.50373909430826758</v>
+        <v>0.49796861866068931</v>
       </c>
       <c r="M87" s="16">
         <f>SUM($J$6:J87)</f>
         <v>1112</v>
       </c>
       <c r="N87" s="17">
         <f t="shared" ref="N87:N89" si="46">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B87)</f>
         <v>0</v>
       </c>
       <c r="O87" s="18">
         <f t="shared" ref="O87:O89" si="47">N87/M87</f>
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A88" s="13"/>
       <c r="B88" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C88" s="23"/>
       <c r="D88" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F88" s="1">
@@ -13203,231 +13210,231 @@
       </c>
     </row>
     <row r="90" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A90" s="13"/>
       <c r="B90" s="30" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C90" s="31"/>
       <c r="D90" s="32" t="s">
         <v>172</v>
       </c>
       <c r="E90" s="32"/>
       <c r="F90" s="32"/>
       <c r="G90" s="32" t="s">
         <v>61</v>
       </c>
       <c r="H90" s="32"/>
       <c r="I90" s="32"/>
       <c r="J90" s="32"/>
       <c r="K90" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L90" s="34">
         <f t="shared" si="30"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M90" s="16">
         <f>SUM($J$6:J90)</f>
         <v>1123</v>
       </c>
       <c r="N90" s="17">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="O90" s="18">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A91" s="13"/>
       <c r="B91" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C91" s="23"/>
       <c r="D91" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F91" s="1">
         <v>4.0999999999999996</v>
       </c>
       <c r="G91" t="s">
         <v>87</v>
       </c>
       <c r="H91" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I91" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J91" s="1">
         <v>12</v>
       </c>
       <c r="K91" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L91" s="15">
         <f t="shared" si="30"/>
-        <v>0.75560864146240125</v>
+        <v>0.74695292799103397</v>
       </c>
       <c r="M91" s="16">
         <f>SUM($J$6:J91)</f>
         <v>1135</v>
       </c>
       <c r="N91" s="17">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="O91" s="18">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A92" s="13"/>
       <c r="B92" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C92" s="23"/>
       <c r="D92" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F92" s="1">
         <v>4.2</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>167</v>
       </c>
       <c r="H92" s="1" t="s">
         <v>62</v>
       </c>
       <c r="I92" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J92" s="1">
         <v>7</v>
       </c>
       <c r="K92" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L92" s="15">
         <f t="shared" ref="L92:L101" si="48">VLOOKUP(G92,LessonDaysDouble,3,FALSE)*TargetDays</f>
-        <v>0.75560864146240125</v>
+        <v>0.74695292799103397</v>
       </c>
       <c r="M92" s="16">
         <f>SUM($J$6:J92)</f>
         <v>1142</v>
       </c>
       <c r="N92" s="17">
         <f t="shared" ref="N92:N98" si="49">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B92)</f>
         <v>0</v>
       </c>
       <c r="O92" s="18">
         <f t="shared" ref="O92:O98" si="50">N92/M92</f>
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A93" s="13"/>
       <c r="B93" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C93" s="23"/>
       <c r="D93" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F93" s="1">
         <v>4.3</v>
       </c>
       <c r="G93" t="s">
         <v>58</v>
       </c>
       <c r="H93" s="1" t="s">
         <v>50</v>
       </c>
       <c r="I93" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J93" s="1">
         <v>20</v>
       </c>
       <c r="K93" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L93" s="15">
         <f t="shared" si="48"/>
-        <v>0.75560864146240125</v>
+        <v>0.74695292799103397</v>
       </c>
       <c r="M93" s="16">
         <f>SUM($J$6:J93)</f>
         <v>1162</v>
       </c>
       <c r="N93" s="17">
         <f t="shared" si="49"/>
         <v>0</v>
       </c>
       <c r="O93" s="18">
         <f t="shared" si="50"/>
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A94" s="13"/>
       <c r="B94" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C94" s="23"/>
       <c r="D94" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F94" s="1">
         <v>4.4000000000000004</v>
       </c>
       <c r="G94" t="s">
         <v>91</v>
       </c>
       <c r="H94" s="1" t="s">
         <v>92</v>
       </c>
       <c r="I94" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J94" s="1">
         <v>22</v>
       </c>
       <c r="K94" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L94" s="15">
         <f t="shared" si="48"/>
-        <v>0.75560864146240125</v>
+        <v>0.74695292799103397</v>
       </c>
       <c r="M94" s="16">
         <f>SUM($J$6:J94)</f>
         <v>1184</v>
       </c>
       <c r="N94" s="17">
         <f t="shared" si="49"/>
         <v>0</v>
       </c>
       <c r="O94" s="18">
         <f t="shared" si="50"/>
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A95" s="13"/>
       <c r="B95" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C95" s="23"/>
       <c r="D95" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F95" s="1">
@@ -13473,141 +13480,141 @@
       </c>
       <c r="C96" s="23"/>
       <c r="D96" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F96" s="1">
         <v>4.5999999999999996</v>
       </c>
       <c r="G96" s="1" t="s">
         <v>135</v>
       </c>
       <c r="H96" s="1" t="s">
         <v>136</v>
       </c>
       <c r="I96" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J96" s="1">
         <v>7</v>
       </c>
       <c r="K96" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L96" s="15">
         <f t="shared" si="48"/>
-        <v>0.75560864146240125</v>
+        <v>0.74695292799103397</v>
       </c>
       <c r="M96" s="16">
         <f>SUM($J$6:J96)</f>
         <v>1224</v>
       </c>
       <c r="N96" s="17">
         <f t="shared" si="49"/>
         <v>0</v>
       </c>
       <c r="O96" s="18">
         <f t="shared" si="50"/>
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A97" s="13"/>
       <c r="B97" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C97" s="23"/>
       <c r="D97" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F97" s="1">
         <v>4.7</v>
       </c>
       <c r="G97" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H97" s="1" t="s">
         <v>117</v>
       </c>
       <c r="I97" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J97" s="1">
         <v>19</v>
       </c>
       <c r="K97" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L97" s="15">
         <f t="shared" si="48"/>
-        <v>1.0074781886165352</v>
+        <v>0.99593723732137862</v>
       </c>
       <c r="M97" s="16">
         <f>SUM($J$6:J97)</f>
         <v>1243</v>
       </c>
       <c r="N97" s="17">
         <f t="shared" si="49"/>
         <v>0</v>
       </c>
       <c r="O97" s="18">
         <f t="shared" si="50"/>
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A98" s="13"/>
       <c r="B98" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C98" s="23"/>
       <c r="D98" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F98" s="1">
         <v>4.8</v>
       </c>
       <c r="G98" s="1" t="s">
         <v>103</v>
       </c>
       <c r="H98" s="1" t="s">
         <v>104</v>
       </c>
       <c r="I98" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J98" s="1">
         <v>12</v>
       </c>
       <c r="K98" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L98" s="15">
         <f t="shared" si="48"/>
-        <v>0.50373909430826758</v>
+        <v>0.49796861866068931</v>
       </c>
       <c r="M98" s="16">
         <f>SUM($J$6:J98)</f>
         <v>1255</v>
       </c>
       <c r="N98" s="17">
         <f t="shared" si="49"/>
         <v>0</v>
       </c>
       <c r="O98" s="18">
         <f t="shared" si="50"/>
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A99" s="13"/>
       <c r="B99" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C99" s="23"/>
       <c r="D99" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F99" s="1">
@@ -13653,96 +13660,96 @@
       </c>
       <c r="C100" s="23"/>
       <c r="D100" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F100" s="15">
         <v>4.0999999999999996</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>83</v>
       </c>
       <c r="H100" s="1" t="s">
         <v>86</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J100" s="1">
         <v>8</v>
       </c>
       <c r="K100" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L100" s="15">
         <f t="shared" si="48"/>
-        <v>0.50373909430826758</v>
+        <v>0.49796861866068931</v>
       </c>
       <c r="M100" s="16">
         <f>SUM($J$6:J100)</f>
         <v>1287</v>
       </c>
       <c r="N100" s="17">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
       <c r="O100" s="18">
         <f t="shared" si="52"/>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A101" s="13"/>
       <c r="B101" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C101" s="23"/>
       <c r="D101" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F101" s="1">
         <v>4.1100000000000003</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H101" s="1" t="s">
         <v>85</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J101" s="1">
         <v>11</v>
       </c>
       <c r="K101" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L101" s="15">
         <f t="shared" si="48"/>
-        <v>0.50373909430826758</v>
+        <v>0.49796861866068931</v>
       </c>
       <c r="M101" s="16">
         <f>SUM($J$6:J101)</f>
         <v>1298</v>
       </c>
       <c r="N101" s="17">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
       <c r="O101" s="18">
         <f t="shared" si="52"/>
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A102" s="13"/>
       <c r="B102" s="30" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C102" s="31"/>
       <c r="D102" s="32" t="s">
         <v>171</v>
       </c>
       <c r="E102" s="32"/>
@@ -13768,130 +13775,130 @@
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="O102" s="18">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B103" s="22"/>
       <c r="C103" s="22"/>
       <c r="H103" s="1"/>
       <c r="K103" s="14"/>
       <c r="L103" s="15"/>
       <c r="M103" s="19"/>
       <c r="N103" s="19"/>
       <c r="O103" s="29"/>
     </row>
     <row r="104" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B104" s="40" t="s">
         <v>46</v>
       </c>
       <c r="C104" s="22"/>
       <c r="D104" s="35" t="str">
         <f>Schedule!D55</f>
-        <v>Make sure you are registered for the exam through the SOA as soon as possible! (deadline is September 29)</v>
+        <v>Make sure you are registered for the exam through the SOA as soon as possible! (deadline is February 16)</v>
       </c>
       <c r="L104" s="15"/>
     </row>
     <row r="105" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B105" s="40"/>
       <c r="C105" s="22"/>
       <c r="D105" s="35" t="str">
         <f>Schedule!D56</f>
         <v>After you register with the SOA, you will then have to register with the computer center, Prometric.  Spots may fill up, so do this ASAP!</v>
       </c>
       <c r="L105" s="15"/>
     </row>
     <row r="106" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B106" s="22"/>
       <c r="C106" s="22"/>
       <c r="D106" s="41" t="s">
         <v>64</v>
       </c>
       <c r="H106" s="1"/>
       <c r="L106" s="15"/>
     </row>
     <row r="107" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B107" s="43"/>
       <c r="C107" s="22"/>
       <c r="D107" s="38"/>
       <c r="H107" s="1"/>
       <c r="L107" s="15"/>
     </row>
     <row r="108" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B108" s="22">
         <f>Schedule!B59</f>
-        <v>45940</v>
+        <v>46078</v>
       </c>
       <c r="C108" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D108" s="24" t="s">
         <v>70</v>
       </c>
       <c r="H108" s="1"/>
       <c r="L108" s="15"/>
     </row>
     <row r="109" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B109" s="22">
         <f>Schedule!B60</f>
-        <v>45954</v>
+        <v>46092</v>
       </c>
       <c r="C109" s="22"/>
       <c r="D109" s="25" t="s">
         <v>71</v>
       </c>
       <c r="H109" s="1"/>
       <c r="L109" s="15"/>
     </row>
     <row r="110" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B110" s="22"/>
       <c r="C110" s="22"/>
       <c r="D110" s="26"/>
       <c r="H110" s="1"/>
       <c r="L110" s="15"/>
     </row>
     <row r="111" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B111" s="22">
         <f>Schedule!B62</f>
-        <v>45963</v>
+        <v>46091</v>
       </c>
       <c r="C111" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D111" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H111" s="1"/>
       <c r="L111" s="15"/>
     </row>
     <row r="112" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B112" s="22">
         <f>Schedule!B63</f>
-        <v>45977</v>
+        <v>46105</v>
       </c>
       <c r="C112" s="22"/>
       <c r="D112" s="25" t="s">
         <v>22</v>
       </c>
       <c r="H112" s="1"/>
       <c r="L112" s="15"/>
     </row>
     <row r="113" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B113" s="22"/>
       <c r="C113" s="22"/>
       <c r="D113" s="25" t="s">
         <v>137</v>
       </c>
       <c r="H113" s="1"/>
       <c r="L113" s="15"/>
     </row>
     <row r="114" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B114" s="22"/>
       <c r="C114" s="22"/>
       <c r="D114" s="25" t="s">
         <v>68</v>
       </c>
       <c r="H114" s="1"/>
       <c r="L114" s="15"/>
@@ -13902,261 +13909,261 @@
       <c r="D115" s="25" t="s">
         <v>17</v>
       </c>
       <c r="H115" s="1"/>
       <c r="L115" s="15"/>
     </row>
     <row r="116" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B116" s="22"/>
       <c r="C116" s="22"/>
       <c r="D116" s="25" t="s">
         <v>73</v>
       </c>
       <c r="H116" s="1"/>
       <c r="L116" s="15"/>
     </row>
     <row r="117" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B117" s="22"/>
       <c r="C117" s="22"/>
       <c r="D117" s="25"/>
       <c r="H117" s="1"/>
       <c r="L117" s="15"/>
     </row>
     <row r="118" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B118" s="22">
         <f>Schedule!B69</f>
-        <v>45963</v>
+        <v>46091</v>
       </c>
       <c r="C118" s="22"/>
       <c r="D118" s="24" t="s">
         <v>138</v>
       </c>
       <c r="H118" s="1"/>
       <c r="L118" s="15"/>
     </row>
     <row r="119" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B119" s="22"/>
       <c r="C119" s="22"/>
       <c r="D119" s="25"/>
       <c r="H119" s="1"/>
       <c r="L119" s="15"/>
     </row>
     <row r="120" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B120" s="22">
         <f>Schedule!B71</f>
-        <v>45940</v>
+        <v>46078</v>
       </c>
       <c r="C120" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D120" s="28" t="s">
         <v>24</v>
       </c>
       <c r="H120" s="1"/>
       <c r="L120" s="15"/>
     </row>
     <row r="121" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B121" s="22">
         <f>Schedule!B72</f>
-        <v>45972</v>
+        <v>46100</v>
       </c>
       <c r="C121" s="22"/>
       <c r="D121" s="25" t="str">
         <f>"Start using these no later than "&amp;TEXT(B120,"mm/d")</f>
-        <v>Start using these no later than 10/10</v>
+        <v>Start using these no later than 02/25</v>
       </c>
       <c r="H121" s="1"/>
       <c r="L121" s="15"/>
     </row>
     <row r="122" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B122" s="22"/>
       <c r="C122" s="22"/>
       <c r="D122" s="27" t="s">
         <v>119</v>
       </c>
       <c r="H122" s="1"/>
       <c r="L122" s="15"/>
     </row>
     <row r="123" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B123" s="22"/>
       <c r="C123" s="22"/>
       <c r="D123" s="27" t="s">
         <v>18</v>
       </c>
       <c r="H123" s="1"/>
       <c r="L123" s="15"/>
     </row>
     <row r="124" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B124" s="22"/>
       <c r="C124" s="22"/>
       <c r="D124" s="27" t="s">
         <v>23</v>
       </c>
       <c r="H124" s="1"/>
       <c r="L124" s="15"/>
     </row>
     <row r="125" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B125" s="22"/>
       <c r="C125" s="22"/>
       <c r="D125" s="26"/>
       <c r="H125" s="1"/>
       <c r="L125" s="15"/>
     </row>
     <row r="126" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B126" s="22">
         <f>Schedule!B77</f>
-        <v>45970</v>
+        <v>46098</v>
       </c>
       <c r="C126" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D126" s="24" t="s">
         <v>139</v>
       </c>
       <c r="H126" s="1"/>
       <c r="L126" s="15"/>
     </row>
     <row r="127" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B127" s="22">
         <f>Schedule!B78</f>
-        <v>45977</v>
+        <v>46105</v>
       </c>
       <c r="C127" s="22"/>
       <c r="D127" s="27" t="s">
         <v>78</v>
       </c>
       <c r="H127" s="1"/>
       <c r="L127" s="15"/>
     </row>
     <row r="128" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B128" s="22"/>
       <c r="C128" s="22"/>
       <c r="D128" s="25" t="s">
         <v>74</v>
       </c>
       <c r="H128" s="1"/>
       <c r="L128" s="15"/>
     </row>
     <row r="129" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B129" s="22"/>
       <c r="C129" s="22"/>
       <c r="D129" s="25" t="s">
         <v>118</v>
       </c>
       <c r="H129" s="1"/>
       <c r="L129" s="15"/>
     </row>
     <row r="130" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B130" s="22"/>
       <c r="C130" s="22"/>
       <c r="D130" s="27"/>
       <c r="H130" s="1"/>
       <c r="L130" s="15"/>
     </row>
     <row r="131" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B131" s="22">
         <f>Schedule!B84</f>
-        <v>45972</v>
+        <v>46100</v>
       </c>
       <c r="C131" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D131" s="24" t="s">
         <v>75</v>
       </c>
       <c r="H131" s="1"/>
       <c r="L131" s="15"/>
     </row>
     <row r="132" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B132" s="22">
         <f>Schedule!B85</f>
-        <v>45979</v>
+        <v>46107</v>
       </c>
       <c r="C132" s="22"/>
       <c r="D132" s="27" t="s">
         <v>76</v>
       </c>
       <c r="H132" s="1"/>
       <c r="L132" s="15"/>
     </row>
     <row r="133" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B133" s="22"/>
       <c r="C133" s="22"/>
       <c r="D133" s="27" t="s">
         <v>79</v>
       </c>
       <c r="H133" s="1"/>
       <c r="L133" s="15"/>
     </row>
     <row r="134" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B134" s="22"/>
       <c r="C134" s="22"/>
       <c r="D134" s="27" t="s">
         <v>80</v>
       </c>
       <c r="H134" s="1"/>
       <c r="L134" s="15"/>
     </row>
     <row r="135" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B135" s="22"/>
       <c r="C135" s="22"/>
       <c r="D135" s="25" t="s">
         <v>77</v>
       </c>
       <c r="H135" s="1"/>
       <c r="L135" s="15"/>
     </row>
     <row r="136" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B136" s="22"/>
       <c r="C136" s="22"/>
       <c r="D136" s="27"/>
       <c r="H136" s="1"/>
       <c r="L136" s="15"/>
     </row>
     <row r="137" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B137" s="42">
         <f>Schedule!B90</f>
-        <v>45980</v>
+        <v>46108</v>
       </c>
       <c r="C137" s="37"/>
       <c r="D137" s="35" t="s">
         <v>66</v>
       </c>
       <c r="H137" s="1"/>
       <c r="L137" s="15"/>
     </row>
     <row r="138" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B138" s="22"/>
       <c r="C138" s="22"/>
       <c r="D138" s="26"/>
       <c r="H138" s="1"/>
       <c r="L138" s="15"/>
     </row>
     <row r="139" spans="2:12" x14ac:dyDescent="0.45">
-      <c r="B139" s="22">
+      <c r="B139" s="22" t="str">
         <f>Schedule!B92</f>
-        <v>45983</v>
+        <v>Post Exam</v>
       </c>
       <c r="C139" s="22"/>
       <c r="D139" s="24" t="s">
         <v>65</v>
       </c>
       <c r="H139" s="1"/>
       <c r="L139" s="15"/>
     </row>
     <row r="140" spans="2:12" x14ac:dyDescent="0.45">
       <c r="H140" s="1"/>
       <c r="L140" s="15"/>
     </row>
     <row r="141" spans="2:12" x14ac:dyDescent="0.45">
       <c r="L141" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="I1:J1"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K6:K103" xr:uid="{00000000-0002-0000-0300-000000000000}">
       <formula1>"No,Yes"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
@@ -14187,87 +14194,87 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.796875" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <sheetData>
     <row r="58" spans="2:2" x14ac:dyDescent="0.45">
       <c r="B58" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="83" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri,Regular"&amp;K000000TIA Suggested Study Schedule - GH RM Spring 2023&amp;R&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddHeader>
     <oddFooter>&amp;L&amp;"Calibri,Regular"&amp;K000000© 2023 The Infinite Actuary, LLC&amp;R&amp;"Calibri,Regular"&amp;K000000Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A2:K87"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="F47" sqref="F47"/>
+      <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.46484375" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="17.73046875" customWidth="1"/>
     <col min="6" max="6" width="65.53125" customWidth="1"/>
     <col min="9" max="9" width="52.53125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A2" t="s">
         <v>27</v>
       </c>
       <c r="B2" s="39">
         <f>StartDate</f>
-        <v>45853</v>
+        <v>45992</v>
       </c>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A3" t="s">
         <v>31</v>
       </c>
       <c r="B3" s="39">
         <f>B4-7</f>
-        <v>45933</v>
+        <v>46071</v>
       </c>
       <c r="I3" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" s="39">
-        <v>45940</v>
+        <v>46078</v>
       </c>
       <c r="G4">
         <f>SUM(G6:G55)</f>
         <v>41.5</v>
       </c>
       <c r="J4">
         <f>SUM(J6:J55)*2</f>
         <v>83</v>
       </c>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5">
         <f>B4-B3</f>
         <v>7</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
@@ -14290,177 +14297,177 @@
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6">
         <v>0.5</v>
       </c>
       <c r="H6">
         <f>G6/$G$4</f>
         <v>1.2048192771084338E-2</v>
       </c>
       <c r="I6" t="s">
         <v>21</v>
       </c>
       <c r="J6">
         <v>0.5</v>
       </c>
       <c r="K6">
         <f>J6/$J$4</f>
         <v>6.024096385542169E-3</v>
       </c>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.45">
       <c r="B7" s="39"/>
       <c r="F7" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="G7">
         <v>0.25</v>
       </c>
       <c r="H7">
         <f t="shared" ref="H7:H55" si="0">G7/$G$4</f>
         <v>6.024096385542169E-3</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
       <c r="J7">
         <v>0.25</v>
       </c>
       <c r="K7">
         <f t="shared" ref="K7:K53" si="1">J7/$J$4</f>
         <v>3.0120481927710845E-3</v>
       </c>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A8" t="s">
         <v>30</v>
       </c>
       <c r="B8">
         <f>G4</f>
         <v>41.5</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="G8">
         <v>0.75</v>
       </c>
       <c r="H8">
         <f t="shared" si="0"/>
         <v>1.8072289156626505E-2</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
       <c r="J8">
         <v>0.75</v>
       </c>
       <c r="K8">
         <f t="shared" si="1"/>
         <v>9.0361445783132526E-3</v>
       </c>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A9" t="s">
         <v>34</v>
       </c>
       <c r="B9">
         <f>B4-B2</f>
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>158</v>
       </c>
       <c r="G9">
         <v>1.25</v>
       </c>
       <c r="H9">
         <f t="shared" si="0"/>
         <v>3.0120481927710843E-2</v>
       </c>
       <c r="I9" s="1" t="s">
         <v>158</v>
       </c>
       <c r="J9">
         <v>1.25</v>
       </c>
       <c r="K9">
         <f t="shared" si="1"/>
         <v>1.5060240963855422E-2</v>
       </c>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A10" t="s">
         <v>29</v>
       </c>
       <c r="B10">
         <f>IF(B2&gt;DATE(2015,7,1),MIN(B3-B2+45/B9*B5,B4-B2),B8)</f>
-        <v>83.620689655172413</v>
+        <v>82.662790697674424</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="G10">
         <v>0.75</v>
       </c>
       <c r="H10">
         <f t="shared" si="0"/>
         <v>1.8072289156626505E-2</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="J10">
         <v>0.75</v>
       </c>
       <c r="K10">
         <f t="shared" si="1"/>
         <v>9.0361445783132526E-3</v>
       </c>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="39">
         <f>TargetDays+B2</f>
-        <v>45936.620689655174</v>
+        <v>46074.662790697672</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="G11">
         <v>1.25</v>
       </c>
       <c r="H11">
         <f t="shared" si="0"/>
         <v>3.0120481927710843E-2</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="J11">
         <v>1.25</v>
       </c>
       <c r="K11">
         <f t="shared" si="1"/>
         <v>1.5060240963855422E-2</v>
       </c>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.45">
       <c r="F12" s="1" t="s">
         <v>153</v>
       </c>
       <c r="G12">
         <v>0.5</v>
       </c>
       <c r="H12">
         <f t="shared" ref="H12:H42" si="2">G12/$G$4</f>
         <v>1.2048192771084338E-2</v>
       </c>
       <c r="I12" s="1" t="s">
         <v>153</v>
       </c>
       <c r="J12">
         <v>0.5</v>
@@ -14494,83 +14501,83 @@
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.45">
       <c r="F14" s="1" t="s">
         <v>155</v>
       </c>
       <c r="G14">
         <v>1.5</v>
       </c>
       <c r="H14">
         <f t="shared" si="2"/>
         <v>3.614457831325301E-2</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>155</v>
       </c>
       <c r="J14">
         <v>1.5</v>
       </c>
       <c r="K14">
         <f t="shared" si="3"/>
         <v>1.8072289156626505E-2</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.45">
       <c r="F15" s="1" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="G15">
         <v>0.5</v>
       </c>
       <c r="H15">
         <f t="shared" si="2"/>
         <v>1.2048192771084338E-2</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="J15">
         <v>0.5</v>
       </c>
       <c r="K15">
         <f t="shared" si="3"/>
         <v>6.024096385542169E-3</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.45">
       <c r="F16" s="1" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="G16">
         <v>0.75</v>
       </c>
       <c r="H16">
         <f t="shared" si="2"/>
         <v>1.8072289156626505E-2</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="J16">
         <v>0.75</v>
       </c>
       <c r="K16">
         <f t="shared" si="3"/>
         <v>9.0361445783132526E-3</v>
       </c>
     </row>
     <row r="17" spans="2:11" x14ac:dyDescent="0.45">
       <c r="B17" s="39"/>
       <c r="F17" s="1" t="s">
         <v>206</v>
       </c>
       <c r="G17">
         <v>0.5</v>
       </c>
       <c r="H17">
         <f t="shared" si="2"/>
         <v>1.2048192771084338E-2</v>
       </c>
       <c r="I17" s="1" t="s">
         <v>206</v>
       </c>
       <c r="J17">
@@ -14583,61 +14590,61 @@
     </row>
     <row r="18" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F18" s="1" t="s">
         <v>207</v>
       </c>
       <c r="G18">
         <v>0.5</v>
       </c>
       <c r="H18">
         <f t="shared" si="2"/>
         <v>1.2048192771084338E-2</v>
       </c>
       <c r="I18" s="1" t="s">
         <v>207</v>
       </c>
       <c r="J18">
         <v>0.5</v>
       </c>
       <c r="K18">
         <f t="shared" si="3"/>
         <v>6.024096385542169E-3</v>
       </c>
     </row>
     <row r="19" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F19" s="1" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="G19">
         <v>1</v>
       </c>
       <c r="H19">
         <f t="shared" si="2"/>
         <v>2.4096385542168676E-2</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="J19">
         <v>1</v>
       </c>
       <c r="K19">
         <f t="shared" si="3"/>
         <v>1.2048192771084338E-2</v>
       </c>
     </row>
     <row r="20" spans="2:11" x14ac:dyDescent="0.45">
       <c r="E20">
         <v>2</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>95</v>
       </c>
       <c r="G20">
         <v>1.5</v>
       </c>
       <c r="H20">
         <f t="shared" si="2"/>
         <v>3.614457831325301E-2</v>
       </c>
       <c r="I20" s="1" t="s">
         <v>95</v>
@@ -14784,61 +14791,61 @@
     </row>
     <row r="27" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="G27">
         <v>0.5</v>
       </c>
       <c r="H27">
         <f t="shared" si="2"/>
         <v>1.2048192771084338E-2</v>
       </c>
       <c r="I27" s="1" t="s">
         <v>115</v>
       </c>
       <c r="J27">
         <v>0.5</v>
       </c>
       <c r="K27">
         <f t="shared" si="3"/>
         <v>6.024096385542169E-3</v>
       </c>
     </row>
     <row r="28" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F28" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="G28">
         <v>0.75</v>
       </c>
       <c r="H28">
         <f t="shared" si="2"/>
         <v>1.8072289156626505E-2</v>
       </c>
       <c r="I28" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="J28">
         <v>0.75</v>
       </c>
       <c r="K28">
         <f t="shared" si="3"/>
         <v>9.0361445783132526E-3</v>
       </c>
     </row>
     <row r="29" spans="2:11" x14ac:dyDescent="0.45">
       <c r="E29">
         <v>3</v>
       </c>
       <c r="F29" t="s">
         <v>87</v>
       </c>
       <c r="G29">
         <v>0.75</v>
       </c>
       <c r="H29">
         <f t="shared" si="2"/>
         <v>1.8072289156626505E-2</v>
       </c>
       <c r="I29" t="s">
         <v>87</v>
@@ -14897,61 +14904,61 @@
     </row>
     <row r="32" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F32" t="s">
         <v>91</v>
       </c>
       <c r="G32">
         <v>0.75</v>
       </c>
       <c r="H32">
         <f t="shared" si="2"/>
         <v>1.8072289156626505E-2</v>
       </c>
       <c r="I32" t="s">
         <v>91</v>
       </c>
       <c r="J32">
         <v>0.75</v>
       </c>
       <c r="K32">
         <f t="shared" si="3"/>
         <v>9.0361445783132526E-3</v>
       </c>
     </row>
     <row r="33" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F33" s="1" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="G33">
         <v>1</v>
       </c>
       <c r="H33">
         <f t="shared" si="2"/>
         <v>2.4096385542168676E-2</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="J33">
         <v>1</v>
       </c>
       <c r="K33">
         <f t="shared" si="3"/>
         <v>1.2048192771084338E-2</v>
       </c>
     </row>
     <row r="34" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F34" s="1" t="s">
         <v>135</v>
       </c>
       <c r="G34">
         <v>0.75</v>
       </c>
       <c r="H34">
         <f t="shared" si="2"/>
         <v>1.8072289156626505E-2</v>
       </c>
       <c r="I34" s="1" t="s">
         <v>135</v>
       </c>
       <c r="J34">
         <v>0.75</v>
@@ -15055,221 +15062,221 @@
         <v>84</v>
       </c>
       <c r="G39">
         <v>0.5</v>
       </c>
       <c r="H39">
         <f t="shared" si="2"/>
         <v>1.2048192771084338E-2</v>
       </c>
       <c r="I39" s="1" t="s">
         <v>84</v>
       </c>
       <c r="J39">
         <v>0.5</v>
       </c>
       <c r="K39">
         <f t="shared" si="3"/>
         <v>6.024096385542169E-3</v>
       </c>
     </row>
     <row r="40" spans="2:11" x14ac:dyDescent="0.45">
       <c r="E40">
         <v>4</v>
       </c>
       <c r="F40" s="1" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="G40">
         <v>1.5</v>
       </c>
       <c r="H40">
         <f t="shared" si="2"/>
         <v>3.614457831325301E-2</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="J40">
         <v>1.5</v>
       </c>
       <c r="K40">
         <f t="shared" si="3"/>
         <v>1.8072289156626505E-2</v>
       </c>
     </row>
     <row r="41" spans="2:11" x14ac:dyDescent="0.45">
       <c r="E41">
         <v>5</v>
       </c>
       <c r="F41" s="1" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="G41">
         <v>0.75</v>
       </c>
       <c r="H41">
         <f t="shared" si="2"/>
         <v>1.8072289156626505E-2</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="J41">
         <v>0.75</v>
       </c>
       <c r="K41">
         <f t="shared" si="3"/>
         <v>9.0361445783132526E-3</v>
       </c>
     </row>
     <row r="42" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F42" s="1" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="G42">
         <v>1</v>
       </c>
       <c r="H42">
         <f t="shared" si="2"/>
         <v>2.4096385542168676E-2</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="J42">
         <v>1</v>
       </c>
       <c r="K42">
         <f t="shared" si="3"/>
         <v>1.2048192771084338E-2</v>
       </c>
     </row>
     <row r="43" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F43" s="1" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="G43">
         <v>0.75</v>
       </c>
       <c r="H43">
         <f t="shared" ref="H43" si="6">G43/$G$4</f>
         <v>1.8072289156626505E-2</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="J43">
         <v>0.75</v>
       </c>
       <c r="K43">
         <f t="shared" ref="K43" si="7">J43/$J$4</f>
         <v>9.0361445783132526E-3</v>
       </c>
     </row>
     <row r="44" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F44" s="1" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="G44">
         <v>0.5</v>
       </c>
       <c r="H44">
         <f t="shared" ref="H44" si="8">G44/$G$4</f>
         <v>1.2048192771084338E-2</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="J44">
         <v>0.5</v>
       </c>
       <c r="K44">
         <f t="shared" ref="K44" si="9">J44/$J$4</f>
         <v>6.024096385542169E-3</v>
       </c>
     </row>
     <row r="45" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F45" s="1" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="G45">
         <v>0.75</v>
       </c>
       <c r="H45">
         <f t="shared" si="0"/>
         <v>1.8072289156626505E-2</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="J45">
         <v>0.75</v>
       </c>
       <c r="K45">
         <f t="shared" si="1"/>
         <v>9.0361445783132526E-3</v>
       </c>
     </row>
     <row r="46" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F46" s="1" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="G46">
         <v>1.25</v>
       </c>
       <c r="H46">
         <f t="shared" ref="H46:H50" si="10">G46/$G$4</f>
         <v>3.0120481927710843E-2</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="J46">
         <v>1.25</v>
       </c>
       <c r="K46">
         <f t="shared" si="1"/>
         <v>1.5060240963855422E-2</v>
       </c>
     </row>
     <row r="47" spans="2:11" x14ac:dyDescent="0.45">
       <c r="E47">
         <v>6</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G47">
         <v>1.5</v>
       </c>
       <c r="H47">
         <f t="shared" si="10"/>
         <v>3.614457831325301E-2</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="J47">
         <v>1.5</v>
       </c>
       <c r="K47">
         <f t="shared" si="1"/>
         <v>1.8072289156626505E-2</v>
       </c>
     </row>
     <row r="48" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F48" s="1"/>
       <c r="H48">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="I48" s="1"/>
       <c r="K48">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="6:11" x14ac:dyDescent="0.45">
       <c r="F49" s="1"/>
       <c r="H49">
         <f t="shared" si="10"/>
@@ -15327,105 +15334,105 @@
     </row>
     <row r="52" spans="6:11" x14ac:dyDescent="0.45">
       <c r="F52" t="s">
         <v>61</v>
       </c>
       <c r="G52">
         <v>1</v>
       </c>
       <c r="H52">
         <f t="shared" ref="H52:H53" si="11">G52/$G$4</f>
         <v>2.4096385542168676E-2</v>
       </c>
       <c r="I52" t="s">
         <v>61</v>
       </c>
       <c r="J52">
         <v>1</v>
       </c>
       <c r="K52">
         <f t="shared" si="1"/>
         <v>1.2048192771084338E-2</v>
       </c>
     </row>
     <row r="53" spans="6:11" x14ac:dyDescent="0.45">
       <c r="F53" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="G53">
         <v>1</v>
       </c>
       <c r="H53">
         <f t="shared" si="11"/>
         <v>2.4096385542168676E-2</v>
       </c>
       <c r="I53" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="J53">
         <v>1</v>
       </c>
       <c r="K53">
         <f t="shared" si="1"/>
         <v>1.2048192771084338E-2</v>
       </c>
     </row>
     <row r="54" spans="6:11" x14ac:dyDescent="0.45">
       <c r="F54" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="G54">
         <v>1</v>
       </c>
       <c r="H54">
         <f t="shared" si="0"/>
         <v>2.4096385542168676E-2</v>
       </c>
       <c r="I54" t="s">
         <v>61</v>
       </c>
       <c r="J54">
         <v>1</v>
       </c>
       <c r="K54">
         <f t="shared" ref="K54:K55" si="12">J54/$J$4</f>
         <v>1.2048192771084338E-2</v>
       </c>
     </row>
     <row r="55" spans="6:11" x14ac:dyDescent="0.45">
       <c r="F55" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="G55">
         <v>1</v>
       </c>
       <c r="H55">
         <f t="shared" si="0"/>
         <v>2.4096385542168676E-2</v>
       </c>
       <c r="I55" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="J55">
         <v>1</v>
       </c>
       <c r="K55">
         <f t="shared" si="12"/>
         <v>1.2048192771084338E-2</v>
       </c>
     </row>
     <row r="59" spans="6:11" x14ac:dyDescent="0.45">
       <c r="F59" t="s">
         <v>82</v>
       </c>
       <c r="G59">
         <v>2.25</v>
       </c>
       <c r="H59">
         <f>G59/$G$4</f>
         <v>5.4216867469879519E-2</v>
       </c>
       <c r="I59" t="s">
         <v>82</v>
       </c>
       <c r="J59">
         <v>2.25</v>