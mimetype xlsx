--- v0 (2025-10-08)
+++ v1 (2025-12-03)
@@ -9,60 +9,60 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="10526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="11116"/>
   <workbookPr autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/zacharyfischer/Dropbox/ERM/ERM Production/Suggested Study Schedule/Fall 2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/zacharyfischer/Dropbox/ERM/ERM Production/Suggested Study Schedule/Spring 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DE5FBDD2-5A6B-9D4C-AC7C-7A5886577A1D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BEC0293B-4061-944B-83DB-41A6B39F2587}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="39280" yWindow="560" windowWidth="25160" windowHeight="20460" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="20460" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Documentation" sheetId="6" r:id="rId1"/>
     <sheet name="Schedule" sheetId="3" r:id="rId2"/>
     <sheet name="Tracking" sheetId="2" r:id="rId3"/>
     <sheet name="Revisions" sheetId="8" r:id="rId4"/>
     <sheet name="info" sheetId="7" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="ActFDate">Schedule!$C$6:$C$54</definedName>
     <definedName name="Column_offset">info!$B$22</definedName>
     <definedName name="CompFlag">Schedule!$H$6:$H$54</definedName>
     <definedName name="Core_pages">info!$B$11</definedName>
     <definedName name="Core_pct">info!$B$7</definedName>
     <definedName name="DayLookUp">info!$E$6:$H$139</definedName>
     <definedName name="ExamDate">Schedule!#REF!</definedName>
     <definedName name="extension_info">info!#REF!</definedName>
     <definedName name="extension_names">info!$A$16:$A$18</definedName>
     <definedName name="extension_names_2">info!$A$16:$A$19</definedName>
     <definedName name="extension_pages">info!$B$12</definedName>
     <definedName name="extension_row_start">Schedule!#REF!</definedName>
     <definedName name="LessonDays">info!#REF!</definedName>
     <definedName name="MasterTable">#REF!</definedName>
     <definedName name="PgCnt">Schedule!$G$6:$G$54</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Documentation!$A$1:$N$37</definedName>
@@ -73,51 +73,53 @@
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr defaultImageDpi="32767"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B18" i="3" l="1"/>
+  <c r="B66" i="3" l="1"/>
+  <c r="B62" i="3"/>
+  <c r="B64" i="3"/>
   <c r="I52" i="3"/>
   <c r="I42" i="3"/>
   <c r="I32" i="3"/>
   <c r="I31" i="3"/>
   <c r="I54" i="3"/>
   <c r="I53" i="3"/>
   <c r="I51" i="3"/>
   <c r="I50" i="3"/>
   <c r="I49" i="3"/>
   <c r="I48" i="3"/>
   <c r="I47" i="3"/>
   <c r="I46" i="3"/>
   <c r="I45" i="3"/>
   <c r="I44" i="3"/>
   <c r="I43" i="3"/>
   <c r="I41" i="3"/>
   <c r="I40" i="3"/>
   <c r="I39" i="3"/>
   <c r="I38" i="3"/>
   <c r="I37" i="3"/>
   <c r="I36" i="3"/>
   <c r="I35" i="3"/>
   <c r="I34" i="3"/>
   <c r="I33" i="3"/>
   <c r="I30" i="3"/>
@@ -178,53 +180,50 @@
   <c r="G17" i="7"/>
   <c r="G28" i="7"/>
   <c r="G48" i="7"/>
   <c r="G9" i="7"/>
   <c r="G19" i="7"/>
   <c r="G29" i="7"/>
   <c r="G39" i="7"/>
   <c r="G49" i="7"/>
   <c r="G10" i="7"/>
   <c r="G20" i="7"/>
   <c r="G50" i="7"/>
   <c r="G21" i="7"/>
   <c r="G31" i="7"/>
   <c r="G41" i="7"/>
   <c r="G12" i="7"/>
   <c r="G22" i="7"/>
   <c r="G32" i="7"/>
   <c r="G42" i="7"/>
   <c r="G52" i="7"/>
   <c r="G14" i="7"/>
   <c r="G24" i="7"/>
   <c r="G34" i="7"/>
   <c r="G44" i="7"/>
   <c r="B2" i="7"/>
   <c r="B68" i="3" l="1"/>
-  <c r="B66" i="3" s="1"/>
-[...1 lines deleted...]
-  <c r="B62" i="3" s="1"/>
   <c r="B59" i="3" s="1"/>
   <c r="B72" i="3" l="1"/>
   <c r="J3" i="3"/>
   <c r="G6" i="7" l="1"/>
   <c r="B12" i="7"/>
   <c r="B4" i="7"/>
   <c r="B6" i="7" s="1"/>
   <c r="H32" i="7" s="1"/>
   <c r="H28" i="7" l="1"/>
   <c r="H36" i="7"/>
   <c r="H38" i="7"/>
   <c r="H54" i="7"/>
   <c r="H27" i="7"/>
   <c r="H35" i="7"/>
   <c r="H37" i="7"/>
   <c r="H45" i="7"/>
   <c r="H41" i="7"/>
   <c r="H40" i="7"/>
   <c r="H48" i="7"/>
   <c r="H39" i="7"/>
   <c r="H47" i="7"/>
   <c r="H50" i="7"/>
   <c r="H51" i="7"/>
   <c r="H44" i="7"/>
   <c r="H31" i="7"/>
@@ -240,54 +239,55 @@
   <c r="H46" i="7"/>
   <c r="H53" i="7"/>
   <c r="H22" i="7"/>
   <c r="H20" i="7"/>
   <c r="H21" i="7"/>
   <c r="H24" i="7"/>
   <c r="H33" i="7"/>
   <c r="H43" i="7"/>
   <c r="H17" i="7"/>
   <c r="H10" i="7"/>
   <c r="H13" i="7"/>
   <c r="H8" i="7"/>
   <c r="H18" i="7"/>
   <c r="H15" i="7"/>
   <c r="H14" i="7"/>
   <c r="H9" i="7"/>
   <c r="H16" i="7"/>
   <c r="H11" i="7"/>
   <c r="H19" i="7"/>
   <c r="H12" i="7"/>
   <c r="H7" i="7"/>
   <c r="H6" i="7"/>
   <c r="J2" i="3"/>
   <c r="J1" i="3" s="1"/>
   <c r="B6" i="3" l="1"/>
-  <c r="B52" i="3" s="1"/>
+  <c r="B52" i="3" l="1"/>
   <c r="J52" i="3" s="1"/>
   <c r="K52" i="3" s="1"/>
-  <c r="B42" i="3" l="1"/>
+  <c r="B18" i="3"/>
+  <c r="B42" i="3"/>
   <c r="J42" i="3" s="1"/>
   <c r="K42" i="3" s="1"/>
   <c r="B41" i="3"/>
   <c r="B40" i="3"/>
   <c r="B39" i="3"/>
   <c r="B43" i="3"/>
   <c r="B31" i="3"/>
   <c r="J31" i="3" s="1"/>
   <c r="K31" i="3" s="1"/>
   <c r="B30" i="3"/>
   <c r="B29" i="3"/>
   <c r="B32" i="3"/>
   <c r="J32" i="3" s="1"/>
   <c r="K32" i="3" s="1"/>
   <c r="B54" i="3"/>
   <c r="B44" i="3"/>
   <c r="B34" i="3"/>
   <c r="B24" i="3"/>
   <c r="B14" i="3"/>
   <c r="B53" i="3"/>
   <c r="B33" i="3"/>
   <c r="B23" i="3"/>
   <c r="B13" i="3"/>
   <c r="B22" i="3"/>
   <c r="B12" i="3"/>
@@ -389,51 +389,51 @@
   <c r="K43" i="3" s="1"/>
   <c r="J44" i="3" l="1"/>
   <c r="K44" i="3" s="1"/>
   <c r="J45" i="3" l="1"/>
   <c r="K45" i="3" s="1"/>
   <c r="J46" i="3" l="1"/>
   <c r="K46" i="3" s="1"/>
   <c r="J47" i="3" l="1"/>
   <c r="K47" i="3" s="1"/>
   <c r="J48" i="3" l="1"/>
   <c r="K48" i="3" s="1"/>
   <c r="J49" i="3" l="1"/>
   <c r="K49" i="3" s="1"/>
   <c r="J50" i="3" l="1"/>
   <c r="K50" i="3" s="1"/>
   <c r="J51" i="3" l="1"/>
   <c r="K51" i="3" s="1"/>
   <c r="J54" i="3" l="1"/>
   <c r="K54" i="3" s="1"/>
   <c r="J53" i="3"/>
   <c r="K53" i="3" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="358" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="354" uniqueCount="131">
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>% Complete</t>
   </si>
   <si>
     <t>Total Pages</t>
   </si>
   <si>
     <t>Completed Pages</t>
   </si>
   <si>
     <t>Actual Finish Date</t>
   </si>
   <si>
     <t>Completed?</t>
   </si>
   <si>
     <t>Proj Pace</t>
   </si>
   <si>
     <t>Your Pace</t>
   </si>
   <si>
@@ -642,59 +642,50 @@
   <si>
     <t xml:space="preserve">Make sure you are registered for the exam through the SOA! </t>
   </si>
   <si>
     <t>Work the TIA Practice Exam and Past SOA Exams. Read through the TIA Condensed Outline.</t>
   </si>
   <si>
     <t>This spreadsheet is designed to work like the legacy version of our website, not the new TIA Study</t>
   </si>
   <si>
     <t>platform that. For example, the Today view in the Study app is more sophisticated/refined, and we recommend</t>
   </si>
   <si>
     <t>just relying on that -- or use this spreadsheet as another check on your overall progress or general reference for the course layout.</t>
   </si>
   <si>
     <t>Diff</t>
   </si>
   <si>
     <t>A.2.2. Quantitative Enterprise Risk Management, Hardy, Mary and Saunders, Ch. 2: Risk Taxonomy</t>
   </si>
   <si>
     <t xml:space="preserve">First pass </t>
   </si>
   <si>
-    <t>Initial version released for Fall 2025</t>
-[...7 lines deleted...]
-  <si>
     <t>https://www.soa.org/education/exam-req/registration/edu-registration/</t>
   </si>
   <si>
     <t>Read through the case study. Also make sure to also read through the case study at least once in the week prior to the exam.</t>
   </si>
   <si>
     <t>Become extremely familiar with the exam-day process.</t>
   </si>
   <si>
     <t>Use TIA Flashcards (iPhone App, Android App, Web App).</t>
   </si>
   <si>
     <t>A.1.2. CFE101-101: ERM for Capital and Solvency Purposes</t>
   </si>
   <si>
     <t>A.2.3. CFE101-106: Strategic Risk Analysis</t>
   </si>
   <si>
     <t>A.2.5. CFE101-115: How CEOs Can Mitigate Compounding Risks</t>
   </si>
   <si>
     <t>B.1.1. FERM Ch. 14: Quantifying Particular Risks Lesson 1</t>
   </si>
   <si>
     <t>B.1.2. FERM Ch. 14: Quantifying Particular Risks Lesson 2</t>
@@ -771,56 +762,50 @@
   <si>
     <t>C. Risk Management and Mitigation</t>
   </si>
   <si>
     <t>B.1. Specific Risks</t>
   </si>
   <si>
     <t>A.1.1. CFE101-100: Placing a Value on Enterprise Risk Management</t>
   </si>
   <si>
     <t>A.1.3. CFE101-104: The Culture of Risk: The Importance of Managing Conduct Risk and Maintaining an Effective Risk Culture Across the Business</t>
   </si>
   <si>
     <t>A.2.4. CFE101-113: Identifying and Evaluating Emerging Risks</t>
   </si>
   <si>
     <t xml:space="preserve">C.1.4. CFE101-118: What is Basis Risk? Definition and Types of Basis Risk, Examples (corporatefinanceinstitute.com) </t>
   </si>
   <si>
     <t xml:space="preserve">C.1.7. Corporate Pension Risk Management and Corporate Finance: Bridging the Gap between Theory and Practice in Pension Risk Management, Aug 2015 (Introduction, Section 1 and Section 2 only) </t>
   </si>
   <si>
     <t>B.2.1. Quantitative Enterprise Risk Management, Hardy, Mary and Saunders, Ch. 14: Model Risk and Governance</t>
   </si>
   <si>
-    <t>v2</t>
-[...4 lines deleted...]
-  <si>
     <t>B.2. Risk Governance</t>
   </si>
   <si>
     <t>D.1. Enterprise Risk Control</t>
   </si>
   <si>
     <t>D.2.1. Regulatory Risk and North American Insurance Organizations, Sections 6.1-6.14 and 7</t>
   </si>
   <si>
     <t>D.2.2. Regulatory Capital Adequacy for Life Insurance Companies: A Comparison of Four Jurisdictions (excluding Appendices)</t>
   </si>
   <si>
     <t>D.2.3. Embedded Value Calculation for a Life Insurance Company, Actuarial Practice Forum, 2006</t>
   </si>
   <si>
     <t>B. Modeling and Managing Specific Risks</t>
   </si>
   <si>
     <t>D.2.4. Rating Agency Perspectives on Insurance Company Capital, SOA Research, Aug 2023 (excluding Appendices)</t>
   </si>
   <si>
     <t>D.2. Operational, Capital, and Ratings Management</t>
   </si>
   <si>
     <t>D. Regulatory, Audit, and Other Operational Considerations</t>
@@ -837,54 +822,57 @@
   <si>
     <t>C.2.2. Quantitative Enterprise Risk Management, Hardy, Mary and Saunders, Ch. 15: Risk Mitigation Using Options and Derivatives</t>
   </si>
   <si>
     <t>C.2. Applied Risk Transfer and Mitigation</t>
   </si>
   <si>
     <t>C.1. Risk Management Fundamentals</t>
   </si>
   <si>
     <t>A.3.2. CFE101-114, Ch. 3: Why Diversification is Important</t>
   </si>
   <si>
     <t>A.3.3. CFE101-114, Ch. 4: Correlation</t>
   </si>
   <si>
     <t>A.3.4. CFE101-114, Ch. 5: Risk Aggregation</t>
   </si>
   <si>
     <t>A.3.5. CFE101-114, Ch. 7: Variance-Covariance Matrix Methods</t>
   </si>
   <si>
     <t>A.3.6. CFE101-117: Economic Capital - Practical Considerations (Section 7 Only)</t>
   </si>
   <si>
-    <t>v3</t>
-[...2 lines deleted...]
-    <t>Updated section/subsections, re-ordered CFE101-114 chapters, updated Systemic Risk reading page count</t>
+    <t>This spreadsheet tracks your study progress for the CFE-101 Exam (Spring 2026) and was developed by</t>
+  </si>
+  <si>
+    <t>Initial version released for Spring 2026</t>
+  </si>
+  <si>
+    <t>The default start date on the Schedule tab is 12/29/2025, but you can enter a different date, and the</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="22" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1768,195 +1756,195 @@
                 <c:pt idx="0">
                   <c:v>Proj Pace</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="006600"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
               <c:f>Schedule!$B$6:$B$54</c:f>
               <c:numCache>
                 <c:formatCode>m/d/yy</c:formatCode>
                 <c:ptCount val="49"/>
                 <c:pt idx="0">
-                  <c:v>45853</c:v>
+                  <c:v>46020</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45856</c:v>
+                  <c:v>46022</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45857</c:v>
+                  <c:v>46022</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45857</c:v>
+                  <c:v>46023</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45860</c:v>
+                  <c:v>46024</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45862</c:v>
+                  <c:v>46026</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45863</c:v>
+                  <c:v>46026</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45863</c:v>
+                  <c:v>46027</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45866</c:v>
+                  <c:v>46028</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45867</c:v>
+                  <c:v>46029</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45868</c:v>
+                  <c:v>46030</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45869</c:v>
+                  <c:v>46031</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45870</c:v>
+                  <c:v>46031</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>45870</c:v>
+                  <c:v>46031</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>45870</c:v>
+                  <c:v>46031</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>45870</c:v>
+                  <c:v>46031</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>45875</c:v>
+                  <c:v>46035</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>45877</c:v>
+                  <c:v>46036</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>45878</c:v>
+                  <c:v>46037</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>45880</c:v>
+                  <c:v>46038</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>45880</c:v>
+                  <c:v>46038</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>45882</c:v>
+                  <c:v>46039</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>45882</c:v>
+                  <c:v>46039</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>45885</c:v>
+                  <c:v>46041</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>45887</c:v>
+                  <c:v>46043</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>45888</c:v>
+                  <c:v>46043</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>45890</c:v>
+                  <c:v>46045</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>45890</c:v>
+                  <c:v>46045</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>45894</c:v>
+                  <c:v>46048</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>45895</c:v>
+                  <c:v>46048</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>45899</c:v>
+                  <c:v>46051</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>45900</c:v>
+                  <c:v>46051</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>45901</c:v>
+                  <c:v>46052</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>45903</c:v>
+                  <c:v>46054</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>45905</c:v>
+                  <c:v>46055</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>45905</c:v>
+                  <c:v>46055</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>45907</c:v>
+                  <c:v>46056</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>45909</c:v>
+                  <c:v>46058</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>45909</c:v>
+                  <c:v>46058</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>45911</c:v>
+                  <c:v>46059</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>45913</c:v>
+                  <c:v>46061</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>45915</c:v>
+                  <c:v>46061</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>45916</c:v>
+                  <c:v>46062</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>45917</c:v>
+                  <c:v>46063</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>45920</c:v>
+                  <c:v>46065</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>45922</c:v>
+                  <c:v>46066</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>45924</c:v>
+                  <c:v>46067</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>45928</c:v>
+                  <c:v>46070</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>45928</c:v>
+                  <c:v>46070</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Schedule!$I$6:$I$54</c:f>
               <c:numCache>
                 <c:formatCode>0</c:formatCode>
                 <c:ptCount val="49"/>
                 <c:pt idx="0">
                   <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>39</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>49</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>56</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>87</c:v>
                 </c:pt>
@@ -2065,273 +2053,273 @@
                 <c:pt idx="39">
                   <c:v>710</c:v>
                 </c:pt>
                 <c:pt idx="40">
                   <c:v>734</c:v>
                 </c:pt>
                 <c:pt idx="41">
                   <c:v>747</c:v>
                 </c:pt>
                 <c:pt idx="42">
                   <c:v>762</c:v>
                 </c:pt>
                 <c:pt idx="43">
                   <c:v>774</c:v>
                 </c:pt>
                 <c:pt idx="44">
                   <c:v>810</c:v>
                 </c:pt>
                 <c:pt idx="45">
                   <c:v>837</c:v>
                 </c:pt>
                 <c:pt idx="46">
                   <c:v>858</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>903</c:v>
+                  <c:v>894</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>903</c:v>
+                  <c:v>894</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-2C71-4485-A26A-A49866DAA73B}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="2"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>Schedule!$J$5</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Your Pace</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
               <c:f>Schedule!$B$6:$B$54</c:f>
               <c:numCache>
                 <c:formatCode>m/d/yy</c:formatCode>
                 <c:ptCount val="49"/>
                 <c:pt idx="0">
-                  <c:v>45853</c:v>
+                  <c:v>46020</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45856</c:v>
+                  <c:v>46022</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45857</c:v>
+                  <c:v>46022</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45857</c:v>
+                  <c:v>46023</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45860</c:v>
+                  <c:v>46024</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45862</c:v>
+                  <c:v>46026</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45863</c:v>
+                  <c:v>46026</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45863</c:v>
+                  <c:v>46027</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45866</c:v>
+                  <c:v>46028</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45867</c:v>
+                  <c:v>46029</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45868</c:v>
+                  <c:v>46030</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45869</c:v>
+                  <c:v>46031</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45870</c:v>
+                  <c:v>46031</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>45870</c:v>
+                  <c:v>46031</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>45870</c:v>
+                  <c:v>46031</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>45870</c:v>
+                  <c:v>46031</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>45875</c:v>
+                  <c:v>46035</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>45877</c:v>
+                  <c:v>46036</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>45878</c:v>
+                  <c:v>46037</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>45880</c:v>
+                  <c:v>46038</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>45880</c:v>
+                  <c:v>46038</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>45882</c:v>
+                  <c:v>46039</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>45882</c:v>
+                  <c:v>46039</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>45885</c:v>
+                  <c:v>46041</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>45887</c:v>
+                  <c:v>46043</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>45888</c:v>
+                  <c:v>46043</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>45890</c:v>
+                  <c:v>46045</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>45890</c:v>
+                  <c:v>46045</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>45894</c:v>
+                  <c:v>46048</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>45895</c:v>
+                  <c:v>46048</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>45899</c:v>
+                  <c:v>46051</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>45900</c:v>
+                  <c:v>46051</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>45901</c:v>
+                  <c:v>46052</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>45903</c:v>
+                  <c:v>46054</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>45905</c:v>
+                  <c:v>46055</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>45905</c:v>
+                  <c:v>46055</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>45907</c:v>
+                  <c:v>46056</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>45909</c:v>
+                  <c:v>46058</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>45909</c:v>
+                  <c:v>46058</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>45911</c:v>
+                  <c:v>46059</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>45913</c:v>
+                  <c:v>46061</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>45915</c:v>
+                  <c:v>46061</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>45916</c:v>
+                  <c:v>46062</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>45917</c:v>
+                  <c:v>46063</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>45920</c:v>
+                  <c:v>46065</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>45922</c:v>
+                  <c:v>46066</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>45924</c:v>
+                  <c:v>46067</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>45928</c:v>
+                  <c:v>46070</c:v>
                 </c:pt>
                 <c:pt idx="48">
-                  <c:v>45928</c:v>
+                  <c:v>46070</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Schedule!$J$6:$J$54</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="49"/>
                 <c:pt idx="0">
-                  <c:v>49</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>49</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>49</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>49</c:v>
+                  <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>49</c:v>
+                  <c:v>9</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>49</c:v>
+                  <c:v>39</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>49</c:v>
+                  <c:v>39</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>49</c:v>
                 </c:pt>
                 <c:pt idx="8">
                   <c:v>49</c:v>
                 </c:pt>
                 <c:pt idx="9">
                   <c:v>49</c:v>
                 </c:pt>
                 <c:pt idx="10">
                   <c:v>49</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>49</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>49</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>49</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>49</c:v>
                 </c:pt>
@@ -3816,97 +3804,95 @@
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.soa.org/education/exam-req/registration/edu-registration/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A6:A36"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="125" zoomScaleNormal="125" zoomScalePageLayoutView="125" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showGridLines="0" zoomScale="125" zoomScaleNormal="125" zoomScalePageLayoutView="125" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="6" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A6" s="8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A7" s="8"/>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
-        <v>69</v>
+        <v>128</v>
       </c>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A11" s="28" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="12" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A12" s="28" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A13" s="28" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="15" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A15" s="8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A17" t="s">
-        <v>70</v>
+        <v>130</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>44</v>
@@ -3959,1993 +3945,1993 @@
       <c r="A35" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A36" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="70" orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="3" tint="0.79998168889431442"/>
   </sheetPr>
   <dimension ref="A1:O72"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="90" workbookViewId="0">
-      <pane xSplit="3" ySplit="5" topLeftCell="D7" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5" style="39" customWidth="1"/>
     <col min="2" max="3" width="11.5" style="39" customWidth="1"/>
     <col min="4" max="4" width="62.33203125" style="39" customWidth="1"/>
     <col min="5" max="5" width="46.1640625" style="39" customWidth="1"/>
     <col min="6" max="6" width="104.33203125" style="39" customWidth="1"/>
     <col min="7" max="7" width="8.83203125" style="39"/>
     <col min="8" max="8" width="14.5" style="39" customWidth="1"/>
     <col min="9" max="11" width="8.6640625" style="39" bestFit="1" customWidth="1"/>
     <col min="12" max="16384" width="8.83203125" style="39"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="23" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D1" s="31">
-        <v>45853</v>
+        <v>46020</v>
       </c>
       <c r="H1" s="66" t="s">
         <v>1</v>
       </c>
       <c r="I1" s="67"/>
       <c r="J1" s="32">
         <f>J3/J2</f>
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:15" ht="24" customHeight="1" x14ac:dyDescent="0.2">
       <c r="H2" s="39" t="s">
         <v>2</v>
       </c>
       <c r="J2" s="61">
         <f>SUM(G6:G54)</f>
-        <v>903</v>
+        <v>894</v>
       </c>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.2">
       <c r="E3" s="33"/>
       <c r="H3" s="39" t="s">
         <v>3</v>
       </c>
       <c r="J3" s="62">
         <f>SUMIF(H6:H54,"Yes",G6:G54)</f>
-        <v>903</v>
+        <v>894</v>
       </c>
     </row>
     <row r="5" spans="1:15" s="25" customFormat="1" ht="32" x14ac:dyDescent="0.2">
       <c r="A5" s="26"/>
       <c r="B5" s="27" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="27" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="27" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="27" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="27" t="s">
         <v>9</v>
       </c>
       <c r="G5" s="27" t="s">
         <v>0</v>
       </c>
       <c r="H5" s="27" t="s">
         <v>5</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>6</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>7</v>
       </c>
       <c r="K5" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A6" s="40"/>
       <c r="B6" s="41">
         <f>StartDate+VLOOKUP(F6,DayLookUp,4,FALSE)</f>
-        <v>45853</v>
+        <v>46020</v>
       </c>
       <c r="C6" s="29">
-        <v>45850</v>
+        <v>46024</v>
       </c>
       <c r="D6" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E6" s="19" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="F6" s="19" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="G6" s="19">
         <v>9</v>
       </c>
       <c r="H6" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I6" s="6">
         <f>SUM($G$6:G6)</f>
         <v>9</v>
       </c>
       <c r="J6" s="56">
         <f t="shared" ref="J6" si="0">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B6)</f>
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="K6" s="5">
         <f>J6/I6</f>
-        <v>5.4444444444444446</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A7" s="42"/>
       <c r="B7" s="43">
         <f t="shared" ref="B7:B54" si="1">B$6+VLOOKUP(F7,DayLookUp,4,FALSE)</f>
-        <v>45856</v>
+        <v>46022</v>
       </c>
       <c r="C7" s="9">
         <f>C6+2</f>
-        <v>45852</v>
+        <v>46026</v>
       </c>
       <c r="D7" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E7" s="19" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="F7" s="19" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="G7" s="19">
         <v>30</v>
       </c>
       <c r="H7" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I7" s="6">
         <f>SUM($G$6:G7)</f>
         <v>39</v>
       </c>
       <c r="J7" s="56">
         <f t="shared" ref="J7:J54" si="2">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B7)</f>
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="K7" s="5">
         <f t="shared" ref="K7:K54" si="3">J7/I7</f>
-        <v>1.2564102564102564</v>
+        <v>0</v>
       </c>
       <c r="L7" s="7"/>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A8" s="42"/>
       <c r="B8" s="43">
         <f t="shared" si="1"/>
-        <v>45857</v>
+        <v>46022</v>
       </c>
       <c r="C8" s="9">
         <f>C7+1</f>
-        <v>45853</v>
+        <v>46027</v>
       </c>
       <c r="D8" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E8" s="19" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="F8" s="19" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="G8" s="19">
         <v>10</v>
       </c>
       <c r="H8" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I8" s="6">
         <f>SUM($G$6:G8)</f>
         <v>49</v>
       </c>
       <c r="J8" s="56">
         <f t="shared" si="2"/>
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="K8" s="5">
         <f t="shared" si="3"/>
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="L8" s="7"/>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A9" s="42"/>
       <c r="B9" s="43">
         <f t="shared" si="1"/>
-        <v>45857</v>
+        <v>46023</v>
       </c>
       <c r="C9" s="9"/>
       <c r="D9" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E9" s="19" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F9" s="19" t="s">
         <v>50</v>
       </c>
       <c r="G9" s="19">
         <v>7</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I9" s="6">
         <f>SUM($G$6:G9)</f>
         <v>56</v>
       </c>
       <c r="J9" s="56">
         <f t="shared" si="2"/>
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="K9" s="5">
         <f t="shared" si="3"/>
-        <v>0.875</v>
+        <v>0</v>
       </c>
       <c r="L9" s="7"/>
     </row>
     <row r="10" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A10" s="42"/>
       <c r="B10" s="43">
         <f t="shared" si="1"/>
-        <v>45860</v>
+        <v>46024</v>
       </c>
       <c r="C10" s="9"/>
       <c r="D10" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E10" s="19" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F10" s="19" t="s">
         <v>66</v>
       </c>
       <c r="G10" s="19">
         <v>31</v>
       </c>
       <c r="H10" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I10" s="6">
         <f>SUM($G$6:G10)</f>
         <v>87</v>
       </c>
       <c r="J10" s="56">
         <f t="shared" si="2"/>
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="K10" s="5">
         <f t="shared" si="3"/>
-        <v>0.56321839080459768</v>
+        <v>0.10344827586206896</v>
       </c>
       <c r="L10" s="7"/>
     </row>
     <row r="11" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A11" s="42"/>
       <c r="B11" s="43">
         <f t="shared" si="1"/>
-        <v>45862</v>
+        <v>46026</v>
       </c>
       <c r="C11" s="9"/>
       <c r="D11" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E11" s="19" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F11" s="19" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="G11" s="19">
         <v>30</v>
       </c>
       <c r="H11" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I11" s="6">
         <f>SUM($G$6:G11)</f>
         <v>117</v>
       </c>
       <c r="J11" s="56">
         <f t="shared" si="2"/>
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="K11" s="5">
         <f t="shared" si="3"/>
-        <v>0.41880341880341881</v>
+        <v>0.33333333333333331</v>
       </c>
       <c r="L11" s="7"/>
     </row>
     <row r="12" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A12" s="42"/>
       <c r="B12" s="43">
         <f t="shared" si="1"/>
-        <v>45863</v>
+        <v>46026</v>
       </c>
       <c r="C12" s="9"/>
       <c r="D12" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E12" s="19" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F12" s="19" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="G12" s="19">
         <v>5</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I12" s="6">
         <f>SUM($G$6:G12)</f>
         <v>122</v>
       </c>
       <c r="J12" s="56">
         <f t="shared" si="2"/>
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="K12" s="5">
         <f t="shared" si="3"/>
-        <v>0.40163934426229508</v>
+        <v>0.31967213114754101</v>
       </c>
       <c r="L12" s="7"/>
     </row>
     <row r="13" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A13" s="42"/>
       <c r="B13" s="43">
         <f t="shared" si="1"/>
-        <v>45863</v>
+        <v>46027</v>
       </c>
       <c r="C13" s="9"/>
       <c r="D13" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="E13" s="19" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F13" s="19" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="G13" s="19">
         <v>5</v>
       </c>
       <c r="H13" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I13" s="6">
         <f>SUM($G$6:G13)</f>
         <v>127</v>
       </c>
       <c r="J13" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K13" s="5">
         <f t="shared" si="3"/>
         <v>0.38582677165354329</v>
       </c>
       <c r="L13" s="7"/>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A14" s="42"/>
       <c r="B14" s="43">
         <f t="shared" si="1"/>
-        <v>45866</v>
+        <v>46028</v>
       </c>
       <c r="C14" s="9"/>
       <c r="D14" t="s">
+        <v>95</v>
+      </c>
+      <c r="E14" s="19" t="s">
         <v>98</v>
       </c>
-      <c r="E14" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F14" s="19" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="G14" s="19">
         <v>31</v>
       </c>
       <c r="H14" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I14" s="6">
         <f>SUM($G$6:G14)</f>
         <v>158</v>
       </c>
       <c r="J14" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K14" s="5">
         <f t="shared" si="3"/>
         <v>0.310126582278481</v>
       </c>
       <c r="L14" s="7"/>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A15" s="42"/>
       <c r="B15" s="43">
         <f>B$6+VLOOKUP(F16,DayLookUp,4,FALSE)</f>
-        <v>45867</v>
+        <v>46029</v>
       </c>
       <c r="C15" s="9"/>
       <c r="D15" t="s">
+        <v>95</v>
+      </c>
+      <c r="E15" s="19" t="s">
         <v>98</v>
       </c>
-      <c r="E15" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F15" s="19" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="G15" s="19">
         <v>5</v>
       </c>
       <c r="H15" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I15" s="6">
         <f>SUM($G$6:G16)</f>
         <v>170</v>
       </c>
       <c r="J15" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K15" s="5">
         <f t="shared" si="3"/>
         <v>0.28823529411764703</v>
       </c>
       <c r="L15" s="7"/>
     </row>
     <row r="16" spans="1:15" x14ac:dyDescent="0.2">
       <c r="A16" s="42"/>
       <c r="B16" s="43">
         <f>B$6+VLOOKUP(F17,DayLookUp,4,FALSE)</f>
-        <v>45868</v>
+        <v>46030</v>
       </c>
       <c r="C16" s="9"/>
       <c r="D16" t="s">
+        <v>95</v>
+      </c>
+      <c r="E16" s="19" t="s">
         <v>98</v>
       </c>
-      <c r="E16" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F16" s="19" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="G16" s="19">
         <v>7</v>
       </c>
       <c r="H16" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I16" s="6">
         <f>SUM($G$6:G17)</f>
         <v>181</v>
       </c>
       <c r="J16" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K16" s="5">
         <f t="shared" si="3"/>
         <v>0.27071823204419887</v>
       </c>
       <c r="L16" s="7"/>
       <c r="N16" s="19"/>
       <c r="O16" s="19"/>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A17" s="42"/>
       <c r="B17" s="43">
         <f>B$6+VLOOKUP(F18,DayLookUp,4,FALSE)</f>
-        <v>45869</v>
+        <v>46031</v>
       </c>
       <c r="C17" s="9"/>
       <c r="D17" t="s">
+        <v>95</v>
+      </c>
+      <c r="E17" s="19" t="s">
         <v>98</v>
       </c>
-      <c r="E17" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F17" s="19" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="G17" s="19">
         <v>11</v>
       </c>
       <c r="H17" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I17" s="6">
         <f>SUM($G$6:G18)</f>
         <v>197</v>
       </c>
       <c r="J17" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K17" s="5">
         <f t="shared" si="3"/>
         <v>0.24873096446700507</v>
       </c>
       <c r="L17" s="7"/>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A18" s="42"/>
       <c r="B18" s="43">
         <f>B$6+VLOOKUP(F19,DayLookUp,4,FALSE)</f>
-        <v>45870</v>
+        <v>46031</v>
       </c>
       <c r="C18" s="9"/>
       <c r="D18" t="s">
+        <v>95</v>
+      </c>
+      <c r="E18" s="19" t="s">
         <v>98</v>
       </c>
-      <c r="E18" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F18" s="19" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="G18" s="19">
         <v>16</v>
       </c>
       <c r="H18" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I18" s="6">
         <f>SUM($G$6:G18)</f>
         <v>197</v>
       </c>
       <c r="J18" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K18" s="5">
         <f t="shared" si="3"/>
         <v>0.24873096446700507</v>
       </c>
       <c r="L18" s="7"/>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A19" s="42"/>
       <c r="B19" s="43">
         <f t="shared" si="1"/>
-        <v>45870</v>
+        <v>46031</v>
       </c>
       <c r="C19" s="9"/>
       <c r="D19" t="s">
+        <v>95</v>
+      </c>
+      <c r="E19" s="19" t="s">
         <v>98</v>
       </c>
-      <c r="E19" s="19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F19" s="19" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="G19" s="19">
         <v>11</v>
       </c>
       <c r="H19" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I19" s="6">
         <f>SUM($G$6:G19)</f>
         <v>208</v>
       </c>
       <c r="J19" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K19" s="5">
         <f t="shared" si="3"/>
         <v>0.23557692307692307</v>
       </c>
       <c r="L19" s="7"/>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A20" s="44"/>
       <c r="B20" s="45">
         <f t="shared" si="1"/>
-        <v>45870</v>
+        <v>46031</v>
       </c>
       <c r="C20" s="18"/>
       <c r="D20" s="46"/>
       <c r="E20" s="47"/>
       <c r="F20" s="55" t="s">
         <v>51</v>
       </c>
       <c r="G20" s="47"/>
       <c r="H20" s="57" t="s">
         <v>56</v>
       </c>
       <c r="I20" s="58">
         <f>SUM($G$6:G20)</f>
         <v>208</v>
       </c>
       <c r="J20" s="59">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K20" s="20">
         <f t="shared" si="3"/>
         <v>0.23557692307692307</v>
       </c>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A21" s="42"/>
       <c r="B21" s="43">
         <f t="shared" si="1"/>
-        <v>45870</v>
+        <v>46031</v>
       </c>
       <c r="C21" s="9"/>
       <c r="D21" s="19" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E21" s="19" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F21" s="19" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="G21" s="19">
         <v>0</v>
       </c>
       <c r="H21" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I21" s="6">
         <f>SUM($G$6:G21)</f>
         <v>208</v>
       </c>
       <c r="J21" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K21" s="5">
         <f t="shared" si="3"/>
         <v>0.23557692307692307</v>
       </c>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A22" s="42"/>
       <c r="B22" s="43">
         <f t="shared" si="1"/>
-        <v>45875</v>
+        <v>46035</v>
       </c>
       <c r="C22" s="9"/>
       <c r="D22" s="19" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E22" s="19" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F22" s="19" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="G22" s="19">
         <v>66</v>
       </c>
       <c r="H22" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I22" s="6">
         <f>SUM($G$6:G22)</f>
         <v>274</v>
       </c>
       <c r="J22" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K22" s="5">
         <f t="shared" si="3"/>
         <v>0.17883211678832117</v>
       </c>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A23" s="42"/>
       <c r="B23" s="43">
         <f t="shared" si="1"/>
-        <v>45877</v>
+        <v>46036</v>
       </c>
       <c r="C23" s="9"/>
       <c r="D23" s="19" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E23" s="19" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F23" s="19" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="G23" s="19">
         <v>15</v>
       </c>
       <c r="H23" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I23" s="6">
         <f>SUM($G$6:G23)</f>
         <v>289</v>
       </c>
       <c r="J23" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K23" s="5">
         <f t="shared" si="3"/>
         <v>0.16955017301038061</v>
       </c>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A24" s="42"/>
       <c r="B24" s="43">
         <f t="shared" si="1"/>
-        <v>45878</v>
+        <v>46037</v>
       </c>
       <c r="C24" s="9"/>
       <c r="D24" s="19" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E24" s="19" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F24" s="19" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="G24" s="19">
         <v>23</v>
       </c>
       <c r="H24" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I24" s="6">
         <f>SUM($G$6:G24)</f>
         <v>312</v>
       </c>
       <c r="J24" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K24" s="5">
         <f t="shared" si="3"/>
         <v>0.15705128205128205</v>
       </c>
     </row>
     <row r="25" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A25" s="42"/>
       <c r="B25" s="43">
         <f t="shared" si="1"/>
-        <v>45880</v>
+        <v>46038</v>
       </c>
       <c r="C25" s="9"/>
       <c r="D25" s="19" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E25" s="19" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F25" s="19" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="G25" s="19">
         <v>21</v>
       </c>
       <c r="H25" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I25" s="6">
         <f>SUM($G$6:G25)</f>
         <v>333</v>
       </c>
       <c r="J25" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K25" s="5">
         <f t="shared" si="3"/>
         <v>0.14714714714714713</v>
       </c>
     </row>
     <row r="26" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A26" s="42"/>
       <c r="B26" s="43">
         <f t="shared" si="1"/>
-        <v>45880</v>
+        <v>46038</v>
       </c>
       <c r="C26" s="9"/>
       <c r="D26" s="19" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E26" s="19" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F26" s="19" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="G26" s="19">
         <v>4</v>
       </c>
       <c r="H26" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I26" s="6">
         <f>SUM($G$6:G26)</f>
         <v>337</v>
       </c>
       <c r="J26" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K26" s="5">
         <f t="shared" si="3"/>
         <v>0.14540059347181009</v>
       </c>
     </row>
     <row r="27" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A27" s="42"/>
       <c r="B27" s="43">
         <f t="shared" si="1"/>
-        <v>45882</v>
+        <v>46039</v>
       </c>
       <c r="C27" s="9"/>
       <c r="D27" s="19" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E27" s="19" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F27" s="19" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="G27" s="19">
         <v>13</v>
       </c>
       <c r="H27" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I27" s="6">
         <f>SUM($G$6:G27)</f>
         <v>350</v>
       </c>
       <c r="J27" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K27" s="5">
         <f t="shared" si="3"/>
         <v>0.14000000000000001</v>
       </c>
     </row>
     <row r="28" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A28" s="42"/>
       <c r="B28" s="43">
         <f t="shared" si="1"/>
-        <v>45882</v>
+        <v>46039</v>
       </c>
       <c r="C28" s="9"/>
       <c r="D28" s="19" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E28" s="19" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F28" s="19" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="G28" s="19">
         <v>7</v>
       </c>
       <c r="H28" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I28" s="6">
         <f>SUM($G$6:G28)</f>
         <v>357</v>
       </c>
       <c r="J28" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K28" s="5">
         <f t="shared" si="3"/>
         <v>0.13725490196078433</v>
       </c>
     </row>
     <row r="29" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A29" s="42"/>
       <c r="B29" s="43">
         <f t="shared" si="1"/>
-        <v>45885</v>
+        <v>46041</v>
       </c>
       <c r="C29" s="9"/>
       <c r="D29" s="19" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E29" s="19" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F29" s="19" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="G29" s="19">
         <v>35</v>
       </c>
       <c r="H29" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I29" s="6">
         <f>SUM($G$6:G29)</f>
         <v>392</v>
       </c>
       <c r="J29" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K29" s="5">
         <f t="shared" si="3"/>
         <v>0.125</v>
       </c>
     </row>
     <row r="30" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A30" s="42"/>
       <c r="B30" s="43">
         <f t="shared" si="1"/>
-        <v>45887</v>
+        <v>46043</v>
       </c>
       <c r="C30" s="9"/>
       <c r="D30" s="19" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E30" s="19" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="F30" s="19" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="G30" s="19">
         <v>25</v>
       </c>
       <c r="H30" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I30" s="6">
         <f>SUM($G$6:G30)</f>
         <v>417</v>
       </c>
       <c r="J30" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K30" s="5">
         <f t="shared" si="3"/>
         <v>0.11750599520383694</v>
       </c>
     </row>
     <row r="31" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A31" s="42"/>
       <c r="B31" s="43">
         <f t="shared" si="1"/>
-        <v>45888</v>
+        <v>46043</v>
       </c>
       <c r="C31" s="9"/>
       <c r="D31" s="19" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E31" s="19" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="F31" s="19" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="G31" s="19">
         <v>8</v>
       </c>
       <c r="H31" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I31" s="6">
         <f>SUM($G$6:G31)</f>
         <v>425</v>
       </c>
       <c r="J31" s="56">
         <f t="shared" ref="J31:J32" si="4">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B31)</f>
         <v>49</v>
       </c>
       <c r="K31" s="5">
         <f t="shared" ref="K31:K32" si="5">J31/I31</f>
         <v>0.11529411764705882</v>
       </c>
     </row>
     <row r="32" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A32" s="42"/>
       <c r="B32" s="43">
         <f t="shared" si="1"/>
-        <v>45890</v>
+        <v>46045</v>
       </c>
       <c r="C32" s="9"/>
       <c r="D32" s="19" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="E32" s="19" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="F32" s="19" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="G32" s="19">
         <v>29</v>
       </c>
       <c r="H32" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I32" s="6">
         <f>SUM($G$6:G32)</f>
         <v>454</v>
       </c>
       <c r="J32" s="56">
         <f t="shared" si="4"/>
         <v>49</v>
       </c>
       <c r="K32" s="5">
         <f t="shared" si="5"/>
         <v>0.10792951541850221</v>
       </c>
     </row>
     <row r="33" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A33" s="44"/>
       <c r="B33" s="45">
         <f t="shared" si="1"/>
-        <v>45890</v>
+        <v>46045</v>
       </c>
       <c r="C33" s="18"/>
       <c r="D33" s="30"/>
       <c r="E33" s="47"/>
       <c r="F33" s="55" t="s">
         <v>52</v>
       </c>
       <c r="G33" s="47"/>
       <c r="H33" s="57" t="s">
         <v>56</v>
       </c>
       <c r="I33" s="58">
         <f>SUM($G$6:G33)</f>
         <v>454</v>
       </c>
       <c r="J33" s="59">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K33" s="20">
         <f t="shared" si="3"/>
         <v>0.10792951541850221</v>
       </c>
     </row>
     <row r="34" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A34" s="42"/>
       <c r="B34" s="43">
         <f t="shared" si="1"/>
-        <v>45894</v>
+        <v>46048</v>
       </c>
       <c r="C34" s="9"/>
       <c r="D34" s="39" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E34" s="19" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="F34" s="19" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G34" s="19">
         <v>51</v>
       </c>
       <c r="H34" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I34" s="6">
         <f>SUM($G$6:G34)</f>
         <v>505</v>
       </c>
       <c r="J34" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K34" s="5">
         <f t="shared" si="3"/>
         <v>9.7029702970297033E-2</v>
       </c>
     </row>
     <row r="35" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A35" s="42"/>
       <c r="B35" s="43">
         <f t="shared" si="1"/>
-        <v>45895</v>
+        <v>46048</v>
       </c>
       <c r="C35" s="9"/>
       <c r="D35" s="39" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E35" s="19" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="F35" s="19" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="G35" s="19">
         <v>9</v>
       </c>
       <c r="H35" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I35" s="6">
         <f>SUM($G$6:G35)</f>
         <v>514</v>
       </c>
       <c r="J35" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K35" s="5">
         <f t="shared" si="3"/>
         <v>9.5330739299610889E-2</v>
       </c>
     </row>
     <row r="36" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A36" s="42"/>
       <c r="B36" s="43">
         <f t="shared" si="1"/>
-        <v>45899</v>
+        <v>46051</v>
       </c>
       <c r="C36" s="9"/>
       <c r="D36" s="39" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E36" s="19" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="F36" s="19" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="G36" s="19">
         <v>47</v>
       </c>
       <c r="H36" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I36" s="6">
         <f>SUM($G$6:G36)</f>
         <v>561</v>
       </c>
       <c r="J36" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K36" s="5">
         <f t="shared" si="3"/>
         <v>8.7344028520499106E-2</v>
       </c>
     </row>
     <row r="37" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A37" s="42"/>
       <c r="B37" s="43">
         <f t="shared" si="1"/>
-        <v>45900</v>
+        <v>46051</v>
       </c>
       <c r="C37" s="9"/>
       <c r="D37" s="39" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E37" s="19" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="F37" s="19" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="G37" s="19">
         <v>6</v>
       </c>
       <c r="H37" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I37" s="6">
         <f>SUM($G$6:G37)</f>
         <v>567</v>
       </c>
       <c r="J37" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K37" s="5">
         <f t="shared" si="3"/>
         <v>8.6419753086419748E-2</v>
       </c>
     </row>
     <row r="38" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A38" s="42"/>
       <c r="B38" s="43">
         <f t="shared" si="1"/>
-        <v>45901</v>
+        <v>46052</v>
       </c>
       <c r="C38" s="9"/>
       <c r="D38" s="39" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E38" s="19" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="F38" s="19" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="G38" s="19">
         <v>13</v>
       </c>
       <c r="H38" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I38" s="6">
         <f>SUM($G$6:G38)</f>
         <v>580</v>
       </c>
       <c r="J38" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K38" s="5">
         <f t="shared" si="3"/>
         <v>8.4482758620689657E-2</v>
       </c>
     </row>
     <row r="39" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A39" s="42"/>
       <c r="B39" s="43">
         <f t="shared" si="1"/>
-        <v>45903</v>
+        <v>46054</v>
       </c>
       <c r="C39" s="9"/>
       <c r="D39" s="39" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E39" s="19" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="F39" s="19" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="G39" s="19">
         <v>31</v>
       </c>
       <c r="H39" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I39" s="6">
         <f>SUM($G$6:G39)</f>
         <v>611</v>
       </c>
       <c r="J39" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K39" s="5">
         <f t="shared" si="3"/>
         <v>8.0196399345335512E-2</v>
       </c>
     </row>
     <row r="40" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A40" s="42"/>
       <c r="B40" s="43">
         <f t="shared" si="1"/>
-        <v>45905</v>
+        <v>46055</v>
       </c>
       <c r="C40" s="9"/>
       <c r="D40" s="39" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E40" s="19" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="F40" s="19" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="G40" s="19">
         <v>19</v>
       </c>
       <c r="H40" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I40" s="6">
         <f>SUM($G$6:G40)</f>
         <v>630</v>
       </c>
       <c r="J40" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K40" s="5">
         <f t="shared" si="3"/>
         <v>7.7777777777777779E-2</v>
       </c>
     </row>
     <row r="41" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A41" s="42"/>
       <c r="B41" s="43">
         <f t="shared" si="1"/>
-        <v>45905</v>
+        <v>46055</v>
       </c>
       <c r="C41" s="9"/>
       <c r="D41" s="39" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E41" s="19" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="F41" s="19" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="G41" s="19">
         <v>7</v>
       </c>
       <c r="H41" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I41" s="6">
         <f>SUM($G$6:G41)</f>
         <v>637</v>
       </c>
       <c r="J41" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K41" s="5">
         <f t="shared" si="3"/>
         <v>7.6923076923076927E-2</v>
       </c>
     </row>
     <row r="42" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A42" s="42"/>
       <c r="B42" s="43">
         <f t="shared" si="1"/>
-        <v>45907</v>
+        <v>46056</v>
       </c>
       <c r="C42" s="9"/>
       <c r="D42" s="39" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E42" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="F42" s="19" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="G42" s="19">
         <v>22</v>
       </c>
       <c r="H42" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I42" s="6">
         <f>SUM($G$6:G42)</f>
         <v>659</v>
       </c>
       <c r="J42" s="56">
         <f t="shared" ref="J42" si="6">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B42)</f>
         <v>49</v>
       </c>
       <c r="K42" s="5">
         <f t="shared" ref="K42" si="7">J42/I42</f>
         <v>7.4355083459787558E-2</v>
       </c>
     </row>
     <row r="43" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A43" s="42"/>
       <c r="B43" s="43">
         <f t="shared" si="1"/>
-        <v>45909</v>
+        <v>46058</v>
       </c>
       <c r="C43" s="9"/>
       <c r="D43" s="39" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="E43" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="F43" s="19" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="G43" s="19">
         <v>21</v>
       </c>
       <c r="H43" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I43" s="6">
         <f>SUM($G$6:G43)</f>
         <v>680</v>
       </c>
       <c r="J43" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K43" s="5">
         <f t="shared" si="3"/>
         <v>7.2058823529411759E-2</v>
       </c>
     </row>
     <row r="44" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A44" s="44"/>
       <c r="B44" s="45">
         <f t="shared" si="1"/>
-        <v>45909</v>
+        <v>46058</v>
       </c>
       <c r="C44" s="18"/>
       <c r="D44" s="47"/>
       <c r="E44" s="47"/>
       <c r="F44" s="54" t="s">
         <v>53</v>
       </c>
       <c r="G44" s="47"/>
       <c r="H44" s="57" t="s">
         <v>56</v>
       </c>
       <c r="I44" s="58">
         <f>SUM($G$6:G44)</f>
         <v>680</v>
       </c>
       <c r="J44" s="59">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K44" s="20">
         <f t="shared" si="3"/>
         <v>7.2058823529411759E-2</v>
       </c>
     </row>
     <row r="45" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A45" s="42"/>
       <c r="B45" s="43">
         <f t="shared" si="1"/>
-        <v>45911</v>
+        <v>46059</v>
       </c>
       <c r="C45" s="9"/>
       <c r="D45" s="39" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="E45" s="19" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="F45" s="19" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="G45" s="19">
         <v>30</v>
       </c>
       <c r="H45" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I45" s="6">
         <f>SUM($G$6:G45)</f>
         <v>710</v>
       </c>
       <c r="J45" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K45" s="5">
         <f t="shared" si="3"/>
         <v>6.9014084507042259E-2</v>
       </c>
     </row>
     <row r="46" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A46" s="42"/>
       <c r="B46" s="43">
         <f t="shared" si="1"/>
-        <v>45913</v>
+        <v>46061</v>
       </c>
       <c r="C46" s="9"/>
       <c r="D46" s="39" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="E46" s="19" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="F46" s="19" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="G46" s="19">
         <v>24</v>
       </c>
       <c r="H46" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I46" s="6">
         <f>SUM($G$6:G46)</f>
         <v>734</v>
       </c>
       <c r="J46" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K46" s="5">
         <f t="shared" si="3"/>
         <v>6.67574931880109E-2</v>
       </c>
     </row>
     <row r="47" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A47" s="42"/>
       <c r="B47" s="43">
         <f t="shared" si="1"/>
-        <v>45915</v>
+        <v>46061</v>
       </c>
       <c r="C47" s="9"/>
       <c r="D47" s="39" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="E47" s="19" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="F47" s="19" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="G47" s="19">
         <v>13</v>
       </c>
       <c r="H47" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I47" s="6">
         <f>SUM($G$6:G47)</f>
         <v>747</v>
       </c>
       <c r="J47" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K47" s="5">
         <f t="shared" si="3"/>
         <v>6.5595716198125834E-2</v>
       </c>
     </row>
     <row r="48" spans="1:11" x14ac:dyDescent="0.2">
       <c r="A48" s="42"/>
       <c r="B48" s="43">
         <f t="shared" si="1"/>
-        <v>45916</v>
+        <v>46062</v>
       </c>
       <c r="C48" s="9"/>
       <c r="D48" s="39" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="E48" s="19" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="F48" s="19" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="G48" s="19">
         <v>15</v>
       </c>
       <c r="H48" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I48" s="6">
         <f>SUM($G$6:G48)</f>
         <v>762</v>
       </c>
       <c r="J48" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K48" s="5">
         <f t="shared" si="3"/>
         <v>6.4304461942257224E-2</v>
       </c>
     </row>
     <row r="49" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A49" s="42"/>
       <c r="B49" s="43">
         <f t="shared" si="1"/>
-        <v>45917</v>
+        <v>46063</v>
       </c>
       <c r="C49" s="9"/>
       <c r="D49" s="39" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="E49" s="19" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F49" s="19" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="G49" s="19">
         <v>12</v>
       </c>
       <c r="H49" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I49" s="6">
         <f>SUM($G$6:G49)</f>
         <v>774</v>
       </c>
       <c r="J49" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K49" s="5">
         <f t="shared" si="3"/>
         <v>6.3307493540051676E-2</v>
       </c>
     </row>
     <row r="50" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A50" s="42"/>
       <c r="B50" s="43">
         <f t="shared" si="1"/>
-        <v>45920</v>
+        <v>46065</v>
       </c>
       <c r="C50" s="9"/>
       <c r="D50" s="39" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="E50" s="19" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F50" s="19" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="G50" s="19">
         <v>36</v>
       </c>
       <c r="H50" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I50" s="6">
         <f>SUM($G$6:G50)</f>
         <v>810</v>
       </c>
       <c r="J50" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K50" s="5">
         <f t="shared" si="3"/>
         <v>6.0493827160493827E-2</v>
       </c>
     </row>
     <row r="51" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A51" s="42"/>
       <c r="B51" s="43">
         <f t="shared" si="1"/>
-        <v>45922</v>
+        <v>46066</v>
       </c>
       <c r="C51" s="9"/>
       <c r="D51" s="39" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="E51" s="19" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F51" s="19" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="G51" s="19">
         <v>27</v>
       </c>
       <c r="H51" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I51" s="6">
         <f>SUM($G$6:G51)</f>
         <v>837</v>
       </c>
       <c r="J51" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K51" s="5">
         <f t="shared" si="3"/>
         <v>5.8542413381123058E-2</v>
       </c>
     </row>
     <row r="52" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A52" s="42"/>
       <c r="B52" s="43">
         <f t="shared" ref="B52" si="8">B$6+VLOOKUP(F52,DayLookUp,4,FALSE)</f>
-        <v>45924</v>
+        <v>46067</v>
       </c>
       <c r="C52" s="9"/>
       <c r="D52" s="39" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="E52" s="19" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F52" s="19" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="G52" s="19">
         <v>21</v>
       </c>
       <c r="H52" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I52" s="6">
         <f>SUM($G$6:G52)</f>
         <v>858</v>
       </c>
       <c r="J52" s="56">
         <f t="shared" ref="J52" si="9">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B52)</f>
         <v>49</v>
       </c>
       <c r="K52" s="5">
         <f t="shared" ref="K52" si="10">J52/I52</f>
         <v>5.7109557109557112E-2</v>
       </c>
       <c r="M52"/>
     </row>
     <row r="53" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A53" s="42"/>
       <c r="B53" s="43">
         <f t="shared" si="1"/>
-        <v>45928</v>
+        <v>46070</v>
       </c>
       <c r="C53" s="9"/>
       <c r="D53" s="39" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="E53" s="19" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="F53" s="19" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="G53" s="19">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="H53" s="4" t="s">
         <v>56</v>
       </c>
       <c r="I53" s="6">
         <f>SUM($G$6:G53)</f>
-        <v>903</v>
+        <v>894</v>
       </c>
       <c r="J53" s="56">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K53" s="5">
         <f t="shared" si="3"/>
-        <v>5.4263565891472867E-2</v>
+        <v>5.4809843400447429E-2</v>
       </c>
       <c r="M53"/>
     </row>
     <row r="54" spans="1:13" x14ac:dyDescent="0.2">
       <c r="A54" s="48"/>
       <c r="B54" s="49">
         <f t="shared" si="1"/>
-        <v>45928</v>
+        <v>46070</v>
       </c>
       <c r="C54" s="23"/>
       <c r="D54" s="50"/>
       <c r="E54" s="50"/>
       <c r="F54" s="53" t="s">
         <v>54</v>
       </c>
       <c r="G54" s="50"/>
       <c r="H54" s="24" t="s">
         <v>56</v>
       </c>
       <c r="I54" s="60">
         <f>SUM($G$6:G54)</f>
-        <v>903</v>
+        <v>894</v>
       </c>
       <c r="J54" s="21">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
       <c r="K54" s="22">
         <f t="shared" si="3"/>
-        <v>5.4263565891472867E-2</v>
+        <v>5.4809843400447429E-2</v>
       </c>
     </row>
     <row r="55" spans="1:13" x14ac:dyDescent="0.2">
       <c r="B55" s="43"/>
       <c r="C55" s="43"/>
       <c r="H55" s="4"/>
       <c r="I55" s="6"/>
       <c r="J55" s="6"/>
       <c r="K55" s="10"/>
     </row>
     <row r="56" spans="1:13" x14ac:dyDescent="0.2">
       <c r="B56" s="13" t="s">
         <v>30</v>
       </c>
       <c r="C56" s="43"/>
       <c r="D56" s="34" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="57" spans="1:13" x14ac:dyDescent="0.2">
       <c r="B57" s="43"/>
       <c r="C57" s="43"/>
       <c r="D57" s="51" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
     </row>
     <row r="58" spans="1:13" x14ac:dyDescent="0.2">
       <c r="B58" s="16" t="s">
         <v>55</v>
       </c>
       <c r="C58" s="43"/>
       <c r="D58" s="52"/>
     </row>
     <row r="59" spans="1:13" x14ac:dyDescent="0.2">
       <c r="B59" s="43">
         <f>B62-1</f>
-        <v>45940</v>
+        <v>46075</v>
       </c>
       <c r="C59" s="43"/>
       <c r="D59" s="35" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="60" spans="1:13" x14ac:dyDescent="0.2">
       <c r="B60" s="43"/>
       <c r="C60" s="43"/>
       <c r="D60" s="36" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:13" x14ac:dyDescent="0.2">
       <c r="B61" s="43"/>
       <c r="C61" s="43"/>
       <c r="D61" s="36"/>
     </row>
     <row r="62" spans="1:13" x14ac:dyDescent="0.2">
       <c r="B62" s="43">
-        <f>B64-7</f>
-        <v>45941</v>
+        <f>B64-5</f>
+        <v>46076</v>
       </c>
       <c r="C62" s="43"/>
       <c r="D62" s="35" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
     </row>
     <row r="63" spans="1:13" x14ac:dyDescent="0.2">
       <c r="B63" s="43"/>
       <c r="C63" s="43"/>
       <c r="D63" s="35"/>
     </row>
     <row r="64" spans="1:13" x14ac:dyDescent="0.2">
       <c r="B64" s="43">
-        <f>B66-15</f>
-        <v>45948</v>
+        <f>B66-10</f>
+        <v>46081</v>
       </c>
       <c r="C64" s="43"/>
       <c r="D64" s="35" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="65" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B65" s="43"/>
       <c r="C65" s="43"/>
       <c r="D65" s="35"/>
     </row>
     <row r="66" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B66" s="43">
-        <f>B68-5</f>
-        <v>45963</v>
+        <f>B68-3</f>
+        <v>46091</v>
       </c>
       <c r="C66" s="43"/>
       <c r="D66" s="35" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
     </row>
     <row r="67" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B67" s="43"/>
       <c r="C67" s="43"/>
       <c r="D67" s="36"/>
     </row>
     <row r="68" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B68" s="43">
         <f>B70-10</f>
-        <v>45968</v>
+        <v>46094</v>
       </c>
       <c r="C68" s="43"/>
       <c r="D68" s="37" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
     </row>
     <row r="69" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B69" s="43"/>
       <c r="C69" s="43"/>
       <c r="D69" s="36"/>
     </row>
     <row r="70" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B70" s="17">
-        <v>45978</v>
+        <v>46104</v>
       </c>
       <c r="C70" s="11"/>
       <c r="D70" s="34" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="71" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B71" s="43"/>
       <c r="C71" s="43"/>
       <c r="D71" s="38"/>
     </row>
     <row r="72" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B72" s="43">
         <f>B70+1</f>
-        <v>45979</v>
+        <v>46105</v>
       </c>
       <c r="C72" s="43"/>
       <c r="D72" s="35" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="H1:I1"/>
   </mergeCells>
   <phoneticPr fontId="11" type="noConversion"/>
-  <dataValidations count="1">
+  <dataValidations disablePrompts="1" count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="H6:H55" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>"No,Yes"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="D57" r:id="rId1" xr:uid="{8A3D0884-437E-DF44-A6EE-9338468DC974}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="50" orientation="landscape"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri,Regular"&amp;K000000TIA Suggested Study Schedule - ILA LP Fall 2016&amp;R&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddHeader>
     <oddFooter>&amp;L&amp;"Calibri,Regular"&amp;K000000© 2016 The Infinite Actuary, LLC&amp;R&amp;"Calibri,Regular"&amp;K000000Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="B44:B51 C7:C8 J2:J3 B6:B17 B54 B38:B43 B52:B53 B18:B37" unlockedFormula="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor theme="2" tint="-9.9978637043366805E-2"/>
   </sheetPr>
@@ -5986,1120 +5972,1106 @@
       </c>
       <c r="B1" s="15"/>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>47</v>
       </c>
       <c r="B2" s="15"/>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="8" t="s">
         <v>35</v>
       </c>
       <c r="B4" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>37</v>
       </c>
       <c r="B5" s="12">
-        <v>45799</v>
+        <v>45985</v>
       </c>
       <c r="C5" t="s">
-        <v>68</v>
+        <v>129</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A6" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="B6" s="12"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A7" s="12" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="A7" s="12"/>
+      <c r="B7" s="12"/>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" s="12"/>
+      <c r="B8" s="12"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" s="12"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="12"/>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A11" s="12"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A12" s="12"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A13" s="12"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A2:I84"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="10.6640625" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="18.6640625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="119.1640625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.6640625" style="14"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
         <v>17</v>
       </c>
       <c r="B2" s="12">
         <f>StartDate</f>
-        <v>45853</v>
+        <v>46020</v>
       </c>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="12">
         <f>Schedule!B70</f>
-        <v>45978</v>
+        <v>46104</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" s="63">
         <f>B3-B2</f>
-        <v>125</v>
+        <v>84</v>
       </c>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>67</v>
       </c>
       <c r="B5" s="64">
         <v>0.6</v>
       </c>
       <c r="F5" s="14" t="s">
         <v>38</v>
       </c>
       <c r="G5" t="s">
         <v>42</v>
       </c>
       <c r="H5" t="s">
         <v>16</v>
       </c>
       <c r="I5" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
         <v>41</v>
       </c>
       <c r="B6">
         <f>ROUND(B4*B5,0)</f>
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="E6" s="19" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="F6" s="19">
         <v>9</v>
       </c>
       <c r="G6">
         <f>SUM($F$6:F6)/Core_pages</f>
-        <v>9.9667774086378731E-3</v>
+        <v>1.0067114093959731E-2</v>
       </c>
       <c r="H6">
         <f t="shared" ref="H6" si="0">INT(G6*$B$6)</f>
         <v>0</v>
       </c>
       <c r="I6" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.2">
       <c r="B7" s="65"/>
       <c r="E7" s="19" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="F7" s="19">
         <v>30</v>
       </c>
       <c r="G7">
         <f>SUM($F$6:F7)/Core_pages</f>
-        <v>4.3189368770764118E-2</v>
+        <v>4.3624161073825503E-2</v>
       </c>
       <c r="H7">
         <f t="shared" ref="H7:H19" si="1">INT(G7*$B$6)</f>
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="I7" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:9" x14ac:dyDescent="0.2">
       <c r="E8" s="19" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F8" s="19">
         <v>10</v>
       </c>
       <c r="G8">
         <f>SUM($F$6:F8)/Core_pages</f>
-        <v>5.4263565891472867E-2</v>
+        <v>5.4809843400447429E-2</v>
       </c>
       <c r="H8">
         <f t="shared" si="1"/>
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I8" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.2">
       <c r="E9" s="19" t="s">
         <v>50</v>
       </c>
       <c r="F9" s="19">
         <v>7</v>
       </c>
       <c r="G9">
         <f>SUM($F$6:F9)/Core_pages</f>
-        <v>6.2015503875968991E-2</v>
+        <v>6.2639821029082776E-2</v>
       </c>
       <c r="H9">
         <f t="shared" si="1"/>
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="I9" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>2</v>
       </c>
       <c r="B10" s="14">
         <f>SUM(F6:F1004)</f>
-        <v>903</v>
+        <v>894</v>
       </c>
       <c r="E10" s="19" t="s">
         <v>66</v>
       </c>
       <c r="F10" s="19">
         <v>31</v>
       </c>
       <c r="G10">
         <f>SUM($F$6:F10)/Core_pages</f>
-        <v>9.634551495016612E-2</v>
+        <v>9.7315436241610737E-2</v>
       </c>
       <c r="H10">
         <f t="shared" si="1"/>
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="I10" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>59</v>
       </c>
       <c r="B11">
         <f>SUM(Schedule!G6:G989)</f>
-        <v>903</v>
+        <v>894</v>
       </c>
       <c r="E11" s="19" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="F11" s="19">
         <v>30</v>
       </c>
       <c r="G11">
         <f>SUM($F$6:F11)/Core_pages</f>
-        <v>0.12956810631229235</v>
+        <v>0.13087248322147652</v>
       </c>
       <c r="H11">
         <f t="shared" si="1"/>
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="I11" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A12" t="s">
         <v>65</v>
       </c>
       <c r="B12">
         <f>B10-B11</f>
         <v>0</v>
       </c>
       <c r="E12" s="19" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="F12" s="19">
         <v>5</v>
       </c>
       <c r="G12">
         <f>SUM($F$6:F12)/Core_pages</f>
-        <v>0.13510520487264674</v>
+        <v>0.13646532438478748</v>
       </c>
       <c r="H12">
         <f t="shared" si="1"/>
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="I12" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.2">
       <c r="B13" s="12"/>
       <c r="E13" s="19" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="F13" s="19">
         <v>5</v>
       </c>
       <c r="G13">
         <f>SUM($F$6:F13)/Core_pages</f>
-        <v>0.1406423034330011</v>
+        <v>0.14205816554809844</v>
       </c>
       <c r="H13">
         <f t="shared" si="1"/>
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="I13" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.2">
       <c r="E14" s="19" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="F14" s="19">
         <v>31</v>
       </c>
       <c r="G14">
         <f>SUM($F$6:F14)/Core_pages</f>
-        <v>0.17497231450719822</v>
+        <v>0.1767337807606264</v>
       </c>
       <c r="H14">
         <f t="shared" si="1"/>
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="I14" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.2">
       <c r="E15" s="19" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="F15" s="19">
         <v>5</v>
       </c>
       <c r="G15">
         <f>SUM($F$6:F15)/Core_pages</f>
-        <v>0.18050941306755261</v>
+        <v>0.18232662192393737</v>
       </c>
       <c r="H15">
         <f t="shared" si="1"/>
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="I15" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.2">
       <c r="E16" s="19" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="F16" s="19">
         <v>7</v>
       </c>
       <c r="G16">
         <f>SUM($F$6:F16)/Core_pages</f>
-        <v>0.18826135105204872</v>
+        <v>0.19015659955257272</v>
       </c>
       <c r="H16">
         <f t="shared" si="1"/>
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="I16" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="17" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E17" s="19" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="F17" s="19">
         <v>11</v>
       </c>
       <c r="G17">
         <f>SUM($F$6:F17)/Core_pages</f>
-        <v>0.20044296788482835</v>
+        <v>0.20246085011185683</v>
       </c>
       <c r="H17">
         <f t="shared" si="1"/>
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="I17" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="18" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E18" s="19" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="F18" s="19">
         <v>16</v>
       </c>
       <c r="G18">
         <f>SUM($F$6:F18)/Core_pages</f>
-        <v>0.21816168327796234</v>
+        <v>0.2203579418344519</v>
       </c>
       <c r="H18">
         <f t="shared" si="1"/>
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="I18" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="19" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E19" s="19" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="F19" s="19">
         <v>11</v>
       </c>
       <c r="G19">
         <f>SUM($F$6:F19)/Core_pages</f>
-        <v>0.23034330011074197</v>
+        <v>0.23266219239373601</v>
       </c>
       <c r="H19">
         <f t="shared" si="1"/>
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="I19" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="20" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E20" s="39" t="s">
         <v>51</v>
       </c>
       <c r="F20" s="19">
         <v>0</v>
       </c>
       <c r="G20">
         <f>SUM($F$6:F20)/Core_pages</f>
-        <v>0.23034330011074197</v>
+        <v>0.23266219239373601</v>
       </c>
       <c r="H20">
         <f t="shared" ref="H20:H51" si="2">INT(G20*$B$6)</f>
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="I20" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="21" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E21" s="19" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="F21" s="19">
         <v>0</v>
       </c>
       <c r="G21">
         <f>SUM($F$6:F21)/Core_pages</f>
-        <v>0.23034330011074197</v>
+        <v>0.23266219239373601</v>
       </c>
       <c r="H21">
         <f t="shared" si="2"/>
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="I21" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="22" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E22" s="19" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F22" s="19">
         <v>66</v>
       </c>
       <c r="G22">
         <f>SUM($F$6:F22)/Core_pages</f>
-        <v>0.30343300110741972</v>
+        <v>0.30648769574944074</v>
       </c>
       <c r="H22">
         <f t="shared" si="2"/>
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I22" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="23" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E23" s="19" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="F23" s="19">
         <v>15</v>
       </c>
       <c r="G23">
         <f>SUM($F$6:F23)/Core_pages</f>
-        <v>0.32004429678848284</v>
+        <v>0.3232662192393736</v>
       </c>
       <c r="H23">
         <f t="shared" si="2"/>
-        <v>24</v>
+        <v>16</v>
       </c>
       <c r="I23" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="24" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E24" s="19" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="F24" s="19">
         <v>23</v>
       </c>
       <c r="G24">
         <f>SUM($F$6:F24)/Core_pages</f>
-        <v>0.34551495016611294</v>
+        <v>0.34899328859060402</v>
       </c>
       <c r="H24">
         <f t="shared" si="2"/>
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="I24" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="25" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E25" s="19" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="F25" s="19">
         <v>21</v>
       </c>
       <c r="G25">
         <f>SUM($F$6:F25)/Core_pages</f>
-        <v>0.3687707641196013</v>
+        <v>0.37248322147651008</v>
       </c>
       <c r="H25">
         <f t="shared" si="2"/>
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I25" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="26" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E26" s="19" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="F26" s="19">
         <v>4</v>
       </c>
       <c r="G26">
         <f>SUM($F$6:F26)/Core_pages</f>
-        <v>0.37320044296788485</v>
+        <v>0.37695749440715881</v>
       </c>
       <c r="H26">
         <f t="shared" si="2"/>
-        <v>27</v>
+        <v>18</v>
       </c>
       <c r="I26" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="27" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E27" s="19" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="F27" s="19">
         <v>13</v>
       </c>
       <c r="G27">
         <f>SUM($F$6:F27)/Core_pages</f>
-        <v>0.38759689922480622</v>
+        <v>0.39149888143176736</v>
       </c>
       <c r="H27">
         <f t="shared" si="2"/>
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="I27" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="28" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E28" s="19" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="F28" s="19">
         <v>7</v>
       </c>
       <c r="G28">
         <f>SUM($F$6:F28)/Core_pages</f>
-        <v>0.39534883720930231</v>
+        <v>0.39932885906040266</v>
       </c>
       <c r="H28">
         <f t="shared" si="2"/>
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="I28" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="29" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E29" s="19" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="F29" s="19">
         <v>35</v>
       </c>
       <c r="G29">
         <f>SUM($F$6:F29)/Core_pages</f>
-        <v>0.43410852713178294</v>
+        <v>0.43847874720357943</v>
       </c>
       <c r="H29">
         <f t="shared" si="2"/>
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="I29" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="30" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E30" s="19" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="F30" s="19">
         <v>25</v>
       </c>
       <c r="G30">
         <f>SUM($F$6:F30)/Core_pages</f>
-        <v>0.46179401993355484</v>
+        <v>0.46644295302013422</v>
       </c>
       <c r="H30">
         <f t="shared" si="2"/>
-        <v>34</v>
+        <v>23</v>
       </c>
       <c r="I30" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="31" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E31" s="19" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="F31" s="19">
         <v>8</v>
       </c>
       <c r="G31">
         <f>SUM($F$6:F31)/Core_pages</f>
-        <v>0.47065337763012183</v>
+        <v>0.47539149888143178</v>
       </c>
       <c r="H31">
         <f t="shared" si="2"/>
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="I31" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="32" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E32" s="19" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="F32" s="19">
         <v>29</v>
       </c>
       <c r="G32">
         <f>SUM($F$6:F32)/Core_pages</f>
-        <v>0.50276854928017722</v>
+        <v>0.50782997762863535</v>
       </c>
       <c r="H32">
         <f t="shared" ref="H32" si="3">INT(G32*$B$6)</f>
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="I32" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="33" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E33" s="39" t="s">
         <v>52</v>
       </c>
       <c r="F33" s="19">
         <v>0</v>
       </c>
       <c r="G33">
         <f>SUM($F$6:F33)/Core_pages</f>
-        <v>0.50276854928017722</v>
+        <v>0.50782997762863535</v>
       </c>
       <c r="H33">
         <f t="shared" si="2"/>
-        <v>37</v>
+        <v>25</v>
       </c>
       <c r="I33" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="34" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E34" s="19" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="F34" s="19">
         <v>51</v>
       </c>
       <c r="G34">
         <f>SUM($F$6:F34)/Core_pages</f>
-        <v>0.55924695459579177</v>
+        <v>0.56487695749440714</v>
       </c>
       <c r="H34">
         <f t="shared" si="2"/>
-        <v>41</v>
+        <v>28</v>
       </c>
       <c r="I34" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="35" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E35" s="19" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="F35" s="19">
         <v>9</v>
       </c>
       <c r="G35">
         <f>SUM($F$6:F35)/Core_pages</f>
-        <v>0.56921373200442971</v>
+        <v>0.57494407158836691</v>
       </c>
       <c r="H35">
         <f t="shared" si="2"/>
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="I35" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="36" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E36" s="19" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="F36" s="19">
         <v>47</v>
       </c>
       <c r="G36">
         <f>SUM($F$6:F36)/Core_pages</f>
-        <v>0.62126245847176076</v>
+        <v>0.62751677852348997</v>
       </c>
       <c r="H36">
         <f t="shared" si="2"/>
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="I36" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="37" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E37" s="19" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F37" s="19">
         <v>6</v>
       </c>
       <c r="G37">
         <f>SUM($F$6:F37)/Core_pages</f>
-        <v>0.62790697674418605</v>
+        <v>0.63422818791946312</v>
       </c>
       <c r="H37">
         <f t="shared" si="2"/>
-        <v>47</v>
+        <v>31</v>
       </c>
       <c r="I37" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="38" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E38" s="19" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="F38" s="19">
         <v>13</v>
       </c>
       <c r="G38">
         <f>SUM($F$6:F38)/Core_pages</f>
-        <v>0.64230343300110737</v>
+        <v>0.64876957494407161</v>
       </c>
       <c r="H38">
         <f t="shared" si="2"/>
-        <v>48</v>
+        <v>32</v>
       </c>
       <c r="I38" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="39" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E39" s="19" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="F39" s="19">
         <v>31</v>
       </c>
       <c r="G39">
         <f>SUM($F$6:F39)/Core_pages</f>
-        <v>0.67663344407530457</v>
+        <v>0.68344519015659955</v>
       </c>
       <c r="H39">
         <f t="shared" si="2"/>
-        <v>50</v>
+        <v>34</v>
       </c>
       <c r="I39" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="40" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E40" s="19" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="F40" s="19">
         <v>19</v>
       </c>
       <c r="G40">
         <f>SUM($F$6:F40)/Core_pages</f>
-        <v>0.69767441860465118</v>
+        <v>0.70469798657718119</v>
       </c>
       <c r="H40">
         <f t="shared" si="2"/>
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="I40" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="41" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E41" s="19" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="F41" s="19">
         <v>7</v>
       </c>
       <c r="G41">
         <f>SUM($F$6:F41)/Core_pages</f>
-        <v>0.70542635658914732</v>
+        <v>0.71252796420581654</v>
       </c>
       <c r="H41">
         <f t="shared" si="2"/>
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="I41" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="42" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E42" s="19" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="F42" s="19">
         <v>22</v>
       </c>
       <c r="G42">
         <f>SUM($F$6:F42)/Core_pages</f>
-        <v>0.72978959025470658</v>
+        <v>0.73713646532438482</v>
       </c>
       <c r="H42">
         <f>INT(G42*$B$6)</f>
-        <v>54</v>
+        <v>36</v>
       </c>
       <c r="I42" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="43" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E43" s="19" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="F43" s="19">
         <v>21</v>
       </c>
       <c r="G43">
         <f>SUM($F$6:F43)/Core_pages</f>
-        <v>0.75304540420819488</v>
+        <v>0.76062639821029088</v>
       </c>
       <c r="H43">
         <f t="shared" si="2"/>
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="I43" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="44" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E44" s="39" t="s">
         <v>53</v>
       </c>
       <c r="F44" s="19">
         <v>0</v>
       </c>
       <c r="G44">
         <f>SUM($F$6:F44)/Core_pages</f>
-        <v>0.75304540420819488</v>
+        <v>0.76062639821029088</v>
       </c>
       <c r="H44">
         <f t="shared" si="2"/>
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="I44" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="45" spans="5:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="E45" s="19" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F45" s="19">
         <v>30</v>
       </c>
       <c r="G45">
         <f>SUM($F$6:F45)/Core_pages</f>
-        <v>0.78626799557032112</v>
+        <v>0.7941834451901566</v>
       </c>
       <c r="H45">
         <f t="shared" si="2"/>
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="I45" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="46" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E46" s="19" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="F46" s="19">
         <v>24</v>
       </c>
       <c r="G46">
         <f>SUM($F$6:F46)/Core_pages</f>
-        <v>0.81284606866002218</v>
+        <v>0.82102908277404918</v>
       </c>
       <c r="H46">
         <f t="shared" si="2"/>
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="I46" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="47" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E47" s="19" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="F47" s="19">
         <v>13</v>
       </c>
       <c r="G47">
         <f>SUM($F$6:F47)/Core_pages</f>
-        <v>0.8272425249169435</v>
+        <v>0.83557046979865768</v>
       </c>
       <c r="H47">
         <f t="shared" si="2"/>
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="I47" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="48" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E48" s="19" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F48" s="19">
         <v>15</v>
       </c>
       <c r="G48">
         <f>SUM($F$6:F48)/Core_pages</f>
-        <v>0.84385382059800662</v>
+        <v>0.8523489932885906</v>
       </c>
       <c r="H48">
         <f t="shared" si="2"/>
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="I48" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="49" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E49" s="19" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="F49" s="19">
         <v>12</v>
       </c>
       <c r="G49">
         <f>SUM($F$6:F49)/Core_pages</f>
-        <v>0.8571428571428571</v>
+        <v>0.86577181208053688</v>
       </c>
       <c r="H49">
         <f t="shared" si="2"/>
-        <v>64</v>
+        <v>43</v>
       </c>
       <c r="I49" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="50" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E50" s="19" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="F50" s="19">
         <v>36</v>
       </c>
       <c r="G50">
         <f>SUM($F$6:F50)/Core_pages</f>
-        <v>0.89700996677740863</v>
+        <v>0.90604026845637586</v>
       </c>
       <c r="H50">
         <f t="shared" si="2"/>
-        <v>67</v>
+        <v>45</v>
       </c>
       <c r="I50" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="51" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E51" s="19" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="F51" s="19">
         <v>27</v>
       </c>
       <c r="G51">
         <f>SUM($F$6:F51)/Core_pages</f>
-        <v>0.92691029900332222</v>
+        <v>0.93624161073825507</v>
       </c>
       <c r="H51">
         <f t="shared" si="2"/>
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="I51" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="52" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E52" s="19" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F52" s="19">
         <v>21</v>
       </c>
       <c r="G52">
         <f>SUM($F$6:F52)/Core_pages</f>
-        <v>0.95016611295681064</v>
+        <v>0.95973154362416102</v>
       </c>
       <c r="H52">
         <f>INT(G52*$B$6)</f>
-        <v>71</v>
+        <v>47</v>
       </c>
       <c r="I52" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="53" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E53" s="19" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="F53" s="19">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="G53">
         <f>SUM($F$6:F53)/Core_pages</f>
         <v>1</v>
       </c>
       <c r="H53">
         <f>INT(G53*$B$6)</f>
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="I53" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="54" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E54" s="39" t="s">
         <v>54</v>
       </c>
       <c r="F54" s="19">
         <v>0</v>
       </c>
       <c r="G54">
         <f>SUM($F$6:F54)/Core_pages</f>
         <v>1</v>
       </c>
       <c r="H54">
         <f>INT(G54*$B$6)</f>
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="I54" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="56" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E56" s="19"/>
       <c r="F56" s="19"/>
     </row>
     <row r="57" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E57" s="19"/>
       <c r="F57" s="19"/>
     </row>
     <row r="58" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E58" s="19"/>
       <c r="F58" s="19"/>
     </row>
     <row r="59" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E59" s="19"/>
       <c r="F59" s="19"/>
     </row>
     <row r="60" spans="5:9" x14ac:dyDescent="0.2">
       <c r="E60" s="19"/>
       <c r="F60" s="19"/>
     </row>