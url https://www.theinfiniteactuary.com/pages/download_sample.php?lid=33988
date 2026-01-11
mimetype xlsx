--- v0 (2025-11-13)
+++ v1 (2026-01-11)
@@ -1,105 +1,1897 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10913"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11116"/>
   <workbookPr updateLinks="never"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/zacharyfischer/Dropbox/ERM/ERM Production/Scheduled Updates Spreadsheet/Fall 2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/zacharyfischer/Dropbox/ERM/ERM Production/Scheduled Updates Spreadsheet/Spring 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{4417DDE5-6D9C-F848-86A4-6FC06BB21CC3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E8FD4896-CCD8-7C4C-A58E-2CFD572FB6D0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="20460" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="At-A-Glance" sheetId="7" r:id="rId1"/>
-    <sheet name="Updates" sheetId="10" r:id="rId2"/>
-    <sheet name="Lists" sheetId="6" state="hidden" r:id="rId3"/>
+    <sheet name="Updates_Spring2026" sheetId="11" r:id="rId2"/>
+    <sheet name="Updates_Fall2025" sheetId="10" r:id="rId3"/>
+    <sheet name="Lists" sheetId="6" state="hidden" r:id="rId4"/>
   </sheets>
   <externalReferences>
-    <externalReference r:id="rId4"/>
+    <externalReference r:id="rId5"/>
   </externalReferences>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Updates!$B$6:$F$1793</definedName>
-    <definedName name="D" localSheetId="1">Updates!#REF!</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">Updates_Fall2025!$B$6:$F$1793</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Updates_Spring2026!$B$6:$F$1793</definedName>
+    <definedName name="D" localSheetId="2">Updates_Fall2025!#REF!</definedName>
+    <definedName name="D" localSheetId="1">Updates_Spring2026!#REF!</definedName>
     <definedName name="D">#REF!</definedName>
-    <definedName name="Estimatedte" localSheetId="1">Updates!#REF!</definedName>
+    <definedName name="Estimatedte" localSheetId="2">Updates_Fall2025!#REF!</definedName>
+    <definedName name="Estimatedte" localSheetId="1">Updates_Spring2026!#REF!</definedName>
     <definedName name="Estimatedte">#REF!</definedName>
+    <definedName name="Types" localSheetId="2">[1]Lists!$A$3:$A$9</definedName>
     <definedName name="Types" localSheetId="1">[1]Lists!$A$3:$A$9</definedName>
     <definedName name="Types">Lists!$A$3:$A$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr defaultImageDpi="32767"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="A1793" i="10" l="1"/>
+  <c r="A1793" i="11" l="1"/>
+  <c r="A1792" i="11"/>
+  <c r="A1791" i="11"/>
+  <c r="A1790" i="11"/>
+  <c r="A1789" i="11"/>
+  <c r="A1788" i="11"/>
+  <c r="A1787" i="11"/>
+  <c r="A1786" i="11"/>
+  <c r="A1785" i="11"/>
+  <c r="A1784" i="11"/>
+  <c r="A1783" i="11"/>
+  <c r="A1782" i="11"/>
+  <c r="A1781" i="11"/>
+  <c r="A1780" i="11"/>
+  <c r="A1779" i="11"/>
+  <c r="A1778" i="11"/>
+  <c r="A1777" i="11"/>
+  <c r="A1776" i="11"/>
+  <c r="A1775" i="11"/>
+  <c r="A1774" i="11"/>
+  <c r="A1773" i="11"/>
+  <c r="A1772" i="11"/>
+  <c r="A1771" i="11"/>
+  <c r="A1770" i="11"/>
+  <c r="A1769" i="11"/>
+  <c r="A1768" i="11"/>
+  <c r="A1767" i="11"/>
+  <c r="A1766" i="11"/>
+  <c r="A1765" i="11"/>
+  <c r="A1764" i="11"/>
+  <c r="A1763" i="11"/>
+  <c r="A1762" i="11"/>
+  <c r="A1761" i="11"/>
+  <c r="A1760" i="11"/>
+  <c r="A1759" i="11"/>
+  <c r="A1758" i="11"/>
+  <c r="A1757" i="11"/>
+  <c r="A1756" i="11"/>
+  <c r="A1755" i="11"/>
+  <c r="A1754" i="11"/>
+  <c r="A1753" i="11"/>
+  <c r="A1752" i="11"/>
+  <c r="A1751" i="11"/>
+  <c r="A1750" i="11"/>
+  <c r="A1749" i="11"/>
+  <c r="A1748" i="11"/>
+  <c r="A1747" i="11"/>
+  <c r="A1746" i="11"/>
+  <c r="A1745" i="11"/>
+  <c r="A1744" i="11"/>
+  <c r="A1743" i="11"/>
+  <c r="A1742" i="11"/>
+  <c r="A1741" i="11"/>
+  <c r="A1740" i="11"/>
+  <c r="A1739" i="11"/>
+  <c r="A1738" i="11"/>
+  <c r="A1737" i="11"/>
+  <c r="A1736" i="11"/>
+  <c r="A1735" i="11"/>
+  <c r="A1734" i="11"/>
+  <c r="A1733" i="11"/>
+  <c r="A1732" i="11"/>
+  <c r="A1731" i="11"/>
+  <c r="A1730" i="11"/>
+  <c r="A1729" i="11"/>
+  <c r="A1728" i="11"/>
+  <c r="A1727" i="11"/>
+  <c r="A1726" i="11"/>
+  <c r="A1725" i="11"/>
+  <c r="A1724" i="11"/>
+  <c r="A1723" i="11"/>
+  <c r="A1722" i="11"/>
+  <c r="A1721" i="11"/>
+  <c r="A1720" i="11"/>
+  <c r="A1719" i="11"/>
+  <c r="A1718" i="11"/>
+  <c r="A1717" i="11"/>
+  <c r="A1716" i="11"/>
+  <c r="A1715" i="11"/>
+  <c r="A1714" i="11"/>
+  <c r="A1713" i="11"/>
+  <c r="A1712" i="11"/>
+  <c r="A1711" i="11"/>
+  <c r="A1710" i="11"/>
+  <c r="A1709" i="11"/>
+  <c r="A1708" i="11"/>
+  <c r="A1707" i="11"/>
+  <c r="A1706" i="11"/>
+  <c r="A1705" i="11"/>
+  <c r="A1704" i="11"/>
+  <c r="A1703" i="11"/>
+  <c r="A1702" i="11"/>
+  <c r="A1701" i="11"/>
+  <c r="A1700" i="11"/>
+  <c r="A1699" i="11"/>
+  <c r="A1698" i="11"/>
+  <c r="A1697" i="11"/>
+  <c r="A1696" i="11"/>
+  <c r="A1695" i="11"/>
+  <c r="A1694" i="11"/>
+  <c r="A1693" i="11"/>
+  <c r="A1692" i="11"/>
+  <c r="A1691" i="11"/>
+  <c r="A1690" i="11"/>
+  <c r="A1689" i="11"/>
+  <c r="A1688" i="11"/>
+  <c r="A1687" i="11"/>
+  <c r="A1686" i="11"/>
+  <c r="A1685" i="11"/>
+  <c r="A1684" i="11"/>
+  <c r="A1683" i="11"/>
+  <c r="A1682" i="11"/>
+  <c r="A1681" i="11"/>
+  <c r="A1680" i="11"/>
+  <c r="A1679" i="11"/>
+  <c r="A1678" i="11"/>
+  <c r="A1677" i="11"/>
+  <c r="A1676" i="11"/>
+  <c r="A1675" i="11"/>
+  <c r="A1674" i="11"/>
+  <c r="A1673" i="11"/>
+  <c r="A1672" i="11"/>
+  <c r="A1671" i="11"/>
+  <c r="A1670" i="11"/>
+  <c r="A1669" i="11"/>
+  <c r="A1668" i="11"/>
+  <c r="A1667" i="11"/>
+  <c r="A1666" i="11"/>
+  <c r="A1665" i="11"/>
+  <c r="A1664" i="11"/>
+  <c r="A1663" i="11"/>
+  <c r="A1662" i="11"/>
+  <c r="A1661" i="11"/>
+  <c r="A1660" i="11"/>
+  <c r="A1659" i="11"/>
+  <c r="A1658" i="11"/>
+  <c r="A1657" i="11"/>
+  <c r="A1656" i="11"/>
+  <c r="A1655" i="11"/>
+  <c r="A1654" i="11"/>
+  <c r="A1653" i="11"/>
+  <c r="A1652" i="11"/>
+  <c r="A1651" i="11"/>
+  <c r="A1650" i="11"/>
+  <c r="A1649" i="11"/>
+  <c r="A1648" i="11"/>
+  <c r="A1647" i="11"/>
+  <c r="A1646" i="11"/>
+  <c r="A1645" i="11"/>
+  <c r="A1644" i="11"/>
+  <c r="A1643" i="11"/>
+  <c r="A1642" i="11"/>
+  <c r="A1641" i="11"/>
+  <c r="A1640" i="11"/>
+  <c r="A1639" i="11"/>
+  <c r="A1638" i="11"/>
+  <c r="A1637" i="11"/>
+  <c r="A1636" i="11"/>
+  <c r="A1635" i="11"/>
+  <c r="A1634" i="11"/>
+  <c r="A1633" i="11"/>
+  <c r="A1632" i="11"/>
+  <c r="A1631" i="11"/>
+  <c r="A1630" i="11"/>
+  <c r="A1629" i="11"/>
+  <c r="A1628" i="11"/>
+  <c r="A1627" i="11"/>
+  <c r="A1626" i="11"/>
+  <c r="A1625" i="11"/>
+  <c r="A1624" i="11"/>
+  <c r="A1623" i="11"/>
+  <c r="A1622" i="11"/>
+  <c r="A1621" i="11"/>
+  <c r="A1620" i="11"/>
+  <c r="A1619" i="11"/>
+  <c r="A1618" i="11"/>
+  <c r="A1617" i="11"/>
+  <c r="A1616" i="11"/>
+  <c r="A1615" i="11"/>
+  <c r="A1614" i="11"/>
+  <c r="A1613" i="11"/>
+  <c r="A1612" i="11"/>
+  <c r="A1611" i="11"/>
+  <c r="A1610" i="11"/>
+  <c r="A1609" i="11"/>
+  <c r="A1608" i="11"/>
+  <c r="A1607" i="11"/>
+  <c r="A1606" i="11"/>
+  <c r="A1605" i="11"/>
+  <c r="A1604" i="11"/>
+  <c r="A1603" i="11"/>
+  <c r="A1602" i="11"/>
+  <c r="A1601" i="11"/>
+  <c r="A1600" i="11"/>
+  <c r="A1599" i="11"/>
+  <c r="A1598" i="11"/>
+  <c r="A1597" i="11"/>
+  <c r="A1596" i="11"/>
+  <c r="A1595" i="11"/>
+  <c r="A1594" i="11"/>
+  <c r="A1593" i="11"/>
+  <c r="A1592" i="11"/>
+  <c r="A1591" i="11"/>
+  <c r="A1590" i="11"/>
+  <c r="A1589" i="11"/>
+  <c r="A1588" i="11"/>
+  <c r="A1587" i="11"/>
+  <c r="A1586" i="11"/>
+  <c r="A1585" i="11"/>
+  <c r="A1584" i="11"/>
+  <c r="A1583" i="11"/>
+  <c r="A1582" i="11"/>
+  <c r="A1581" i="11"/>
+  <c r="A1580" i="11"/>
+  <c r="A1579" i="11"/>
+  <c r="A1578" i="11"/>
+  <c r="A1577" i="11"/>
+  <c r="A1576" i="11"/>
+  <c r="A1575" i="11"/>
+  <c r="A1574" i="11"/>
+  <c r="A1573" i="11"/>
+  <c r="A1572" i="11"/>
+  <c r="A1571" i="11"/>
+  <c r="A1570" i="11"/>
+  <c r="A1569" i="11"/>
+  <c r="A1568" i="11"/>
+  <c r="A1567" i="11"/>
+  <c r="A1566" i="11"/>
+  <c r="A1565" i="11"/>
+  <c r="A1564" i="11"/>
+  <c r="A1563" i="11"/>
+  <c r="A1562" i="11"/>
+  <c r="A1561" i="11"/>
+  <c r="A1560" i="11"/>
+  <c r="A1559" i="11"/>
+  <c r="A1558" i="11"/>
+  <c r="A1557" i="11"/>
+  <c r="A1556" i="11"/>
+  <c r="A1555" i="11"/>
+  <c r="A1554" i="11"/>
+  <c r="A1553" i="11"/>
+  <c r="A1552" i="11"/>
+  <c r="A1551" i="11"/>
+  <c r="A1550" i="11"/>
+  <c r="A1549" i="11"/>
+  <c r="A1548" i="11"/>
+  <c r="A1547" i="11"/>
+  <c r="A1546" i="11"/>
+  <c r="A1545" i="11"/>
+  <c r="A1544" i="11"/>
+  <c r="A1543" i="11"/>
+  <c r="A1542" i="11"/>
+  <c r="A1541" i="11"/>
+  <c r="A1540" i="11"/>
+  <c r="A1539" i="11"/>
+  <c r="A1538" i="11"/>
+  <c r="A1537" i="11"/>
+  <c r="A1536" i="11"/>
+  <c r="A1535" i="11"/>
+  <c r="A1534" i="11"/>
+  <c r="A1533" i="11"/>
+  <c r="A1532" i="11"/>
+  <c r="A1531" i="11"/>
+  <c r="A1530" i="11"/>
+  <c r="A1529" i="11"/>
+  <c r="A1528" i="11"/>
+  <c r="A1527" i="11"/>
+  <c r="A1526" i="11"/>
+  <c r="A1525" i="11"/>
+  <c r="A1524" i="11"/>
+  <c r="A1523" i="11"/>
+  <c r="A1522" i="11"/>
+  <c r="A1521" i="11"/>
+  <c r="A1520" i="11"/>
+  <c r="A1519" i="11"/>
+  <c r="A1518" i="11"/>
+  <c r="A1517" i="11"/>
+  <c r="A1516" i="11"/>
+  <c r="A1515" i="11"/>
+  <c r="A1514" i="11"/>
+  <c r="A1513" i="11"/>
+  <c r="A1512" i="11"/>
+  <c r="A1511" i="11"/>
+  <c r="A1510" i="11"/>
+  <c r="A1509" i="11"/>
+  <c r="A1508" i="11"/>
+  <c r="A1507" i="11"/>
+  <c r="A1506" i="11"/>
+  <c r="A1505" i="11"/>
+  <c r="A1504" i="11"/>
+  <c r="A1503" i="11"/>
+  <c r="A1502" i="11"/>
+  <c r="A1501" i="11"/>
+  <c r="A1500" i="11"/>
+  <c r="A1499" i="11"/>
+  <c r="A1498" i="11"/>
+  <c r="A1497" i="11"/>
+  <c r="A1496" i="11"/>
+  <c r="A1495" i="11"/>
+  <c r="A1494" i="11"/>
+  <c r="A1493" i="11"/>
+  <c r="A1492" i="11"/>
+  <c r="A1491" i="11"/>
+  <c r="A1490" i="11"/>
+  <c r="A1489" i="11"/>
+  <c r="A1488" i="11"/>
+  <c r="A1487" i="11"/>
+  <c r="A1486" i="11"/>
+  <c r="A1485" i="11"/>
+  <c r="A1484" i="11"/>
+  <c r="A1483" i="11"/>
+  <c r="A1482" i="11"/>
+  <c r="A1481" i="11"/>
+  <c r="A1480" i="11"/>
+  <c r="A1479" i="11"/>
+  <c r="A1478" i="11"/>
+  <c r="A1477" i="11"/>
+  <c r="A1476" i="11"/>
+  <c r="A1475" i="11"/>
+  <c r="A1474" i="11"/>
+  <c r="A1473" i="11"/>
+  <c r="A1472" i="11"/>
+  <c r="A1471" i="11"/>
+  <c r="A1470" i="11"/>
+  <c r="A1469" i="11"/>
+  <c r="A1468" i="11"/>
+  <c r="A1467" i="11"/>
+  <c r="A1466" i="11"/>
+  <c r="A1465" i="11"/>
+  <c r="A1464" i="11"/>
+  <c r="A1463" i="11"/>
+  <c r="A1462" i="11"/>
+  <c r="A1461" i="11"/>
+  <c r="A1460" i="11"/>
+  <c r="A1459" i="11"/>
+  <c r="A1458" i="11"/>
+  <c r="A1457" i="11"/>
+  <c r="A1456" i="11"/>
+  <c r="A1455" i="11"/>
+  <c r="A1454" i="11"/>
+  <c r="A1453" i="11"/>
+  <c r="A1452" i="11"/>
+  <c r="A1451" i="11"/>
+  <c r="A1450" i="11"/>
+  <c r="A1449" i="11"/>
+  <c r="A1448" i="11"/>
+  <c r="A1447" i="11"/>
+  <c r="A1446" i="11"/>
+  <c r="A1445" i="11"/>
+  <c r="A1444" i="11"/>
+  <c r="A1443" i="11"/>
+  <c r="A1442" i="11"/>
+  <c r="A1441" i="11"/>
+  <c r="A1440" i="11"/>
+  <c r="A1439" i="11"/>
+  <c r="A1438" i="11"/>
+  <c r="A1437" i="11"/>
+  <c r="A1436" i="11"/>
+  <c r="A1435" i="11"/>
+  <c r="A1434" i="11"/>
+  <c r="A1433" i="11"/>
+  <c r="A1432" i="11"/>
+  <c r="A1431" i="11"/>
+  <c r="A1430" i="11"/>
+  <c r="A1429" i="11"/>
+  <c r="A1428" i="11"/>
+  <c r="A1427" i="11"/>
+  <c r="A1426" i="11"/>
+  <c r="A1425" i="11"/>
+  <c r="A1424" i="11"/>
+  <c r="A1423" i="11"/>
+  <c r="A1422" i="11"/>
+  <c r="A1421" i="11"/>
+  <c r="A1420" i="11"/>
+  <c r="A1419" i="11"/>
+  <c r="A1418" i="11"/>
+  <c r="A1417" i="11"/>
+  <c r="A1416" i="11"/>
+  <c r="A1415" i="11"/>
+  <c r="A1414" i="11"/>
+  <c r="A1413" i="11"/>
+  <c r="A1412" i="11"/>
+  <c r="A1411" i="11"/>
+  <c r="A1410" i="11"/>
+  <c r="A1409" i="11"/>
+  <c r="A1408" i="11"/>
+  <c r="A1407" i="11"/>
+  <c r="A1406" i="11"/>
+  <c r="A1405" i="11"/>
+  <c r="A1404" i="11"/>
+  <c r="A1403" i="11"/>
+  <c r="A1402" i="11"/>
+  <c r="A1401" i="11"/>
+  <c r="A1400" i="11"/>
+  <c r="A1399" i="11"/>
+  <c r="A1398" i="11"/>
+  <c r="A1397" i="11"/>
+  <c r="A1396" i="11"/>
+  <c r="A1395" i="11"/>
+  <c r="A1394" i="11"/>
+  <c r="A1393" i="11"/>
+  <c r="A1392" i="11"/>
+  <c r="A1391" i="11"/>
+  <c r="A1390" i="11"/>
+  <c r="A1389" i="11"/>
+  <c r="A1388" i="11"/>
+  <c r="A1387" i="11"/>
+  <c r="A1386" i="11"/>
+  <c r="A1385" i="11"/>
+  <c r="A1384" i="11"/>
+  <c r="A1383" i="11"/>
+  <c r="A1382" i="11"/>
+  <c r="A1381" i="11"/>
+  <c r="A1380" i="11"/>
+  <c r="A1379" i="11"/>
+  <c r="A1378" i="11"/>
+  <c r="A1377" i="11"/>
+  <c r="A1376" i="11"/>
+  <c r="A1375" i="11"/>
+  <c r="A1374" i="11"/>
+  <c r="A1373" i="11"/>
+  <c r="A1372" i="11"/>
+  <c r="A1371" i="11"/>
+  <c r="A1370" i="11"/>
+  <c r="A1369" i="11"/>
+  <c r="A1368" i="11"/>
+  <c r="A1367" i="11"/>
+  <c r="A1366" i="11"/>
+  <c r="A1365" i="11"/>
+  <c r="A1364" i="11"/>
+  <c r="A1363" i="11"/>
+  <c r="A1362" i="11"/>
+  <c r="A1361" i="11"/>
+  <c r="A1360" i="11"/>
+  <c r="A1359" i="11"/>
+  <c r="A1358" i="11"/>
+  <c r="A1357" i="11"/>
+  <c r="A1356" i="11"/>
+  <c r="A1355" i="11"/>
+  <c r="A1354" i="11"/>
+  <c r="A1353" i="11"/>
+  <c r="A1352" i="11"/>
+  <c r="A1351" i="11"/>
+  <c r="A1350" i="11"/>
+  <c r="A1349" i="11"/>
+  <c r="A1348" i="11"/>
+  <c r="A1347" i="11"/>
+  <c r="A1346" i="11"/>
+  <c r="A1345" i="11"/>
+  <c r="A1344" i="11"/>
+  <c r="A1343" i="11"/>
+  <c r="A1342" i="11"/>
+  <c r="A1341" i="11"/>
+  <c r="A1340" i="11"/>
+  <c r="A1339" i="11"/>
+  <c r="A1338" i="11"/>
+  <c r="A1337" i="11"/>
+  <c r="A1336" i="11"/>
+  <c r="A1335" i="11"/>
+  <c r="A1334" i="11"/>
+  <c r="A1333" i="11"/>
+  <c r="A1332" i="11"/>
+  <c r="A1331" i="11"/>
+  <c r="A1330" i="11"/>
+  <c r="A1329" i="11"/>
+  <c r="A1328" i="11"/>
+  <c r="A1327" i="11"/>
+  <c r="A1326" i="11"/>
+  <c r="A1325" i="11"/>
+  <c r="A1324" i="11"/>
+  <c r="A1323" i="11"/>
+  <c r="A1322" i="11"/>
+  <c r="A1321" i="11"/>
+  <c r="A1320" i="11"/>
+  <c r="A1319" i="11"/>
+  <c r="A1318" i="11"/>
+  <c r="A1317" i="11"/>
+  <c r="A1316" i="11"/>
+  <c r="A1315" i="11"/>
+  <c r="A1314" i="11"/>
+  <c r="A1313" i="11"/>
+  <c r="A1312" i="11"/>
+  <c r="A1311" i="11"/>
+  <c r="A1310" i="11"/>
+  <c r="A1309" i="11"/>
+  <c r="A1308" i="11"/>
+  <c r="A1307" i="11"/>
+  <c r="A1306" i="11"/>
+  <c r="A1305" i="11"/>
+  <c r="A1304" i="11"/>
+  <c r="A1303" i="11"/>
+  <c r="A1302" i="11"/>
+  <c r="A1301" i="11"/>
+  <c r="A1300" i="11"/>
+  <c r="A1299" i="11"/>
+  <c r="A1298" i="11"/>
+  <c r="A1297" i="11"/>
+  <c r="A1296" i="11"/>
+  <c r="A1295" i="11"/>
+  <c r="A1294" i="11"/>
+  <c r="A1293" i="11"/>
+  <c r="A1292" i="11"/>
+  <c r="A1291" i="11"/>
+  <c r="A1290" i="11"/>
+  <c r="A1289" i="11"/>
+  <c r="A1288" i="11"/>
+  <c r="A1287" i="11"/>
+  <c r="A1286" i="11"/>
+  <c r="A1285" i="11"/>
+  <c r="A1284" i="11"/>
+  <c r="A1283" i="11"/>
+  <c r="A1282" i="11"/>
+  <c r="A1281" i="11"/>
+  <c r="A1280" i="11"/>
+  <c r="A1279" i="11"/>
+  <c r="A1278" i="11"/>
+  <c r="A1277" i="11"/>
+  <c r="A1276" i="11"/>
+  <c r="A1275" i="11"/>
+  <c r="A1274" i="11"/>
+  <c r="A1273" i="11"/>
+  <c r="A1272" i="11"/>
+  <c r="A1271" i="11"/>
+  <c r="A1270" i="11"/>
+  <c r="A1269" i="11"/>
+  <c r="A1268" i="11"/>
+  <c r="A1267" i="11"/>
+  <c r="A1266" i="11"/>
+  <c r="A1265" i="11"/>
+  <c r="A1264" i="11"/>
+  <c r="A1263" i="11"/>
+  <c r="A1262" i="11"/>
+  <c r="A1261" i="11"/>
+  <c r="A1260" i="11"/>
+  <c r="A1259" i="11"/>
+  <c r="A1258" i="11"/>
+  <c r="A1257" i="11"/>
+  <c r="A1256" i="11"/>
+  <c r="A1255" i="11"/>
+  <c r="A1254" i="11"/>
+  <c r="A1253" i="11"/>
+  <c r="A1252" i="11"/>
+  <c r="A1251" i="11"/>
+  <c r="A1250" i="11"/>
+  <c r="A1249" i="11"/>
+  <c r="A1248" i="11"/>
+  <c r="A1247" i="11"/>
+  <c r="A1246" i="11"/>
+  <c r="A1245" i="11"/>
+  <c r="A1244" i="11"/>
+  <c r="A1243" i="11"/>
+  <c r="A1242" i="11"/>
+  <c r="A1241" i="11"/>
+  <c r="A1240" i="11"/>
+  <c r="A1239" i="11"/>
+  <c r="A1238" i="11"/>
+  <c r="A1237" i="11"/>
+  <c r="A1236" i="11"/>
+  <c r="A1235" i="11"/>
+  <c r="A1234" i="11"/>
+  <c r="A1233" i="11"/>
+  <c r="A1232" i="11"/>
+  <c r="A1231" i="11"/>
+  <c r="A1230" i="11"/>
+  <c r="A1229" i="11"/>
+  <c r="A1228" i="11"/>
+  <c r="A1227" i="11"/>
+  <c r="A1226" i="11"/>
+  <c r="A1225" i="11"/>
+  <c r="A1224" i="11"/>
+  <c r="A1223" i="11"/>
+  <c r="A1222" i="11"/>
+  <c r="A1221" i="11"/>
+  <c r="A1220" i="11"/>
+  <c r="A1219" i="11"/>
+  <c r="A1218" i="11"/>
+  <c r="A1217" i="11"/>
+  <c r="A1216" i="11"/>
+  <c r="A1215" i="11"/>
+  <c r="A1214" i="11"/>
+  <c r="A1213" i="11"/>
+  <c r="A1212" i="11"/>
+  <c r="A1211" i="11"/>
+  <c r="A1210" i="11"/>
+  <c r="A1209" i="11"/>
+  <c r="A1208" i="11"/>
+  <c r="A1207" i="11"/>
+  <c r="A1206" i="11"/>
+  <c r="A1205" i="11"/>
+  <c r="A1204" i="11"/>
+  <c r="A1203" i="11"/>
+  <c r="A1202" i="11"/>
+  <c r="A1201" i="11"/>
+  <c r="A1200" i="11"/>
+  <c r="A1199" i="11"/>
+  <c r="A1198" i="11"/>
+  <c r="A1197" i="11"/>
+  <c r="A1196" i="11"/>
+  <c r="A1195" i="11"/>
+  <c r="A1194" i="11"/>
+  <c r="A1193" i="11"/>
+  <c r="A1192" i="11"/>
+  <c r="A1191" i="11"/>
+  <c r="A1190" i="11"/>
+  <c r="A1189" i="11"/>
+  <c r="A1188" i="11"/>
+  <c r="A1187" i="11"/>
+  <c r="A1186" i="11"/>
+  <c r="A1185" i="11"/>
+  <c r="A1184" i="11"/>
+  <c r="A1183" i="11"/>
+  <c r="A1182" i="11"/>
+  <c r="A1181" i="11"/>
+  <c r="A1180" i="11"/>
+  <c r="A1179" i="11"/>
+  <c r="A1178" i="11"/>
+  <c r="A1177" i="11"/>
+  <c r="A1176" i="11"/>
+  <c r="A1175" i="11"/>
+  <c r="A1174" i="11"/>
+  <c r="A1173" i="11"/>
+  <c r="A1172" i="11"/>
+  <c r="A1171" i="11"/>
+  <c r="A1170" i="11"/>
+  <c r="A1169" i="11"/>
+  <c r="A1168" i="11"/>
+  <c r="A1167" i="11"/>
+  <c r="A1166" i="11"/>
+  <c r="A1165" i="11"/>
+  <c r="A1164" i="11"/>
+  <c r="A1163" i="11"/>
+  <c r="A1162" i="11"/>
+  <c r="A1161" i="11"/>
+  <c r="A1160" i="11"/>
+  <c r="A1159" i="11"/>
+  <c r="A1158" i="11"/>
+  <c r="A1157" i="11"/>
+  <c r="A1156" i="11"/>
+  <c r="A1155" i="11"/>
+  <c r="A1154" i="11"/>
+  <c r="A1153" i="11"/>
+  <c r="A1152" i="11"/>
+  <c r="A1151" i="11"/>
+  <c r="A1150" i="11"/>
+  <c r="A1149" i="11"/>
+  <c r="A1148" i="11"/>
+  <c r="A1147" i="11"/>
+  <c r="A1146" i="11"/>
+  <c r="A1145" i="11"/>
+  <c r="A1144" i="11"/>
+  <c r="A1143" i="11"/>
+  <c r="A1142" i="11"/>
+  <c r="A1141" i="11"/>
+  <c r="A1140" i="11"/>
+  <c r="A1139" i="11"/>
+  <c r="A1138" i="11"/>
+  <c r="A1137" i="11"/>
+  <c r="A1136" i="11"/>
+  <c r="A1135" i="11"/>
+  <c r="A1134" i="11"/>
+  <c r="A1133" i="11"/>
+  <c r="A1132" i="11"/>
+  <c r="A1131" i="11"/>
+  <c r="A1130" i="11"/>
+  <c r="A1129" i="11"/>
+  <c r="A1128" i="11"/>
+  <c r="A1127" i="11"/>
+  <c r="A1126" i="11"/>
+  <c r="A1125" i="11"/>
+  <c r="A1124" i="11"/>
+  <c r="A1123" i="11"/>
+  <c r="A1122" i="11"/>
+  <c r="A1121" i="11"/>
+  <c r="A1120" i="11"/>
+  <c r="A1119" i="11"/>
+  <c r="A1118" i="11"/>
+  <c r="A1117" i="11"/>
+  <c r="A1116" i="11"/>
+  <c r="A1115" i="11"/>
+  <c r="A1114" i="11"/>
+  <c r="A1113" i="11"/>
+  <c r="A1112" i="11"/>
+  <c r="A1111" i="11"/>
+  <c r="A1110" i="11"/>
+  <c r="A1109" i="11"/>
+  <c r="A1108" i="11"/>
+  <c r="A1107" i="11"/>
+  <c r="A1106" i="11"/>
+  <c r="A1105" i="11"/>
+  <c r="A1104" i="11"/>
+  <c r="A1103" i="11"/>
+  <c r="A1102" i="11"/>
+  <c r="A1101" i="11"/>
+  <c r="A1100" i="11"/>
+  <c r="A1099" i="11"/>
+  <c r="A1098" i="11"/>
+  <c r="A1097" i="11"/>
+  <c r="A1096" i="11"/>
+  <c r="A1095" i="11"/>
+  <c r="A1094" i="11"/>
+  <c r="A1093" i="11"/>
+  <c r="A1092" i="11"/>
+  <c r="A1091" i="11"/>
+  <c r="A1090" i="11"/>
+  <c r="A1089" i="11"/>
+  <c r="A1088" i="11"/>
+  <c r="A1087" i="11"/>
+  <c r="A1086" i="11"/>
+  <c r="A1085" i="11"/>
+  <c r="A1084" i="11"/>
+  <c r="A1083" i="11"/>
+  <c r="A1082" i="11"/>
+  <c r="A1081" i="11"/>
+  <c r="A1080" i="11"/>
+  <c r="A1079" i="11"/>
+  <c r="A1078" i="11"/>
+  <c r="A1077" i="11"/>
+  <c r="A1076" i="11"/>
+  <c r="A1075" i="11"/>
+  <c r="A1074" i="11"/>
+  <c r="A1073" i="11"/>
+  <c r="A1072" i="11"/>
+  <c r="A1071" i="11"/>
+  <c r="A1070" i="11"/>
+  <c r="A1069" i="11"/>
+  <c r="A1068" i="11"/>
+  <c r="A1067" i="11"/>
+  <c r="A1066" i="11"/>
+  <c r="A1065" i="11"/>
+  <c r="A1064" i="11"/>
+  <c r="A1063" i="11"/>
+  <c r="A1062" i="11"/>
+  <c r="A1061" i="11"/>
+  <c r="A1060" i="11"/>
+  <c r="A1059" i="11"/>
+  <c r="A1058" i="11"/>
+  <c r="A1057" i="11"/>
+  <c r="A1056" i="11"/>
+  <c r="A1055" i="11"/>
+  <c r="A1054" i="11"/>
+  <c r="A1053" i="11"/>
+  <c r="A1052" i="11"/>
+  <c r="A1051" i="11"/>
+  <c r="A1050" i="11"/>
+  <c r="A1049" i="11"/>
+  <c r="A1048" i="11"/>
+  <c r="A1047" i="11"/>
+  <c r="A1046" i="11"/>
+  <c r="A1045" i="11"/>
+  <c r="A1044" i="11"/>
+  <c r="A1043" i="11"/>
+  <c r="A1042" i="11"/>
+  <c r="A1041" i="11"/>
+  <c r="A1040" i="11"/>
+  <c r="A1039" i="11"/>
+  <c r="A1038" i="11"/>
+  <c r="A1037" i="11"/>
+  <c r="A1036" i="11"/>
+  <c r="A1035" i="11"/>
+  <c r="A1034" i="11"/>
+  <c r="A1033" i="11"/>
+  <c r="A1032" i="11"/>
+  <c r="A1031" i="11"/>
+  <c r="A1030" i="11"/>
+  <c r="A1029" i="11"/>
+  <c r="A1028" i="11"/>
+  <c r="A1027" i="11"/>
+  <c r="A1026" i="11"/>
+  <c r="A1025" i="11"/>
+  <c r="A1024" i="11"/>
+  <c r="A1023" i="11"/>
+  <c r="A1022" i="11"/>
+  <c r="A1021" i="11"/>
+  <c r="A1020" i="11"/>
+  <c r="A1019" i="11"/>
+  <c r="A1018" i="11"/>
+  <c r="A1017" i="11"/>
+  <c r="A1016" i="11"/>
+  <c r="A1015" i="11"/>
+  <c r="A1014" i="11"/>
+  <c r="A1013" i="11"/>
+  <c r="A1012" i="11"/>
+  <c r="A1011" i="11"/>
+  <c r="A1010" i="11"/>
+  <c r="A1009" i="11"/>
+  <c r="A1008" i="11"/>
+  <c r="A1007" i="11"/>
+  <c r="A1006" i="11"/>
+  <c r="A1005" i="11"/>
+  <c r="A1004" i="11"/>
+  <c r="A1003" i="11"/>
+  <c r="A1002" i="11"/>
+  <c r="A1001" i="11"/>
+  <c r="A1000" i="11"/>
+  <c r="A999" i="11"/>
+  <c r="A998" i="11"/>
+  <c r="A997" i="11"/>
+  <c r="A996" i="11"/>
+  <c r="A995" i="11"/>
+  <c r="A994" i="11"/>
+  <c r="A993" i="11"/>
+  <c r="A992" i="11"/>
+  <c r="A991" i="11"/>
+  <c r="A990" i="11"/>
+  <c r="A989" i="11"/>
+  <c r="A988" i="11"/>
+  <c r="A987" i="11"/>
+  <c r="A986" i="11"/>
+  <c r="A985" i="11"/>
+  <c r="A984" i="11"/>
+  <c r="A983" i="11"/>
+  <c r="A982" i="11"/>
+  <c r="A981" i="11"/>
+  <c r="A980" i="11"/>
+  <c r="A979" i="11"/>
+  <c r="A978" i="11"/>
+  <c r="A977" i="11"/>
+  <c r="A976" i="11"/>
+  <c r="A975" i="11"/>
+  <c r="A974" i="11"/>
+  <c r="A973" i="11"/>
+  <c r="A972" i="11"/>
+  <c r="A971" i="11"/>
+  <c r="A970" i="11"/>
+  <c r="A969" i="11"/>
+  <c r="A968" i="11"/>
+  <c r="A967" i="11"/>
+  <c r="A966" i="11"/>
+  <c r="A965" i="11"/>
+  <c r="A964" i="11"/>
+  <c r="A963" i="11"/>
+  <c r="A962" i="11"/>
+  <c r="A961" i="11"/>
+  <c r="A960" i="11"/>
+  <c r="A959" i="11"/>
+  <c r="A958" i="11"/>
+  <c r="A957" i="11"/>
+  <c r="A956" i="11"/>
+  <c r="A955" i="11"/>
+  <c r="A954" i="11"/>
+  <c r="A953" i="11"/>
+  <c r="A952" i="11"/>
+  <c r="A951" i="11"/>
+  <c r="A950" i="11"/>
+  <c r="A949" i="11"/>
+  <c r="A948" i="11"/>
+  <c r="A947" i="11"/>
+  <c r="A946" i="11"/>
+  <c r="A945" i="11"/>
+  <c r="A944" i="11"/>
+  <c r="A943" i="11"/>
+  <c r="A942" i="11"/>
+  <c r="A941" i="11"/>
+  <c r="A940" i="11"/>
+  <c r="A939" i="11"/>
+  <c r="A938" i="11"/>
+  <c r="A937" i="11"/>
+  <c r="A936" i="11"/>
+  <c r="A935" i="11"/>
+  <c r="A934" i="11"/>
+  <c r="A933" i="11"/>
+  <c r="A932" i="11"/>
+  <c r="A931" i="11"/>
+  <c r="A930" i="11"/>
+  <c r="A929" i="11"/>
+  <c r="A928" i="11"/>
+  <c r="A927" i="11"/>
+  <c r="A926" i="11"/>
+  <c r="A925" i="11"/>
+  <c r="A924" i="11"/>
+  <c r="A923" i="11"/>
+  <c r="A922" i="11"/>
+  <c r="A921" i="11"/>
+  <c r="A920" i="11"/>
+  <c r="A919" i="11"/>
+  <c r="A918" i="11"/>
+  <c r="A917" i="11"/>
+  <c r="A916" i="11"/>
+  <c r="A915" i="11"/>
+  <c r="A914" i="11"/>
+  <c r="A913" i="11"/>
+  <c r="A912" i="11"/>
+  <c r="A911" i="11"/>
+  <c r="A910" i="11"/>
+  <c r="A909" i="11"/>
+  <c r="A908" i="11"/>
+  <c r="A907" i="11"/>
+  <c r="A906" i="11"/>
+  <c r="A905" i="11"/>
+  <c r="A904" i="11"/>
+  <c r="A903" i="11"/>
+  <c r="A902" i="11"/>
+  <c r="A901" i="11"/>
+  <c r="A900" i="11"/>
+  <c r="A899" i="11"/>
+  <c r="A898" i="11"/>
+  <c r="A897" i="11"/>
+  <c r="A896" i="11"/>
+  <c r="A895" i="11"/>
+  <c r="A894" i="11"/>
+  <c r="A893" i="11"/>
+  <c r="A892" i="11"/>
+  <c r="A891" i="11"/>
+  <c r="A890" i="11"/>
+  <c r="A889" i="11"/>
+  <c r="A888" i="11"/>
+  <c r="A887" i="11"/>
+  <c r="A886" i="11"/>
+  <c r="A885" i="11"/>
+  <c r="A884" i="11"/>
+  <c r="A883" i="11"/>
+  <c r="A882" i="11"/>
+  <c r="A881" i="11"/>
+  <c r="A880" i="11"/>
+  <c r="A879" i="11"/>
+  <c r="A878" i="11"/>
+  <c r="A877" i="11"/>
+  <c r="A876" i="11"/>
+  <c r="A875" i="11"/>
+  <c r="A874" i="11"/>
+  <c r="A873" i="11"/>
+  <c r="A872" i="11"/>
+  <c r="A871" i="11"/>
+  <c r="A870" i="11"/>
+  <c r="A869" i="11"/>
+  <c r="A868" i="11"/>
+  <c r="A867" i="11"/>
+  <c r="A866" i="11"/>
+  <c r="A865" i="11"/>
+  <c r="A864" i="11"/>
+  <c r="A863" i="11"/>
+  <c r="A862" i="11"/>
+  <c r="A861" i="11"/>
+  <c r="A860" i="11"/>
+  <c r="A859" i="11"/>
+  <c r="A858" i="11"/>
+  <c r="A857" i="11"/>
+  <c r="A856" i="11"/>
+  <c r="A855" i="11"/>
+  <c r="A854" i="11"/>
+  <c r="A853" i="11"/>
+  <c r="A852" i="11"/>
+  <c r="A851" i="11"/>
+  <c r="A850" i="11"/>
+  <c r="A849" i="11"/>
+  <c r="A848" i="11"/>
+  <c r="A847" i="11"/>
+  <c r="A846" i="11"/>
+  <c r="A845" i="11"/>
+  <c r="A844" i="11"/>
+  <c r="A843" i="11"/>
+  <c r="A842" i="11"/>
+  <c r="A841" i="11"/>
+  <c r="A840" i="11"/>
+  <c r="A839" i="11"/>
+  <c r="A838" i="11"/>
+  <c r="A837" i="11"/>
+  <c r="A836" i="11"/>
+  <c r="A835" i="11"/>
+  <c r="A834" i="11"/>
+  <c r="A833" i="11"/>
+  <c r="A832" i="11"/>
+  <c r="A831" i="11"/>
+  <c r="A830" i="11"/>
+  <c r="A829" i="11"/>
+  <c r="A828" i="11"/>
+  <c r="A827" i="11"/>
+  <c r="A826" i="11"/>
+  <c r="A825" i="11"/>
+  <c r="A824" i="11"/>
+  <c r="A823" i="11"/>
+  <c r="A822" i="11"/>
+  <c r="A821" i="11"/>
+  <c r="A820" i="11"/>
+  <c r="A819" i="11"/>
+  <c r="A818" i="11"/>
+  <c r="A817" i="11"/>
+  <c r="A816" i="11"/>
+  <c r="A815" i="11"/>
+  <c r="A814" i="11"/>
+  <c r="A813" i="11"/>
+  <c r="A812" i="11"/>
+  <c r="A811" i="11"/>
+  <c r="A810" i="11"/>
+  <c r="A809" i="11"/>
+  <c r="A808" i="11"/>
+  <c r="A807" i="11"/>
+  <c r="A806" i="11"/>
+  <c r="A805" i="11"/>
+  <c r="A804" i="11"/>
+  <c r="A803" i="11"/>
+  <c r="A802" i="11"/>
+  <c r="A801" i="11"/>
+  <c r="A800" i="11"/>
+  <c r="A799" i="11"/>
+  <c r="A798" i="11"/>
+  <c r="A797" i="11"/>
+  <c r="A796" i="11"/>
+  <c r="A795" i="11"/>
+  <c r="A794" i="11"/>
+  <c r="A793" i="11"/>
+  <c r="A792" i="11"/>
+  <c r="A791" i="11"/>
+  <c r="A790" i="11"/>
+  <c r="A789" i="11"/>
+  <c r="A788" i="11"/>
+  <c r="A787" i="11"/>
+  <c r="A786" i="11"/>
+  <c r="A785" i="11"/>
+  <c r="A784" i="11"/>
+  <c r="A783" i="11"/>
+  <c r="A782" i="11"/>
+  <c r="A781" i="11"/>
+  <c r="A780" i="11"/>
+  <c r="A779" i="11"/>
+  <c r="A778" i="11"/>
+  <c r="A777" i="11"/>
+  <c r="A776" i="11"/>
+  <c r="A775" i="11"/>
+  <c r="A774" i="11"/>
+  <c r="A773" i="11"/>
+  <c r="A772" i="11"/>
+  <c r="A771" i="11"/>
+  <c r="A770" i="11"/>
+  <c r="A769" i="11"/>
+  <c r="A768" i="11"/>
+  <c r="A767" i="11"/>
+  <c r="A766" i="11"/>
+  <c r="A765" i="11"/>
+  <c r="A764" i="11"/>
+  <c r="A763" i="11"/>
+  <c r="A762" i="11"/>
+  <c r="A761" i="11"/>
+  <c r="A760" i="11"/>
+  <c r="A759" i="11"/>
+  <c r="A758" i="11"/>
+  <c r="A757" i="11"/>
+  <c r="A756" i="11"/>
+  <c r="A755" i="11"/>
+  <c r="A754" i="11"/>
+  <c r="A753" i="11"/>
+  <c r="A752" i="11"/>
+  <c r="A751" i="11"/>
+  <c r="A750" i="11"/>
+  <c r="A749" i="11"/>
+  <c r="A748" i="11"/>
+  <c r="A747" i="11"/>
+  <c r="A746" i="11"/>
+  <c r="A745" i="11"/>
+  <c r="A744" i="11"/>
+  <c r="A743" i="11"/>
+  <c r="A742" i="11"/>
+  <c r="A741" i="11"/>
+  <c r="A740" i="11"/>
+  <c r="A739" i="11"/>
+  <c r="A738" i="11"/>
+  <c r="A737" i="11"/>
+  <c r="A736" i="11"/>
+  <c r="A735" i="11"/>
+  <c r="A734" i="11"/>
+  <c r="A733" i="11"/>
+  <c r="A732" i="11"/>
+  <c r="A731" i="11"/>
+  <c r="A730" i="11"/>
+  <c r="A729" i="11"/>
+  <c r="A728" i="11"/>
+  <c r="A727" i="11"/>
+  <c r="A726" i="11"/>
+  <c r="A725" i="11"/>
+  <c r="A724" i="11"/>
+  <c r="A723" i="11"/>
+  <c r="A722" i="11"/>
+  <c r="A721" i="11"/>
+  <c r="A720" i="11"/>
+  <c r="A719" i="11"/>
+  <c r="A718" i="11"/>
+  <c r="A717" i="11"/>
+  <c r="A716" i="11"/>
+  <c r="A715" i="11"/>
+  <c r="A714" i="11"/>
+  <c r="A713" i="11"/>
+  <c r="A712" i="11"/>
+  <c r="A711" i="11"/>
+  <c r="A710" i="11"/>
+  <c r="A709" i="11"/>
+  <c r="A708" i="11"/>
+  <c r="A707" i="11"/>
+  <c r="A706" i="11"/>
+  <c r="A705" i="11"/>
+  <c r="A704" i="11"/>
+  <c r="A703" i="11"/>
+  <c r="A702" i="11"/>
+  <c r="A701" i="11"/>
+  <c r="A700" i="11"/>
+  <c r="A699" i="11"/>
+  <c r="A698" i="11"/>
+  <c r="A697" i="11"/>
+  <c r="A696" i="11"/>
+  <c r="A695" i="11"/>
+  <c r="A694" i="11"/>
+  <c r="A693" i="11"/>
+  <c r="A692" i="11"/>
+  <c r="A691" i="11"/>
+  <c r="A690" i="11"/>
+  <c r="A689" i="11"/>
+  <c r="A688" i="11"/>
+  <c r="A687" i="11"/>
+  <c r="A686" i="11"/>
+  <c r="A685" i="11"/>
+  <c r="A684" i="11"/>
+  <c r="A683" i="11"/>
+  <c r="A682" i="11"/>
+  <c r="A681" i="11"/>
+  <c r="A680" i="11"/>
+  <c r="A679" i="11"/>
+  <c r="A678" i="11"/>
+  <c r="A677" i="11"/>
+  <c r="A676" i="11"/>
+  <c r="A675" i="11"/>
+  <c r="A674" i="11"/>
+  <c r="A673" i="11"/>
+  <c r="A672" i="11"/>
+  <c r="A671" i="11"/>
+  <c r="A670" i="11"/>
+  <c r="A669" i="11"/>
+  <c r="A668" i="11"/>
+  <c r="A667" i="11"/>
+  <c r="A666" i="11"/>
+  <c r="A665" i="11"/>
+  <c r="A664" i="11"/>
+  <c r="A663" i="11"/>
+  <c r="A662" i="11"/>
+  <c r="A661" i="11"/>
+  <c r="A660" i="11"/>
+  <c r="A659" i="11"/>
+  <c r="A658" i="11"/>
+  <c r="A657" i="11"/>
+  <c r="A656" i="11"/>
+  <c r="A655" i="11"/>
+  <c r="A654" i="11"/>
+  <c r="A653" i="11"/>
+  <c r="A652" i="11"/>
+  <c r="A651" i="11"/>
+  <c r="A650" i="11"/>
+  <c r="A649" i="11"/>
+  <c r="A648" i="11"/>
+  <c r="A647" i="11"/>
+  <c r="A646" i="11"/>
+  <c r="A645" i="11"/>
+  <c r="A644" i="11"/>
+  <c r="A643" i="11"/>
+  <c r="A642" i="11"/>
+  <c r="A641" i="11"/>
+  <c r="A640" i="11"/>
+  <c r="A639" i="11"/>
+  <c r="A638" i="11"/>
+  <c r="A637" i="11"/>
+  <c r="A636" i="11"/>
+  <c r="A635" i="11"/>
+  <c r="A634" i="11"/>
+  <c r="A633" i="11"/>
+  <c r="A632" i="11"/>
+  <c r="A631" i="11"/>
+  <c r="A630" i="11"/>
+  <c r="A629" i="11"/>
+  <c r="A628" i="11"/>
+  <c r="A627" i="11"/>
+  <c r="A626" i="11"/>
+  <c r="A625" i="11"/>
+  <c r="A624" i="11"/>
+  <c r="A623" i="11"/>
+  <c r="A622" i="11"/>
+  <c r="A621" i="11"/>
+  <c r="A620" i="11"/>
+  <c r="A619" i="11"/>
+  <c r="A618" i="11"/>
+  <c r="A617" i="11"/>
+  <c r="A616" i="11"/>
+  <c r="A615" i="11"/>
+  <c r="A614" i="11"/>
+  <c r="A613" i="11"/>
+  <c r="A612" i="11"/>
+  <c r="A611" i="11"/>
+  <c r="A610" i="11"/>
+  <c r="A609" i="11"/>
+  <c r="A608" i="11"/>
+  <c r="A607" i="11"/>
+  <c r="A606" i="11"/>
+  <c r="A605" i="11"/>
+  <c r="A604" i="11"/>
+  <c r="A603" i="11"/>
+  <c r="A602" i="11"/>
+  <c r="A601" i="11"/>
+  <c r="A600" i="11"/>
+  <c r="A599" i="11"/>
+  <c r="A598" i="11"/>
+  <c r="A597" i="11"/>
+  <c r="A596" i="11"/>
+  <c r="A595" i="11"/>
+  <c r="A594" i="11"/>
+  <c r="A593" i="11"/>
+  <c r="A592" i="11"/>
+  <c r="A591" i="11"/>
+  <c r="A590" i="11"/>
+  <c r="A589" i="11"/>
+  <c r="A588" i="11"/>
+  <c r="A587" i="11"/>
+  <c r="A586" i="11"/>
+  <c r="A585" i="11"/>
+  <c r="A584" i="11"/>
+  <c r="A583" i="11"/>
+  <c r="A582" i="11"/>
+  <c r="A581" i="11"/>
+  <c r="A580" i="11"/>
+  <c r="A579" i="11"/>
+  <c r="A578" i="11"/>
+  <c r="A577" i="11"/>
+  <c r="A576" i="11"/>
+  <c r="A575" i="11"/>
+  <c r="A574" i="11"/>
+  <c r="A573" i="11"/>
+  <c r="A572" i="11"/>
+  <c r="A571" i="11"/>
+  <c r="A570" i="11"/>
+  <c r="A569" i="11"/>
+  <c r="A568" i="11"/>
+  <c r="A567" i="11"/>
+  <c r="A566" i="11"/>
+  <c r="A565" i="11"/>
+  <c r="A564" i="11"/>
+  <c r="A563" i="11"/>
+  <c r="A562" i="11"/>
+  <c r="A561" i="11"/>
+  <c r="A560" i="11"/>
+  <c r="A559" i="11"/>
+  <c r="A558" i="11"/>
+  <c r="A557" i="11"/>
+  <c r="A556" i="11"/>
+  <c r="A555" i="11"/>
+  <c r="A554" i="11"/>
+  <c r="A553" i="11"/>
+  <c r="A552" i="11"/>
+  <c r="A551" i="11"/>
+  <c r="A550" i="11"/>
+  <c r="A549" i="11"/>
+  <c r="A548" i="11"/>
+  <c r="A547" i="11"/>
+  <c r="A546" i="11"/>
+  <c r="A545" i="11"/>
+  <c r="A544" i="11"/>
+  <c r="A543" i="11"/>
+  <c r="A542" i="11"/>
+  <c r="A541" i="11"/>
+  <c r="A540" i="11"/>
+  <c r="A539" i="11"/>
+  <c r="A538" i="11"/>
+  <c r="A537" i="11"/>
+  <c r="A536" i="11"/>
+  <c r="A535" i="11"/>
+  <c r="A534" i="11"/>
+  <c r="A533" i="11"/>
+  <c r="A532" i="11"/>
+  <c r="A531" i="11"/>
+  <c r="A530" i="11"/>
+  <c r="A529" i="11"/>
+  <c r="A528" i="11"/>
+  <c r="A527" i="11"/>
+  <c r="A526" i="11"/>
+  <c r="A525" i="11"/>
+  <c r="A524" i="11"/>
+  <c r="A523" i="11"/>
+  <c r="A522" i="11"/>
+  <c r="A521" i="11"/>
+  <c r="A520" i="11"/>
+  <c r="A519" i="11"/>
+  <c r="A518" i="11"/>
+  <c r="A517" i="11"/>
+  <c r="A516" i="11"/>
+  <c r="A515" i="11"/>
+  <c r="A514" i="11"/>
+  <c r="A513" i="11"/>
+  <c r="A512" i="11"/>
+  <c r="A511" i="11"/>
+  <c r="A510" i="11"/>
+  <c r="A509" i="11"/>
+  <c r="A508" i="11"/>
+  <c r="A507" i="11"/>
+  <c r="A506" i="11"/>
+  <c r="A505" i="11"/>
+  <c r="A504" i="11"/>
+  <c r="A503" i="11"/>
+  <c r="A502" i="11"/>
+  <c r="A501" i="11"/>
+  <c r="A500" i="11"/>
+  <c r="A499" i="11"/>
+  <c r="A498" i="11"/>
+  <c r="A497" i="11"/>
+  <c r="A496" i="11"/>
+  <c r="A495" i="11"/>
+  <c r="A494" i="11"/>
+  <c r="A493" i="11"/>
+  <c r="A492" i="11"/>
+  <c r="A491" i="11"/>
+  <c r="A490" i="11"/>
+  <c r="A489" i="11"/>
+  <c r="A488" i="11"/>
+  <c r="A487" i="11"/>
+  <c r="A486" i="11"/>
+  <c r="A485" i="11"/>
+  <c r="A484" i="11"/>
+  <c r="A483" i="11"/>
+  <c r="A482" i="11"/>
+  <c r="A481" i="11"/>
+  <c r="A480" i="11"/>
+  <c r="A479" i="11"/>
+  <c r="A478" i="11"/>
+  <c r="A477" i="11"/>
+  <c r="A476" i="11"/>
+  <c r="A475" i="11"/>
+  <c r="A474" i="11"/>
+  <c r="A473" i="11"/>
+  <c r="A472" i="11"/>
+  <c r="A471" i="11"/>
+  <c r="A470" i="11"/>
+  <c r="A469" i="11"/>
+  <c r="A468" i="11"/>
+  <c r="A467" i="11"/>
+  <c r="A466" i="11"/>
+  <c r="A465" i="11"/>
+  <c r="A464" i="11"/>
+  <c r="A463" i="11"/>
+  <c r="A462" i="11"/>
+  <c r="A461" i="11"/>
+  <c r="A460" i="11"/>
+  <c r="A459" i="11"/>
+  <c r="A458" i="11"/>
+  <c r="A457" i="11"/>
+  <c r="A456" i="11"/>
+  <c r="A455" i="11"/>
+  <c r="A454" i="11"/>
+  <c r="A453" i="11"/>
+  <c r="A452" i="11"/>
+  <c r="A451" i="11"/>
+  <c r="A450" i="11"/>
+  <c r="A449" i="11"/>
+  <c r="A448" i="11"/>
+  <c r="A447" i="11"/>
+  <c r="A446" i="11"/>
+  <c r="A445" i="11"/>
+  <c r="A444" i="11"/>
+  <c r="A443" i="11"/>
+  <c r="A442" i="11"/>
+  <c r="A441" i="11"/>
+  <c r="A440" i="11"/>
+  <c r="A439" i="11"/>
+  <c r="A438" i="11"/>
+  <c r="A437" i="11"/>
+  <c r="A436" i="11"/>
+  <c r="A435" i="11"/>
+  <c r="A434" i="11"/>
+  <c r="A433" i="11"/>
+  <c r="A432" i="11"/>
+  <c r="A431" i="11"/>
+  <c r="A430" i="11"/>
+  <c r="A429" i="11"/>
+  <c r="A428" i="11"/>
+  <c r="A427" i="11"/>
+  <c r="A426" i="11"/>
+  <c r="A425" i="11"/>
+  <c r="A424" i="11"/>
+  <c r="A423" i="11"/>
+  <c r="A422" i="11"/>
+  <c r="A421" i="11"/>
+  <c r="A420" i="11"/>
+  <c r="A419" i="11"/>
+  <c r="A418" i="11"/>
+  <c r="A417" i="11"/>
+  <c r="A416" i="11"/>
+  <c r="A415" i="11"/>
+  <c r="A414" i="11"/>
+  <c r="A413" i="11"/>
+  <c r="A412" i="11"/>
+  <c r="A411" i="11"/>
+  <c r="A410" i="11"/>
+  <c r="A409" i="11"/>
+  <c r="A408" i="11"/>
+  <c r="A407" i="11"/>
+  <c r="A406" i="11"/>
+  <c r="A405" i="11"/>
+  <c r="A404" i="11"/>
+  <c r="A403" i="11"/>
+  <c r="A402" i="11"/>
+  <c r="A401" i="11"/>
+  <c r="A400" i="11"/>
+  <c r="A399" i="11"/>
+  <c r="A398" i="11"/>
+  <c r="A397" i="11"/>
+  <c r="A396" i="11"/>
+  <c r="A395" i="11"/>
+  <c r="A394" i="11"/>
+  <c r="A393" i="11"/>
+  <c r="A392" i="11"/>
+  <c r="A391" i="11"/>
+  <c r="A390" i="11"/>
+  <c r="A389" i="11"/>
+  <c r="A388" i="11"/>
+  <c r="A387" i="11"/>
+  <c r="A386" i="11"/>
+  <c r="A385" i="11"/>
+  <c r="A384" i="11"/>
+  <c r="A383" i="11"/>
+  <c r="A382" i="11"/>
+  <c r="A381" i="11"/>
+  <c r="A380" i="11"/>
+  <c r="A379" i="11"/>
+  <c r="A378" i="11"/>
+  <c r="A377" i="11"/>
+  <c r="A376" i="11"/>
+  <c r="A375" i="11"/>
+  <c r="A374" i="11"/>
+  <c r="A373" i="11"/>
+  <c r="A372" i="11"/>
+  <c r="A371" i="11"/>
+  <c r="A370" i="11"/>
+  <c r="A369" i="11"/>
+  <c r="A368" i="11"/>
+  <c r="A367" i="11"/>
+  <c r="A366" i="11"/>
+  <c r="A365" i="11"/>
+  <c r="A364" i="11"/>
+  <c r="A363" i="11"/>
+  <c r="A362" i="11"/>
+  <c r="A361" i="11"/>
+  <c r="A360" i="11"/>
+  <c r="A359" i="11"/>
+  <c r="A358" i="11"/>
+  <c r="A357" i="11"/>
+  <c r="A356" i="11"/>
+  <c r="A355" i="11"/>
+  <c r="A354" i="11"/>
+  <c r="A353" i="11"/>
+  <c r="A352" i="11"/>
+  <c r="A351" i="11"/>
+  <c r="A350" i="11"/>
+  <c r="A349" i="11"/>
+  <c r="A348" i="11"/>
+  <c r="A347" i="11"/>
+  <c r="A346" i="11"/>
+  <c r="A345" i="11"/>
+  <c r="A344" i="11"/>
+  <c r="A343" i="11"/>
+  <c r="A342" i="11"/>
+  <c r="A341" i="11"/>
+  <c r="A340" i="11"/>
+  <c r="A339" i="11"/>
+  <c r="A338" i="11"/>
+  <c r="A337" i="11"/>
+  <c r="A336" i="11"/>
+  <c r="A335" i="11"/>
+  <c r="A334" i="11"/>
+  <c r="A333" i="11"/>
+  <c r="A332" i="11"/>
+  <c r="A331" i="11"/>
+  <c r="A330" i="11"/>
+  <c r="A329" i="11"/>
+  <c r="A328" i="11"/>
+  <c r="A327" i="11"/>
+  <c r="A326" i="11"/>
+  <c r="A325" i="11"/>
+  <c r="A324" i="11"/>
+  <c r="A323" i="11"/>
+  <c r="A322" i="11"/>
+  <c r="A321" i="11"/>
+  <c r="A320" i="11"/>
+  <c r="A319" i="11"/>
+  <c r="A318" i="11"/>
+  <c r="A317" i="11"/>
+  <c r="A316" i="11"/>
+  <c r="A315" i="11"/>
+  <c r="A314" i="11"/>
+  <c r="A313" i="11"/>
+  <c r="A312" i="11"/>
+  <c r="A311" i="11"/>
+  <c r="A310" i="11"/>
+  <c r="A309" i="11"/>
+  <c r="A308" i="11"/>
+  <c r="A307" i="11"/>
+  <c r="A306" i="11"/>
+  <c r="A305" i="11"/>
+  <c r="A304" i="11"/>
+  <c r="A303" i="11"/>
+  <c r="A302" i="11"/>
+  <c r="A301" i="11"/>
+  <c r="A300" i="11"/>
+  <c r="A299" i="11"/>
+  <c r="A298" i="11"/>
+  <c r="A297" i="11"/>
+  <c r="A296" i="11"/>
+  <c r="A295" i="11"/>
+  <c r="A294" i="11"/>
+  <c r="A293" i="11"/>
+  <c r="A292" i="11"/>
+  <c r="A291" i="11"/>
+  <c r="A290" i="11"/>
+  <c r="A289" i="11"/>
+  <c r="A288" i="11"/>
+  <c r="A287" i="11"/>
+  <c r="A286" i="11"/>
+  <c r="A285" i="11"/>
+  <c r="A284" i="11"/>
+  <c r="A283" i="11"/>
+  <c r="A282" i="11"/>
+  <c r="A281" i="11"/>
+  <c r="A280" i="11"/>
+  <c r="A279" i="11"/>
+  <c r="A278" i="11"/>
+  <c r="A277" i="11"/>
+  <c r="A276" i="11"/>
+  <c r="A275" i="11"/>
+  <c r="A274" i="11"/>
+  <c r="A273" i="11"/>
+  <c r="A272" i="11"/>
+  <c r="A271" i="11"/>
+  <c r="A270" i="11"/>
+  <c r="A269" i="11"/>
+  <c r="A268" i="11"/>
+  <c r="A267" i="11"/>
+  <c r="A266" i="11"/>
+  <c r="A265" i="11"/>
+  <c r="A264" i="11"/>
+  <c r="A263" i="11"/>
+  <c r="A262" i="11"/>
+  <c r="A261" i="11"/>
+  <c r="A260" i="11"/>
+  <c r="A259" i="11"/>
+  <c r="A258" i="11"/>
+  <c r="A257" i="11"/>
+  <c r="A256" i="11"/>
+  <c r="A255" i="11"/>
+  <c r="A254" i="11"/>
+  <c r="A253" i="11"/>
+  <c r="A252" i="11"/>
+  <c r="A251" i="11"/>
+  <c r="A250" i="11"/>
+  <c r="A249" i="11"/>
+  <c r="A248" i="11"/>
+  <c r="A247" i="11"/>
+  <c r="A246" i="11"/>
+  <c r="A245" i="11"/>
+  <c r="A244" i="11"/>
+  <c r="A243" i="11"/>
+  <c r="A242" i="11"/>
+  <c r="A241" i="11"/>
+  <c r="A240" i="11"/>
+  <c r="A239" i="11"/>
+  <c r="A238" i="11"/>
+  <c r="A237" i="11"/>
+  <c r="A236" i="11"/>
+  <c r="A235" i="11"/>
+  <c r="A234" i="11"/>
+  <c r="A233" i="11"/>
+  <c r="A232" i="11"/>
+  <c r="A231" i="11"/>
+  <c r="A230" i="11"/>
+  <c r="A229" i="11"/>
+  <c r="A228" i="11"/>
+  <c r="A227" i="11"/>
+  <c r="A226" i="11"/>
+  <c r="A225" i="11"/>
+  <c r="A224" i="11"/>
+  <c r="A223" i="11"/>
+  <c r="A222" i="11"/>
+  <c r="A221" i="11"/>
+  <c r="A220" i="11"/>
+  <c r="A219" i="11"/>
+  <c r="A218" i="11"/>
+  <c r="A217" i="11"/>
+  <c r="A216" i="11"/>
+  <c r="A215" i="11"/>
+  <c r="A214" i="11"/>
+  <c r="A213" i="11"/>
+  <c r="A212" i="11"/>
+  <c r="A211" i="11"/>
+  <c r="A210" i="11"/>
+  <c r="A209" i="11"/>
+  <c r="A208" i="11"/>
+  <c r="A207" i="11"/>
+  <c r="A206" i="11"/>
+  <c r="A205" i="11"/>
+  <c r="A204" i="11"/>
+  <c r="A203" i="11"/>
+  <c r="A202" i="11"/>
+  <c r="A201" i="11"/>
+  <c r="A200" i="11"/>
+  <c r="A199" i="11"/>
+  <c r="A198" i="11"/>
+  <c r="A197" i="11"/>
+  <c r="A196" i="11"/>
+  <c r="A195" i="11"/>
+  <c r="A194" i="11"/>
+  <c r="A193" i="11"/>
+  <c r="A192" i="11"/>
+  <c r="A191" i="11"/>
+  <c r="A190" i="11"/>
+  <c r="A189" i="11"/>
+  <c r="A188" i="11"/>
+  <c r="A187" i="11"/>
+  <c r="A186" i="11"/>
+  <c r="A185" i="11"/>
+  <c r="A184" i="11"/>
+  <c r="A183" i="11"/>
+  <c r="A182" i="11"/>
+  <c r="A181" i="11"/>
+  <c r="A180" i="11"/>
+  <c r="A179" i="11"/>
+  <c r="A178" i="11"/>
+  <c r="A177" i="11"/>
+  <c r="A176" i="11"/>
+  <c r="A175" i="11"/>
+  <c r="A174" i="11"/>
+  <c r="A173" i="11"/>
+  <c r="A172" i="11"/>
+  <c r="A171" i="11"/>
+  <c r="A170" i="11"/>
+  <c r="A169" i="11"/>
+  <c r="A168" i="11"/>
+  <c r="A167" i="11"/>
+  <c r="A166" i="11"/>
+  <c r="A165" i="11"/>
+  <c r="A164" i="11"/>
+  <c r="A163" i="11"/>
+  <c r="A162" i="11"/>
+  <c r="A161" i="11"/>
+  <c r="A160" i="11"/>
+  <c r="A159" i="11"/>
+  <c r="A158" i="11"/>
+  <c r="A157" i="11"/>
+  <c r="A156" i="11"/>
+  <c r="A155" i="11"/>
+  <c r="A154" i="11"/>
+  <c r="A153" i="11"/>
+  <c r="A152" i="11"/>
+  <c r="A151" i="11"/>
+  <c r="A150" i="11"/>
+  <c r="A149" i="11"/>
+  <c r="A148" i="11"/>
+  <c r="A147" i="11"/>
+  <c r="A146" i="11"/>
+  <c r="A145" i="11"/>
+  <c r="A144" i="11"/>
+  <c r="A143" i="11"/>
+  <c r="A142" i="11"/>
+  <c r="A141" i="11"/>
+  <c r="A140" i="11"/>
+  <c r="A139" i="11"/>
+  <c r="A138" i="11"/>
+  <c r="A137" i="11"/>
+  <c r="A136" i="11"/>
+  <c r="A135" i="11"/>
+  <c r="A134" i="11"/>
+  <c r="A133" i="11"/>
+  <c r="A132" i="11"/>
+  <c r="A131" i="11"/>
+  <c r="A130" i="11"/>
+  <c r="A129" i="11"/>
+  <c r="A128" i="11"/>
+  <c r="A127" i="11"/>
+  <c r="A126" i="11"/>
+  <c r="A125" i="11"/>
+  <c r="A124" i="11"/>
+  <c r="A123" i="11"/>
+  <c r="A122" i="11"/>
+  <c r="A121" i="11"/>
+  <c r="A120" i="11"/>
+  <c r="A119" i="11"/>
+  <c r="A118" i="11"/>
+  <c r="A117" i="11"/>
+  <c r="A116" i="11"/>
+  <c r="A115" i="11"/>
+  <c r="A114" i="11"/>
+  <c r="A113" i="11"/>
+  <c r="A112" i="11"/>
+  <c r="A111" i="11"/>
+  <c r="A110" i="11"/>
+  <c r="A109" i="11"/>
+  <c r="A108" i="11"/>
+  <c r="A107" i="11"/>
+  <c r="A106" i="11"/>
+  <c r="A105" i="11"/>
+  <c r="A104" i="11"/>
+  <c r="A103" i="11"/>
+  <c r="A102" i="11"/>
+  <c r="A101" i="11"/>
+  <c r="A100" i="11"/>
+  <c r="A99" i="11"/>
+  <c r="A98" i="11"/>
+  <c r="A97" i="11"/>
+  <c r="A96" i="11"/>
+  <c r="A95" i="11"/>
+  <c r="A94" i="11"/>
+  <c r="A93" i="11"/>
+  <c r="A92" i="11"/>
+  <c r="A91" i="11"/>
+  <c r="A90" i="11"/>
+  <c r="A89" i="11"/>
+  <c r="A88" i="11"/>
+  <c r="A87" i="11"/>
+  <c r="A86" i="11"/>
+  <c r="A85" i="11"/>
+  <c r="A84" i="11"/>
+  <c r="A83" i="11"/>
+  <c r="A82" i="11"/>
+  <c r="A81" i="11"/>
+  <c r="A80" i="11"/>
+  <c r="A79" i="11"/>
+  <c r="A78" i="11"/>
+  <c r="A77" i="11"/>
+  <c r="A76" i="11"/>
+  <c r="A75" i="11"/>
+  <c r="A74" i="11"/>
+  <c r="A73" i="11"/>
+  <c r="A72" i="11"/>
+  <c r="A71" i="11"/>
+  <c r="A70" i="11"/>
+  <c r="A69" i="11"/>
+  <c r="A68" i="11"/>
+  <c r="A67" i="11"/>
+  <c r="A66" i="11"/>
+  <c r="A65" i="11"/>
+  <c r="A64" i="11"/>
+  <c r="A63" i="11"/>
+  <c r="A62" i="11"/>
+  <c r="A61" i="11"/>
+  <c r="A60" i="11"/>
+  <c r="A59" i="11"/>
+  <c r="A58" i="11"/>
+  <c r="A57" i="11"/>
+  <c r="A56" i="11"/>
+  <c r="A55" i="11"/>
+  <c r="A54" i="11"/>
+  <c r="A53" i="11"/>
+  <c r="A52" i="11"/>
+  <c r="A51" i="11"/>
+  <c r="A50" i="11"/>
+  <c r="A49" i="11"/>
+  <c r="A48" i="11"/>
+  <c r="A47" i="11"/>
+  <c r="A46" i="11"/>
+  <c r="A45" i="11"/>
+  <c r="A44" i="11"/>
+  <c r="A43" i="11"/>
+  <c r="A42" i="11"/>
+  <c r="A41" i="11"/>
+  <c r="A40" i="11"/>
+  <c r="A39" i="11"/>
+  <c r="A38" i="11"/>
+  <c r="A37" i="11"/>
+  <c r="A36" i="11"/>
+  <c r="A35" i="11"/>
+  <c r="A34" i="11"/>
+  <c r="A31" i="11"/>
+  <c r="A30" i="11"/>
+  <c r="A29" i="11"/>
+  <c r="A28" i="11"/>
+  <c r="A27" i="11"/>
+  <c r="A26" i="11"/>
+  <c r="A25" i="11"/>
+  <c r="A24" i="11"/>
+  <c r="A23" i="11"/>
+  <c r="A22" i="11"/>
+  <c r="A21" i="11"/>
+  <c r="A20" i="11"/>
+  <c r="A19" i="11"/>
+  <c r="A18" i="11"/>
+  <c r="A17" i="11"/>
+  <c r="A16" i="11"/>
+  <c r="A15" i="11"/>
+  <c r="A14" i="11"/>
+  <c r="A13" i="11"/>
+  <c r="A12" i="11"/>
+  <c r="A11" i="11"/>
+  <c r="A10" i="11"/>
+  <c r="A9" i="11"/>
+  <c r="A8" i="11"/>
+  <c r="A7" i="11"/>
+  <c r="A1793" i="10"/>
   <c r="A1792" i="10"/>
   <c r="A1791" i="10"/>
   <c r="A1790" i="10"/>
   <c r="A1789" i="10"/>
   <c r="A1788" i="10"/>
   <c r="A1787" i="10"/>
   <c r="A1786" i="10"/>
   <c r="A1785" i="10"/>
   <c r="A1784" i="10"/>
   <c r="A1783" i="10"/>
   <c r="A1782" i="10"/>
   <c r="A1781" i="10"/>
   <c r="A1780" i="10"/>
   <c r="A1779" i="10"/>
   <c r="A1778" i="10"/>
   <c r="A1777" i="10"/>
   <c r="A1776" i="10"/>
   <c r="A1775" i="10"/>
   <c r="A1774" i="10"/>
   <c r="A1773" i="10"/>
   <c r="A1772" i="10"/>
   <c r="A1771" i="10"/>
   <c r="A1770" i="10"/>
   <c r="A1769" i="10"/>
   <c r="A1768" i="10"/>
@@ -1874,50 +3666,245 @@
   <commentList>
     <comment ref="C14" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t>If the version number on the end of your PDF is lower than this number, there have been changes made since your version.  See the Past Updates tab for version-specific updates.</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Microsoft Office User</author>
   </authors>
   <commentList>
+    <comment ref="B6" authorId="0" shapeId="0" xr:uid="{52DD9892-776F-064B-9EE6-2C142AF14BBB}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t>This is the date the update was made</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="C6" authorId="0" shapeId="0" xr:uid="{413E75A6-839B-5F4E-B723-144F591A8E47}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Type key:
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">DSM = detailed study manual
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Lesson = video lesson (video and/or handout )
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">FC = flash card
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">CO = condensed outline
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Drill = practice problem file
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Excel = Excel-based exercise file
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Exam = practice exam
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t>Other = see description</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="D6" authorId="0" shapeId="0" xr:uid="{1DDD6644-EDB7-D247-94EC-F9A23030EE7E}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t>This contains the seminar section or sub-section or:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">SM = Supplementary Materials section
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">SOA = SOA Exams  tab of online seminar
+</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="E6" authorId="0" shapeId="0" xr:uid="{A5973AA7-BD1F-7748-963E-C78053019618}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">File version number. </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t>The version number can be found on the end of the file name (PDF, zip, etc.). For example: LP_SecA-Handouts-Fall2020-v1.pdf</t>
+        </r>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
+<file path=xl/comments3.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>Microsoft Office User</author>
+  </authors>
+  <commentList>
     <comment ref="B6" authorId="0" shapeId="0" xr:uid="{BFDC7209-4D58-8C45-B0D6-E87DBC5F9EF8}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t>This is the date the update was made</t>
         </r>
       </text>
     </comment>
     <comment ref="C6" authorId="0" shapeId="0" xr:uid="{018AFFC1-F44B-F141-95C2-3A6CDD853869}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Type key:
@@ -2064,51 +4051,51 @@
           <rPr>
             <b/>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">File version number. </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t>The version number can be found on the end of the file name (PDF, zip, etc.). For example: LP_SecA-Handouts-Fall2020-v1.pdf</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="77">
   <si>
     <t>Seminar</t>
   </si>
   <si>
     <t>Section</t>
   </si>
   <si>
     <t>Lesson</t>
   </si>
   <si>
     <t>DSM</t>
   </si>
   <si>
     <t>FC</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
@@ -2147,126 +4134,108 @@
   <si>
     <t>Section D</t>
   </si>
   <si>
     <t>Current PDF</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>See the Past Updates tab for a list of items that have already been updated. If you have the current versions listed below,</t>
   </si>
   <si>
     <t>then you have all the changes on the Past Updates tab for that PDF.</t>
   </si>
   <si>
     <t>Supplementary Materials</t>
   </si>
   <si>
     <t>Intended Release Date</t>
   </si>
   <si>
     <t>TIA Past Exam Breakdown Spreadsheet</t>
   </si>
   <si>
-    <t>TIA Practice Exam</t>
-[...1 lines deleted...]
-  <si>
     <t>Last Updated:</t>
   </si>
   <si>
     <t>File</t>
   </si>
   <si>
     <t>Sec - Type</t>
   </si>
   <si>
     <t>Detailed Study Manual</t>
   </si>
   <si>
     <t>Video Handouts</t>
   </si>
   <si>
     <t>Summary of revisions and other changes to TIA's CFE-101 Online Seminar for Fall 2025</t>
   </si>
   <si>
-    <t>This contains all enhancements, revisions, and corrections made after May 20th, 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>TIA's CFE-101 Online Seminar</t>
-  </si>
-[...7 lines deleted...]
-    <t>TIA CFE-101 Condensed Outline</t>
   </si>
   <si>
     <t>TIA Case Study Prep Materials</t>
   </si>
   <si>
     <t>Posted - 100% Complete</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>Posted complete Section B files with all readings included</t>
   </si>
   <si>
     <t>Posted complete Section A files with all readings included</t>
   </si>
   <si>
     <t>Posted complete Section D files with all readings included</t>
   </si>
   <si>
     <t>D</t>
   </si>
   <si>
     <t>C</t>
   </si>
   <si>
     <t>Posted complete Section C files with all readings included</t>
   </si>
   <si>
     <t>Condensed Outline, Flashcards, Formula Sheet</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>Posted complete CO/Flashcards/Formula Sheet</t>
-  </si>
-[...1 lines deleted...]
-    <t>The detailed study manual, condensed outline, videos, flashcards and formula sheet are all 100% ready and now posted to the TIA course! See below for more detailed information on scheduled release dates.</t>
   </si>
   <si>
     <t>Past Exam Mapping Spreadsheet</t>
   </si>
   <si>
     <t>Posted past exam mapping spreadsheet</t>
   </si>
   <si>
     <t>TIA CFE-101 Practice Exam</t>
   </si>
   <si>
     <t>Posted TIA CFE-101 Practice Exam</t>
   </si>
   <si>
     <t>Handouts</t>
   </si>
   <si>
     <t>Condensed Outline</t>
   </si>
   <si>
     <t>Flashcards</t>
   </si>
   <si>
     <t>For the "Embedded Value Calculation for a Life Insurance Company" reading, re-worded the last bullet in Section 3.2 (Release of Margins). For the DSM, also added in a footnote to clarify Q denotes risk-neutral.</t>
   </si>
@@ -2281,59 +4250,92 @@
   </si>
   <si>
     <t>TIA Drill Problems</t>
   </si>
   <si>
     <t>Drill Problems</t>
   </si>
   <si>
     <t>TIA CFE-101 drill problems released</t>
   </si>
   <si>
     <t>Formula Sheet</t>
   </si>
   <si>
     <t>Removed materials for Section 18.6 of QERM Ch. 18 (off syllabus)</t>
   </si>
   <si>
     <t>Minor updates from V1 to V2 of the drill problems. Added verbiage to clarify interest rate compounding assumptions (annual effective vs continuous).</t>
   </si>
   <si>
     <t>DSM / Handouts</t>
   </si>
   <si>
     <t>Condensed Outline / Flashcards</t>
   </si>
+  <si>
+    <t>Summary of revisions and other changes to TIA's CFE-101 Online Seminar for Spring 2026</t>
+  </si>
+  <si>
+    <t>This contains all enhancements, revisions, and corrections made during the Fall 2025 sitting.</t>
+  </si>
+  <si>
+    <t>This contains all enhancements, revisions, and corrections made after Nov 24th, 2025</t>
+  </si>
+  <si>
+    <t>No changes yet!</t>
+  </si>
+  <si>
+    <t>TIA Practice Exam #1</t>
+  </si>
+  <si>
+    <t>TIA Practice Exam #2</t>
+  </si>
+  <si>
+    <t>Intended Release Date: Jan 15, 2026</t>
+  </si>
+  <si>
+    <t>The TIA CFE-101 course is ready for March 2026! See below for our release date schedule.</t>
+  </si>
+  <si>
+    <t>TIA Condensed Outline</t>
+  </si>
+  <si>
+    <t>TIA Flashcards (App + PDF)</t>
+  </si>
+  <si>
+    <t>TIA Formula Sheet</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="m/d/yy;@"/>
   </numFmts>
-  <fonts count="19" x14ac:knownFonts="1">
+  <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -2417,50 +4419,57 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="16"/>
       <name val="Calibri (Body)"/>
     </font>
     <font>
       <i/>
       <sz val="16"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <i/>
+      <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
@@ -2654,51 +4663,51 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="41">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
@@ -2761,50 +4770,56 @@
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="14" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="181">
     <cellStyle name="Followed Hyperlink" xfId="4" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="6" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="8" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="10" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="12" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="14" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="16" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="18" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="20" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="22" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="24" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="26" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="28" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="30" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="32" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="34" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="36" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="38" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="40" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="42" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="44" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="46" builtinId="9" hidden="1"/>
@@ -2965,51 +4980,51 @@
     <cellStyle name="Hyperlink" xfId="177" builtinId="8" hidden="1"/>
     <cellStyle name="Hyperlink" xfId="179" builtinId="8" hidden="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-0000B3000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-0000B4000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium7"/>
   <colors>
     <mruColors>
       <color rgb="FF0432FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Users/ed/Dropbox/TIA/Published%20PDF/LFM/TIA_LFMU_Revisions_and_Scheduled_Updates.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Overview"/>
       <sheetName val="Updates-2022"/>
       <sheetName val="Updates-2021"/>
       <sheetName val="Lists"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2" refreshError="1"/>
       <sheetData sheetId="3">
         <row r="3">
           <cell r="A3" t="str">
             <v>DSM</v>
           </cell>
         </row>
@@ -3296,770 +5311,618 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C36"/>
+  <dimension ref="A1:C37"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="57.83203125" customWidth="1"/>
     <col min="2" max="2" width="72.6640625" customWidth="1"/>
     <col min="3" max="3" width="11.1640625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="23.1640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="15" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B2" s="16">
-        <v>45941</v>
+        <v>45985</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="1"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="19" x14ac:dyDescent="0.25">
       <c r="A10" s="14" t="str">
         <f>"Overall status by section as of "&amp;TEXT(B2,"m/d/yy")</f>
-        <v>Overall status by section as of 10/11/25</v>
+        <v>Overall status by section as of 11/24/25</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="68" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="39" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="B11" s="40"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="C13" s="4" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.2">
       <c r="C14" s="18" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A15" s="23" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B15" s="26" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="24"/>
     </row>
     <row r="16" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A16" s="29" t="s">
         <v>16</v>
       </c>
       <c r="B16" s="30" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C16" s="27">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A17" s="29" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="30" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C17" s="27">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A18" s="29" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="30" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C18" s="27">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A19" s="29" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="30" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C19" s="27">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" s="31"/>
       <c r="B20" s="32"/>
       <c r="C20" s="28"/>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="23" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B21" s="26" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="25"/>
     </row>
     <row r="22" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A22" s="29" t="s">
         <v>16</v>
       </c>
       <c r="B22" s="30" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C22" s="27">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A23" s="29" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="30" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C23" s="27">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A24" s="29" t="s">
         <v>18</v>
       </c>
       <c r="B24" s="30" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C24" s="27">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A25" s="29" t="s">
         <v>19</v>
       </c>
       <c r="B25" s="30" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C25" s="27">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A26" s="29"/>
       <c r="B26" s="30"/>
       <c r="C26" s="27"/>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A27" s="26" t="s">
         <v>24</v>
       </c>
       <c r="B27" s="26" t="s">
         <v>25</v>
       </c>
       <c r="C27" s="22"/>
     </row>
     <row r="28" spans="1:3" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
-        <v>36</v>
+        <v>76</v>
       </c>
       <c r="B28" s="30" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C28" s="27">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
-        <v>37</v>
+        <v>75</v>
       </c>
       <c r="B29" s="30" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C29" s="27">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="B30" s="30" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C30" s="27">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>26</v>
       </c>
       <c r="B31" s="30" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C31" s="27">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="17" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
       <c r="B32" s="30" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C32" s="27">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="17" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="B33" s="30" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C33" s="27">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="17" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="B34" s="30" t="s">
-        <v>40</v>
+        <v>35</v>
       </c>
       <c r="C34" s="27">
         <v>1</v>
       </c>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>63</v>
+    <row r="35" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A35" t="s">
+        <v>71</v>
+      </c>
+      <c r="B35" s="42" t="s">
+        <v>72</v>
+      </c>
+      <c r="C35" s="27"/>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A37" s="38" t="s">
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A11:B11"/>
   </mergeCells>
   <phoneticPr fontId="13" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="76" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5ACB137A-7FE0-B34D-809E-ADB1DD11DA7F}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{442F110C-262F-C243-8C37-480C9BC3F673}">
   <dimension ref="A1:I1793"/>
   <sheetViews>
     <sheetView topLeftCell="B1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B2" sqref="B2"/>
+      <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="13.5" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="11.6640625" style="1" customWidth="1"/>
     <col min="3" max="3" width="55.6640625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="8" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="10.83203125" style="1" customWidth="1"/>
     <col min="6" max="6" width="75.6640625" style="10" customWidth="1"/>
     <col min="7" max="7" width="6.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="7.6640625" customWidth="1"/>
     <col min="9" max="9" width="8.1640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="21" x14ac:dyDescent="0.25">
       <c r="B1" s="6" t="s">
-        <v>33</v>
+        <v>66</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.2">
       <c r="B2" s="5" t="s">
-        <v>34</v>
+        <v>68</v>
       </c>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.2">
       <c r="B3" s="5"/>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.2">
       <c r="B4" s="5"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.2">
       <c r="B5" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C5" s="4"/>
       <c r="D5" s="4" t="s">
         <v>0</v>
       </c>
       <c r="E5" s="4" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F5" s="13"/>
       <c r="G5" s="4"/>
       <c r="H5" s="4"/>
       <c r="I5" s="3"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A6" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="13" t="s">
         <v>9</v>
       </c>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="3"/>
     </row>
-    <row r="7" spans="1:9" ht="17" x14ac:dyDescent="0.2">
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A7" t="str">
         <f>D7&amp;" "&amp;C7</f>
-        <v>B DSM</v>
-[...15 lines deleted...]
-      </c>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B7" s="41" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" s="1"/>
+      <c r="D7" s="1"/>
+      <c r="F7" s="19"/>
       <c r="G7" s="8"/>
       <c r="H7" s="7"/>
     </row>
     <row r="8" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" t="str">
-        <f t="shared" ref="A8:A69" si="0">D8&amp;" "&amp;C8</f>
-[...16 lines deleted...]
-      </c>
+        <f t="shared" ref="A8:A71" si="0">D8&amp;" "&amp;C8</f>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B8" s="37"/>
+      <c r="C8" s="1"/>
+      <c r="D8" s="1"/>
+      <c r="F8" s="19"/>
       <c r="G8" s="8"/>
       <c r="H8" s="7"/>
     </row>
-    <row r="9" spans="1:9" ht="17" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A9" t="str">
         <f t="shared" si="0"/>
-        <v>D DSM</v>
-[...15 lines deleted...]
-      </c>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B9" s="37"/>
+      <c r="C9" s="1"/>
+      <c r="D9" s="1"/>
+      <c r="F9" s="19"/>
       <c r="G9" s="8"/>
       <c r="H9" s="7"/>
     </row>
-    <row r="10" spans="1:9" ht="17" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A10" t="str">
         <f t="shared" si="0"/>
-        <v>C DSM</v>
-[...15 lines deleted...]
-      </c>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B10" s="37"/>
+      <c r="C10" s="1"/>
+      <c r="D10" s="1"/>
+      <c r="F10" s="19"/>
       <c r="G10" s="8"/>
       <c r="H10" s="7"/>
     </row>
-    <row r="11" spans="1:9" ht="17" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A11" t="str">
         <f t="shared" si="0"/>
-        <v>SM Condensed Outline, Flashcards, Formula Sheet</v>
-[...15 lines deleted...]
-      </c>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B11" s="37"/>
+      <c r="C11" s="1"/>
+      <c r="D11" s="1"/>
+      <c r="F11" s="19"/>
       <c r="G11" s="8"/>
       <c r="H11" s="7"/>
     </row>
-    <row r="12" spans="1:9" ht="17" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A12" t="str">
         <f t="shared" si="0"/>
-        <v>SM Past Exam Mapping Spreadsheet</v>
-[...17 lines deleted...]
-    <row r="13" spans="1:9" ht="17" x14ac:dyDescent="0.2">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B12" s="37"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="1"/>
+      <c r="F12" s="36"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A13" t="str">
         <f t="shared" si="0"/>
-        <v>SM TIA CFE-101 Practice Exam</v>
-[...17 lines deleted...]
-    <row r="14" spans="1:9" ht="51" x14ac:dyDescent="0.2">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B13" s="37"/>
+      <c r="C13" s="1"/>
+      <c r="D13" s="1"/>
+      <c r="F13" s="36"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A14" t="str">
         <f t="shared" si="0"/>
-        <v>D DSM</v>
-[...15 lines deleted...]
-      </c>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B14" s="37"/>
+      <c r="C14" s="11"/>
+      <c r="D14" s="1"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="19"/>
     </row>
     <row r="15" spans="1:9" ht="39" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" t="str">
         <f t="shared" si="0"/>
-        <v>D Handouts</v>
-[...17 lines deleted...]
-    <row r="16" spans="1:9" ht="17" x14ac:dyDescent="0.2">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B15" s="37"/>
+      <c r="C15" s="1"/>
+      <c r="D15" s="1"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="19"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A16" t="str">
         <f t="shared" si="0"/>
-        <v>SM Condensed Outline</v>
-[...17 lines deleted...]
-    <row r="17" spans="1:6" ht="17" x14ac:dyDescent="0.2">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B16" s="37"/>
+      <c r="C16" s="11"/>
+      <c r="D16" s="1"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="19"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A17" t="str">
         <f t="shared" si="0"/>
-        <v>SM Flashcards</v>
-[...17 lines deleted...]
-    <row r="18" spans="1:6" ht="17" x14ac:dyDescent="0.2">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B17" s="37"/>
+      <c r="C17" s="11"/>
+      <c r="D17" s="1"/>
+      <c r="E17" s="11"/>
+      <c r="F17" s="19"/>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A18" t="str">
         <f t="shared" si="0"/>
-        <v>SM Drill Problems</v>
-[...17 lines deleted...]
-    <row r="19" spans="1:6" ht="17" x14ac:dyDescent="0.2">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B18" s="37"/>
+      <c r="C18" s="11"/>
+      <c r="D18" s="1"/>
+      <c r="E18" s="11"/>
+      <c r="F18" s="19"/>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A19" t="str">
         <f t="shared" si="0"/>
-        <v>D DSM / Handouts</v>
-[...17 lines deleted...]
-    <row r="20" spans="1:6" ht="17" x14ac:dyDescent="0.2">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B19" s="37"/>
+      <c r="C19" s="11"/>
+      <c r="D19" s="1"/>
+      <c r="E19" s="11"/>
+      <c r="F19" s="19"/>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A20" t="str">
         <f t="shared" si="0"/>
-        <v>SM Condensed Outline / Flashcards</v>
-[...17 lines deleted...]
-    <row r="21" spans="1:6" ht="17" x14ac:dyDescent="0.2">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B20" s="37"/>
+      <c r="C20" s="11"/>
+      <c r="D20" s="11"/>
+      <c r="E20" s="11"/>
+      <c r="F20" s="19"/>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A21" t="str">
         <f t="shared" si="0"/>
-        <v>SM Formula Sheet</v>
-[...17 lines deleted...]
-    <row r="22" spans="1:6" ht="34" x14ac:dyDescent="0.2">
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B21" s="37"/>
+      <c r="C21" s="1"/>
+      <c r="D21" s="11"/>
+      <c r="E21" s="11"/>
+      <c r="F21" s="19"/>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A22" t="str">
         <f t="shared" si="0"/>
-        <v>SM Drill Problems</v>
-[...15 lines deleted...]
-      </c>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B22" s="33"/>
+      <c r="C22" s="11"/>
+      <c r="D22" s="11"/>
+      <c r="E22" s="11"/>
+      <c r="F22" s="21"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A23" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="B23" s="17"/>
       <c r="C23" s="11"/>
       <c r="D23" s="11"/>
       <c r="E23" s="33"/>
       <c r="F23" s="21"/>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A24" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="B24" s="17"/>
       <c r="C24" s="11"/>
       <c r="D24" s="11"/>
       <c r="E24" s="33"/>
       <c r="F24" s="21"/>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A25" t="str">
@@ -4519,71 +6382,71 @@
       <c r="D67" s="1"/>
       <c r="F67" s="19"/>
     </row>
     <row r="68" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A68" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="B68" s="34"/>
       <c r="C68" s="11"/>
       <c r="D68" s="1"/>
       <c r="F68" s="19"/>
     </row>
     <row r="69" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A69" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="B69" s="34"/>
       <c r="C69" s="11"/>
       <c r="D69" s="1"/>
       <c r="F69" s="19"/>
     </row>
     <row r="70" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A70" t="str">
-        <f t="shared" ref="A70:A133" si="1">D70&amp;" "&amp;C70</f>
+        <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="B70" s="34"/>
       <c r="C70" s="11"/>
       <c r="D70" s="1"/>
       <c r="F70" s="19"/>
     </row>
     <row r="71" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A71" t="str">
-        <f t="shared" si="1"/>
+        <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="B71" s="34"/>
       <c r="C71" s="11"/>
       <c r="D71" s="1"/>
       <c r="F71" s="19"/>
     </row>
     <row r="72" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A72" t="str">
-        <f t="shared" si="1"/>
+        <f t="shared" ref="A72:A135" si="1">D72&amp;" "&amp;C72</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="B72" s="34"/>
       <c r="C72" s="11"/>
       <c r="D72" s="1"/>
       <c r="F72" s="19"/>
     </row>
     <row r="73" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A73" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="B73" s="34"/>
       <c r="C73" s="11"/>
       <c r="D73" s="1"/>
       <c r="F73" s="19"/>
     </row>
     <row r="74" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A74" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="B74" s="34"/>
       <c r="C74" s="11"/>
       <c r="D74" s="1"/>
@@ -5035,50 +6898,11465 @@
       <c r="A130" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="131" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A131" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="132" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A132" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="133" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A133" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="134" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A134" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="135" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A135" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="136" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A136" t="str">
+        <f t="shared" ref="A136:A199" si="2">D136&amp;" "&amp;C136</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="137" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A137" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="138" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A138" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="139" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A139" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="140" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A140" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="141" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A141" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="142" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A142" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="143" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A143" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="144" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A144" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="145" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A145" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="146" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A146" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="147" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A147" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="148" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A148" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="149" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A149" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="150" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A150" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="151" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A151" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="152" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A152" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="153" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A153" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="154" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A154" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="155" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A155" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="156" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A156" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="157" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A157" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="158" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A158" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="159" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A159" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="160" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A160" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="161" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A161" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="162" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A162" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="163" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A163" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="164" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A164" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="165" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A165" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="166" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A166" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="167" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A167" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="168" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A168" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="169" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A169" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="170" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A170" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="171" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A171" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="172" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A172" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="173" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A173" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="174" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A174" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="175" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A175" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="176" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A176" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="177" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A177" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="178" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A178" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="179" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A179" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="180" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A180" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="181" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A181" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="182" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A182" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="183" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A183" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="184" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A184" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="185" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A185" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="186" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A186" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="187" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A187" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="188" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A188" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="189" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A189" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="190" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A190" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="191" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A191" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="192" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A192" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="193" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A193" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="194" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A194" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="195" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A195" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="196" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A196" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="197" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A197" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="198" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A198" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="199" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A199" t="str">
+        <f t="shared" si="2"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="200" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A200" t="str">
+        <f t="shared" ref="A200:A263" si="3">D200&amp;" "&amp;C200</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="201" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A201" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="202" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A202" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="203" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A203" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="204" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A204" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="205" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A205" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="206" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A206" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="207" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A207" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="208" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A208" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="209" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A209" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="210" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A210" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="211" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A211" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="212" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A212" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="213" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A213" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="214" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A214" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="215" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A215" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="216" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A216" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="217" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A217" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="218" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A218" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="219" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A219" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="220" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A220" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="221" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A221" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="222" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A222" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="223" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A223" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="224" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A224" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="225" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A225" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="226" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A226" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="227" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A227" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="228" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A228" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="229" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A229" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="230" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A230" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="231" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A231" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="232" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A232" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="233" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A233" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="234" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A234" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="235" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A235" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="236" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A236" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="237" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A237" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="238" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A238" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="239" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A239" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="240" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A240" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="241" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A241" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="242" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A242" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="243" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A243" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="244" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A244" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="245" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A245" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="246" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A246" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="247" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A247" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="248" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A248" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="249" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A249" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="250" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A250" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="251" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A251" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="252" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A252" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="253" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A253" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="254" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A254" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="255" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A255" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="256" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A256" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="257" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A257" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="258" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A258" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="259" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A259" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="260" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A260" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="261" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A261" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="262" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A262" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="263" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A263" t="str">
+        <f t="shared" si="3"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="264" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A264" t="str">
+        <f t="shared" ref="A264:A327" si="4">D264&amp;" "&amp;C264</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="265" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A265" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="266" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A266" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="267" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A267" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="268" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A268" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="269" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A269" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="270" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A270" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="271" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A271" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="272" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A272" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="273" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A273" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="274" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A274" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="275" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A275" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="276" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A276" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="277" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A277" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="278" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A278" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="279" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A279" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="280" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A280" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="281" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A281" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="282" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A282" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="283" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A283" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="284" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A284" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="285" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A285" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="286" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A286" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="287" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A287" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="288" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A288" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="289" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A289" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="290" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A290" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="291" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A291" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="292" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A292" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="293" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A293" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="294" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A294" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="295" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A295" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="296" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A296" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="297" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A297" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="298" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A298" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="299" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A299" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="300" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A300" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="301" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A301" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="302" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A302" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="303" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A303" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="304" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A304" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="305" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A305" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="306" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A306" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="307" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A307" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="308" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A308" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="309" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A309" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="310" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A310" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="311" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A311" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="312" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A312" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="313" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A313" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="314" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A314" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="315" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A315" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="316" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A316" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="317" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A317" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="318" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A318" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="319" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A319" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="320" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A320" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="321" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A321" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="322" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A322" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="323" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A323" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="324" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A324" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="325" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A325" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="326" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A326" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="327" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A327" t="str">
+        <f t="shared" si="4"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="328" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A328" t="str">
+        <f t="shared" ref="A328:A391" si="5">D328&amp;" "&amp;C328</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="329" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A329" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="330" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A330" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="331" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A331" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="332" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A332" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="333" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A333" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="334" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A334" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="335" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A335" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="336" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A336" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="337" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A337" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="338" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A338" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="339" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A339" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="340" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A340" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="341" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A341" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="342" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A342" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="343" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A343" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="344" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A344" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="345" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A345" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="346" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A346" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="347" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A347" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="348" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A348" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="349" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A349" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="350" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A350" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="351" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A351" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="352" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A352" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="353" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A353" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="354" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A354" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="355" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A355" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="356" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A356" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="357" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A357" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="358" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A358" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="359" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A359" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="360" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A360" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="361" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A361" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="362" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A362" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="363" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A363" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="364" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A364" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="365" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A365" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="366" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A366" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="367" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A367" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="368" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A368" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="369" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A369" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="370" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A370" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="371" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A371" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="372" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A372" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="373" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A373" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="374" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A374" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="375" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A375" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="376" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A376" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="377" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A377" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="378" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A378" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="379" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A379" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="380" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A380" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="381" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A381" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="382" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A382" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="383" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A383" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="384" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A384" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="385" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A385" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="386" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A386" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="387" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A387" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="388" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A388" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="389" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A389" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="390" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A390" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="391" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A391" t="str">
+        <f t="shared" si="5"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="392" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A392" t="str">
+        <f t="shared" ref="A392:A455" si="6">D392&amp;" "&amp;C392</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="393" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A393" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="394" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A394" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="395" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A395" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="396" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A396" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="397" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A397" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="398" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A398" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="399" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A399" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="400" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A400" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="401" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A401" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="402" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A402" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="403" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A403" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="404" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A404" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="405" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A405" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="406" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A406" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="407" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A407" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="408" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A408" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="409" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A409" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="410" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A410" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="411" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A411" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="412" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A412" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="413" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A413" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="414" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A414" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="415" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A415" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="416" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A416" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="417" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A417" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="418" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A418" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="419" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A419" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="420" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A420" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="421" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A421" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="422" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A422" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="423" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A423" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="424" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A424" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="425" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A425" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="426" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A426" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="427" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A427" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="428" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A428" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="429" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A429" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="430" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A430" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="431" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A431" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="432" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A432" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="433" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A433" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="434" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A434" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="435" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A435" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="436" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A436" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="437" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A437" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="438" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A438" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="439" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A439" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="440" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A440" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="441" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A441" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="442" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A442" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="443" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A443" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="444" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A444" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="445" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A445" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="446" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A446" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="447" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A447" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="448" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A448" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="449" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A449" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="450" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A450" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="451" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A451" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="452" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A452" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="453" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A453" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="454" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A454" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="455" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A455" t="str">
+        <f t="shared" si="6"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="456" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A456" t="str">
+        <f t="shared" ref="A456:A519" si="7">D456&amp;" "&amp;C456</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="457" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A457" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="458" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A458" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="459" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A459" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="460" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A460" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="461" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A461" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="462" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A462" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="463" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A463" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="464" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A464" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="465" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A465" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="466" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A466" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="467" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A467" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="468" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A468" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="469" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A469" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="470" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A470" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="471" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A471" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="472" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A472" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="473" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A473" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="474" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A474" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="475" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A475" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="476" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A476" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="477" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A477" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="478" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A478" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="479" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A479" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="480" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A480" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="481" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A481" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="482" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A482" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="483" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A483" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="484" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A484" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="485" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A485" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="486" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A486" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="487" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A487" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="488" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A488" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="489" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A489" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="490" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A490" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="491" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A491" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="492" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A492" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="493" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A493" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="494" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A494" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="495" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A495" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="496" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A496" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="497" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A497" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="498" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A498" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="499" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A499" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="500" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A500" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="501" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A501" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="502" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A502" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="503" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A503" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="504" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A504" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="505" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A505" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="506" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A506" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="507" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A507" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="508" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A508" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="509" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A509" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="510" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A510" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="511" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A511" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="512" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A512" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="513" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A513" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="514" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A514" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="515" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A515" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="516" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A516" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="517" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A517" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="518" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A518" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="519" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A519" t="str">
+        <f t="shared" si="7"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="520" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A520" t="str">
+        <f t="shared" ref="A520:A583" si="8">D520&amp;" "&amp;C520</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="521" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A521" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="522" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A522" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="523" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A523" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="524" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A524" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="525" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A525" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="526" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A526" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="527" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A527" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="528" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A528" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="529" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A529" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="530" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A530" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="531" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A531" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="532" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A532" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="533" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A533" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="534" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A534" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="535" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A535" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="536" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A536" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="537" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A537" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="538" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A538" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="539" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A539" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="540" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A540" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="541" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A541" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="542" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A542" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="543" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A543" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="544" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A544" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="545" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A545" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="546" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A546" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="547" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A547" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="548" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A548" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="549" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A549" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="550" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A550" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="551" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A551" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="552" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A552" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="553" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A553" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="554" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A554" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="555" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A555" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="556" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A556" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="557" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A557" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="558" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A558" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="559" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A559" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="560" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A560" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="561" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A561" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="562" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A562" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="563" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A563" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="564" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A564" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="565" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A565" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="566" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A566" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="567" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A567" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="568" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A568" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="569" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A569" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="570" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A570" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="571" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A571" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="572" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A572" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="573" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A573" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="574" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A574" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="575" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A575" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="576" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A576" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="577" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A577" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="578" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A578" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="579" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A579" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="580" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A580" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="581" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A581" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="582" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A582" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="583" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A583" t="str">
+        <f t="shared" si="8"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="584" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A584" t="str">
+        <f t="shared" ref="A584:A647" si="9">D584&amp;" "&amp;C584</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="585" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A585" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="586" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A586" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="587" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A587" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="588" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A588" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="589" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A589" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="590" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A590" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="591" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A591" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="592" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A592" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="593" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A593" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="594" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A594" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="595" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A595" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="596" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A596" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="597" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A597" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="598" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A598" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="599" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A599" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="600" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A600" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="601" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A601" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="602" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A602" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="603" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A603" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="604" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A604" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="605" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A605" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="606" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A606" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="607" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A607" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="608" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A608" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="609" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A609" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="610" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A610" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="611" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A611" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="612" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A612" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="613" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A613" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="614" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A614" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="615" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A615" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="616" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A616" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="617" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A617" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="618" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A618" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="619" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A619" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="620" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A620" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="621" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A621" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="622" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A622" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="623" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A623" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="624" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A624" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="625" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A625" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="626" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A626" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="627" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A627" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="628" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A628" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="629" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A629" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="630" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A630" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="631" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A631" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="632" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A632" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="633" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A633" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="634" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A634" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="635" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A635" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="636" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A636" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="637" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A637" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="638" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A638" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="639" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A639" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="640" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A640" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="641" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A641" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="642" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A642" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="643" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A643" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="644" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A644" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="645" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A645" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="646" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A646" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="647" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A647" t="str">
+        <f t="shared" si="9"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="648" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A648" t="str">
+        <f t="shared" ref="A648:A711" si="10">D648&amp;" "&amp;C648</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="649" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A649" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="650" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A650" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="651" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A651" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="652" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A652" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="653" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A653" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="654" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A654" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="655" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A655" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="656" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A656" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="657" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A657" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="658" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A658" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="659" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A659" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="660" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A660" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="661" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A661" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="662" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A662" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="663" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A663" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="664" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A664" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="665" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A665" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="666" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A666" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="667" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A667" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="668" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A668" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="669" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A669" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="670" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A670" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="671" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A671" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="672" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A672" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="673" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A673" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="674" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A674" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="675" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A675" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="676" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A676" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="677" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A677" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="678" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A678" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="679" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A679" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="680" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A680" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="681" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A681" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="682" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A682" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="683" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A683" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="684" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A684" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="685" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A685" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="686" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A686" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="687" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A687" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="688" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A688" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="689" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A689" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="690" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A690" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="691" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A691" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="692" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A692" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="693" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A693" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="694" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A694" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="695" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A695" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="696" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A696" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="697" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A697" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="698" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A698" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="699" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A699" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="700" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A700" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="701" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A701" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="702" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A702" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="703" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A703" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="704" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A704" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="705" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A705" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="706" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A706" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="707" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A707" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="708" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A708" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="709" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A709" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="710" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A710" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="711" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A711" t="str">
+        <f t="shared" si="10"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="712" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A712" t="str">
+        <f t="shared" ref="A712:A775" si="11">D712&amp;" "&amp;C712</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="713" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A713" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="714" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A714" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="715" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A715" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="716" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A716" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="717" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A717" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="718" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A718" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="719" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A719" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="720" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A720" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="721" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A721" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="722" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A722" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="723" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A723" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="724" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A724" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="725" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A725" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="726" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A726" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="727" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A727" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="728" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A728" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="729" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A729" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="730" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A730" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="731" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A731" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="732" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A732" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="733" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A733" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="734" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A734" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="735" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A735" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="736" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A736" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="737" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A737" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="738" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A738" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="739" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A739" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="740" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A740" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="741" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A741" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="742" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A742" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="743" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A743" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="744" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A744" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="745" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A745" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="746" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A746" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="747" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A747" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="748" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A748" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="749" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A749" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="750" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A750" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="751" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A751" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="752" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A752" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="753" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A753" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="754" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A754" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="755" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A755" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="756" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A756" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="757" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A757" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="758" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A758" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="759" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A759" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="760" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A760" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="761" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A761" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="762" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A762" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="763" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A763" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="764" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A764" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="765" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A765" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="766" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A766" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="767" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A767" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="768" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A768" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="769" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A769" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="770" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A770" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="771" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A771" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="772" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A772" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="773" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A773" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="774" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A774" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="775" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A775" t="str">
+        <f t="shared" si="11"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="776" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A776" t="str">
+        <f t="shared" ref="A776:A839" si="12">D776&amp;" "&amp;C776</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="777" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A777" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="778" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A778" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="779" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A779" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="780" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A780" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="781" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A781" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="782" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A782" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="783" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A783" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="784" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A784" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="785" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A785" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="786" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A786" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="787" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A787" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="788" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A788" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="789" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A789" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="790" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A790" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="791" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A791" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="792" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A792" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="793" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A793" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="794" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A794" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="795" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A795" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="796" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A796" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="797" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A797" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="798" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A798" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="799" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A799" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="800" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A800" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="801" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A801" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="802" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A802" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="803" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A803" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="804" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A804" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="805" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A805" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="806" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A806" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="807" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A807" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="808" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A808" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="809" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A809" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="810" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A810" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="811" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A811" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="812" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A812" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="813" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A813" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="814" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A814" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="815" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A815" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="816" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A816" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="817" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A817" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="818" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A818" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="819" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A819" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="820" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A820" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="821" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A821" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="822" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A822" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="823" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A823" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="824" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A824" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="825" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A825" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="826" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A826" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="827" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A827" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="828" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A828" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="829" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A829" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="830" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A830" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="831" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A831" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="832" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A832" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="833" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A833" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="834" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A834" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="835" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A835" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="836" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A836" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="837" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A837" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="838" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A838" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="839" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A839" t="str">
+        <f t="shared" si="12"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="840" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A840" t="str">
+        <f t="shared" ref="A840:A903" si="13">D840&amp;" "&amp;C840</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="841" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A841" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="842" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A842" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="843" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A843" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="844" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A844" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="845" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A845" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="846" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A846" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="847" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A847" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="848" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A848" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="849" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A849" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="850" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A850" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="851" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A851" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="852" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A852" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="853" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A853" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="854" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A854" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="855" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A855" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="856" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A856" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="857" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A857" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="858" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A858" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="859" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A859" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="860" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A860" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="861" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A861" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="862" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A862" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="863" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A863" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="864" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A864" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="865" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A865" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="866" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A866" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="867" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A867" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="868" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A868" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="869" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A869" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="870" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A870" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="871" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A871" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="872" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A872" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="873" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A873" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="874" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A874" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="875" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A875" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="876" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A876" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="877" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A877" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="878" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A878" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="879" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A879" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="880" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A880" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="881" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A881" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="882" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A882" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="883" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A883" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="884" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A884" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="885" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A885" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="886" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A886" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="887" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A887" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="888" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A888" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="889" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A889" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="890" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A890" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="891" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A891" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="892" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A892" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="893" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A893" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="894" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A894" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="895" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A895" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="896" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A896" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="897" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A897" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="898" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A898" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="899" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A899" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="900" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A900" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="901" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A901" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="902" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A902" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="903" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A903" t="str">
+        <f t="shared" si="13"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="904" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A904" t="str">
+        <f t="shared" ref="A904:A967" si="14">D904&amp;" "&amp;C904</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="905" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A905" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="906" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A906" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="907" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A907" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="908" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A908" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="909" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A909" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="910" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A910" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="911" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A911" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="912" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A912" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="913" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A913" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="914" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A914" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="915" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A915" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="916" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A916" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="917" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A917" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="918" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A918" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="919" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A919" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="920" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A920" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="921" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A921" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="922" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A922" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="923" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A923" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="924" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A924" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="925" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A925" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="926" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A926" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="927" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A927" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="928" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A928" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="929" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A929" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="930" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A930" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="931" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A931" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="932" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A932" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="933" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A933" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="934" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A934" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="935" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A935" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="936" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A936" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="937" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A937" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="938" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A938" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="939" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A939" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="940" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A940" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="941" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A941" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="942" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A942" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="943" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A943" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="944" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A944" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="945" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A945" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="946" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A946" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="947" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A947" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="948" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A948" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="949" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A949" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="950" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A950" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="951" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A951" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="952" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A952" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="953" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A953" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="954" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A954" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="955" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A955" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="956" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A956" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="957" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A957" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="958" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A958" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="959" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A959" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="960" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A960" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="961" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A961" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="962" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A962" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="963" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A963" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="964" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A964" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="965" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A965" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="966" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A966" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="967" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A967" t="str">
+        <f t="shared" si="14"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="968" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A968" t="str">
+        <f t="shared" ref="A968:A1031" si="15">D968&amp;" "&amp;C968</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="969" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A969" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="970" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A970" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="971" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A971" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="972" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A972" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="973" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A973" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="974" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A974" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="975" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A975" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="976" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A976" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="977" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A977" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="978" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A978" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="979" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A979" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="980" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A980" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="981" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A981" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="982" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A982" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="983" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A983" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="984" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A984" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="985" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A985" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="986" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A986" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="987" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A987" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="988" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A988" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="989" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A989" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="990" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A990" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="991" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A991" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="992" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A992" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="993" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A993" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="994" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A994" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="995" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A995" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="996" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A996" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="997" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A997" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="998" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A998" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="999" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A999" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1000" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1000" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1001" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1001" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1002" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1002" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1003" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1003" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1004" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1004" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1005" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1005" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1006" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1006" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1007" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1007" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1008" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1008" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1009" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1009" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1010" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1010" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1011" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1011" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1012" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1012" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1013" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1013" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1014" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1014" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1015" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1015" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1016" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1016" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1017" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1017" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1018" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1018" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1019" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1019" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1020" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1020" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1021" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1021" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1022" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1022" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1023" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1023" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1024" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1024" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1025" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1025" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1026" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1026" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1027" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1027" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1028" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1028" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1029" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1029" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1030" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1030" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1031" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1031" t="str">
+        <f t="shared" si="15"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1032" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1032" t="str">
+        <f t="shared" ref="A1032:A1095" si="16">D1032&amp;" "&amp;C1032</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1033" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1033" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1034" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1034" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1035" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1035" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1036" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1036" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1037" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1037" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1038" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1038" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1039" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1039" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1040" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1040" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1041" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1041" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1042" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1042" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1043" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1043" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1044" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1044" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1045" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1045" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1046" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1046" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1047" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1047" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1048" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1048" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1049" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1049" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1050" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1050" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1051" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1051" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1052" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1052" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1053" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1053" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1054" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1054" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1055" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1055" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1056" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1056" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1057" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1057" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1058" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1058" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1059" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1059" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1060" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1060" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1061" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1061" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1062" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1062" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1063" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1063" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1064" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1064" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1065" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1065" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1066" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1066" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1067" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1067" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1068" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1068" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1069" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1069" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1070" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1070" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1071" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1071" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1072" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1072" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1073" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1073" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1074" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1074" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1075" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1075" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1076" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1076" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1077" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1077" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1078" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1078" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1079" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1079" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1080" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1080" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1081" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1081" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1082" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1082" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1083" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1083" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1084" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1084" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1085" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1085" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1086" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1086" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1087" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1087" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1088" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1088" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1089" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1089" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1090" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1090" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1091" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1091" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1092" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1092" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1093" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1093" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1094" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1094" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1095" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1095" t="str">
+        <f t="shared" si="16"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1096" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1096" t="str">
+        <f t="shared" ref="A1096:A1159" si="17">D1096&amp;" "&amp;C1096</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1097" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1097" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1098" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1098" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1099" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1099" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1100" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1100" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1101" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1101" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1102" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1102" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1103" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1103" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1104" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1104" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1105" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1105" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1106" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1106" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1107" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1107" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1108" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1108" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1109" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1109" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1110" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1110" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1111" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1111" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1112" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1112" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1113" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1113" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1114" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1114" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1115" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1115" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1116" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1116" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1117" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1117" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1118" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1118" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1119" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1119" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1120" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1120" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1121" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1121" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1122" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1122" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1123" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1123" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1124" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1124" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1125" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1125" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1126" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1126" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1127" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1127" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1128" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1128" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1129" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1129" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1130" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1130" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1131" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1131" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1132" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1132" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1133" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1133" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1134" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1134" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1135" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1135" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1136" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1136" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1137" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1137" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1138" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1138" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1139" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1139" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1140" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1140" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1141" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1141" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1142" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1142" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1143" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1143" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1144" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1144" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1145" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1145" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1146" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1146" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1147" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1147" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1148" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1148" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1149" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1149" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1150" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1150" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1151" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1151" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1152" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1152" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1153" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1153" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1154" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1154" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1155" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1155" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1156" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1156" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1157" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1157" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1158" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1158" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1159" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1159" t="str">
+        <f t="shared" si="17"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1160" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1160" t="str">
+        <f t="shared" ref="A1160:A1223" si="18">D1160&amp;" "&amp;C1160</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1161" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1161" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1162" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1162" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1163" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1163" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1164" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1164" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1165" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1165" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1166" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1166" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1167" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1167" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1168" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1168" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1169" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1169" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1170" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1170" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1171" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1171" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1172" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1172" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1173" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1173" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1174" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1174" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1175" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1175" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1176" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1176" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1177" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1177" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1178" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1178" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1179" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1179" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1180" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1180" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1181" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1181" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1182" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1182" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1183" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1183" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1184" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1184" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1185" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1185" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1186" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1186" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1187" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1187" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1188" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1188" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1189" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1189" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1190" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1190" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1191" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1191" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1192" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1192" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1193" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1193" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1194" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1194" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1195" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1195" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1196" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1196" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1197" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1197" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1198" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1198" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1199" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1199" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1200" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1200" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1201" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1201" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1202" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1202" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1203" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1203" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1204" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1204" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1205" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1205" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1206" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1206" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1207" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1207" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1208" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1208" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1209" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1209" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1210" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1210" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1211" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1211" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1212" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1212" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1213" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1213" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1214" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1214" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1215" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1215" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1216" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1216" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1217" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1217" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1218" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1218" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1219" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1219" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1220" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1220" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1221" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1221" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1222" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1222" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1223" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1223" t="str">
+        <f t="shared" si="18"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1224" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1224" t="str">
+        <f t="shared" ref="A1224:A1287" si="19">D1224&amp;" "&amp;C1224</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1225" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1225" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1226" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1226" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1227" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1227" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1228" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1228" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1229" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1229" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1230" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1230" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1231" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1231" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1232" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1232" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1233" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1233" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1234" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1234" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1235" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1235" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1236" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1236" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1237" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1237" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1238" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1238" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1239" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1239" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1240" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1240" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1241" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1241" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1242" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1242" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1243" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1243" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1244" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1244" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1245" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1245" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1246" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1246" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1247" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1247" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1248" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1248" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1249" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1249" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1250" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1250" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1251" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1251" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1252" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1252" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1253" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1253" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1254" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1254" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1255" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1255" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1256" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1256" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1257" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1257" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1258" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1258" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1259" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1259" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1260" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1260" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1261" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1261" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1262" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1262" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1263" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1263" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1264" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1264" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1265" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1265" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1266" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1266" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1267" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1267" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1268" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1268" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1269" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1269" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1270" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1270" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1271" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1271" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1272" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1272" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1273" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1273" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1274" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1274" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1275" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1275" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1276" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1276" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1277" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1277" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1278" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1278" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1279" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1279" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1280" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1280" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1281" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1281" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1282" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1282" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1283" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1283" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1284" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1284" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1285" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1285" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1286" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1286" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1287" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1287" t="str">
+        <f t="shared" si="19"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1288" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1288" t="str">
+        <f t="shared" ref="A1288:A1351" si="20">D1288&amp;" "&amp;C1288</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1289" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1289" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1290" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1290" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1291" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1291" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1292" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1292" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1293" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1293" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1294" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1294" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1295" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1295" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1296" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1296" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1297" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1297" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1298" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1298" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1299" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1299" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1300" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1300" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1301" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1301" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1302" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1302" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1303" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1303" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1304" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1304" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1305" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1305" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1306" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1306" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1307" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1307" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1308" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1308" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1309" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1309" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1310" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1310" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1311" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1311" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1312" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1312" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1313" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1313" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1314" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1314" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1315" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1315" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1316" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1316" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1317" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1317" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1318" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1318" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1319" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1319" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1320" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1320" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1321" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1321" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1322" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1322" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1323" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1323" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1324" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1324" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1325" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1325" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1326" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1326" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1327" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1327" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1328" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1328" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1329" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1329" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1330" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1330" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1331" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1331" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1332" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1332" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1333" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1333" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1334" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1334" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1335" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1335" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1336" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1336" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1337" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1337" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1338" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1338" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1339" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1339" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1340" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1340" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1341" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1341" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1342" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1342" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1343" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1343" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1344" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1344" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1345" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1345" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1346" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1346" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1347" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1347" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1348" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1348" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1349" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1349" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1350" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1350" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1351" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1351" t="str">
+        <f t="shared" si="20"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1352" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1352" t="str">
+        <f t="shared" ref="A1352:A1415" si="21">D1352&amp;" "&amp;C1352</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1353" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1353" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1354" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1354" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1355" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1355" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1356" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1356" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1357" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1357" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1358" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1358" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1359" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1359" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1360" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1360" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1361" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1361" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1362" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1362" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1363" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1363" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1364" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1364" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1365" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1365" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1366" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1366" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1367" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1367" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1368" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1368" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1369" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1369" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1370" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1370" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1371" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1371" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1372" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1372" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1373" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1373" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1374" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1374" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1375" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1375" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1376" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1376" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1377" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1377" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1378" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1378" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1379" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1379" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1380" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1380" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1381" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1381" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1382" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1382" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1383" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1383" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1384" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1384" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1385" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1385" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1386" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1386" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1387" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1387" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1388" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1388" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1389" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1389" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1390" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1390" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1391" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1391" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1392" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1392" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1393" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1393" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1394" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1394" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1395" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1395" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1396" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1396" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1397" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1397" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1398" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1398" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1399" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1399" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1400" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1400" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1401" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1401" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1402" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1402" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1403" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1403" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1404" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1404" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1405" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1405" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1406" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1406" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1407" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1407" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1408" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1408" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1409" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1409" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1410" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1410" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1411" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1411" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1412" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1412" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1413" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1413" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1414" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1414" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1415" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1415" t="str">
+        <f t="shared" si="21"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1416" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1416" t="str">
+        <f t="shared" ref="A1416:A1479" si="22">D1416&amp;" "&amp;C1416</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1417" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1417" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1418" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1418" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1419" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1419" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1420" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1420" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1421" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1421" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1422" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1422" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1423" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1423" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1424" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1424" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1425" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1425" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1426" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1426" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1427" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1427" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1428" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1428" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1429" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1429" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1430" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1430" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1431" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1431" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1432" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1432" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1433" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1433" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1434" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1434" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1435" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1435" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1436" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1436" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1437" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1437" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1438" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1438" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1439" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1439" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1440" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1440" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1441" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1441" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1442" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1442" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1443" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1443" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1444" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1444" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1445" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1445" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1446" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1446" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1447" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1447" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1448" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1448" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1449" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1449" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1450" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1450" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1451" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1451" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1452" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1452" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1453" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1453" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1454" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1454" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1455" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1455" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1456" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1456" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1457" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1457" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1458" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1458" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1459" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1459" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1460" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1460" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1461" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1461" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1462" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1462" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1463" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1463" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1464" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1464" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1465" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1465" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1466" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1466" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1467" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1467" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1468" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1468" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1469" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1469" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1470" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1470" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1471" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1471" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1472" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1472" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1473" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1473" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1474" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1474" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1475" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1475" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1476" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1476" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1477" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1477" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1478" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1478" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1479" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1479" t="str">
+        <f t="shared" si="22"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1480" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1480" t="str">
+        <f t="shared" ref="A1480:A1543" si="23">D1480&amp;" "&amp;C1480</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1481" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1481" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1482" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1482" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1483" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1483" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1484" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1484" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1485" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1485" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1486" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1486" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1487" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1487" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1488" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1488" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1489" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1489" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1490" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1490" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1491" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1491" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1492" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1492" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1493" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1493" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1494" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1494" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1495" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1495" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1496" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1496" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1497" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1497" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1498" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1498" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1499" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1499" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1500" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1500" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1501" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1501" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1502" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1502" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1503" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1503" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1504" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1504" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1505" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1505" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1506" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1506" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1507" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1507" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1508" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1508" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1509" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1509" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1510" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1510" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1511" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1511" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1512" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1512" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1513" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1513" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1514" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1514" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1515" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1515" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1516" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1516" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1517" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1517" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1518" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1518" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1519" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1519" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1520" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1520" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1521" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1521" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1522" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1522" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1523" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1523" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1524" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1524" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1525" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1525" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1526" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1526" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1527" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1527" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1528" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1528" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1529" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1529" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1530" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1530" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1531" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1531" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1532" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1532" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1533" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1533" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1534" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1534" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1535" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1535" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1536" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1536" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1537" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1537" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1538" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1538" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1539" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1539" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1540" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1540" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1541" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1541" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1542" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1542" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1543" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1543" t="str">
+        <f t="shared" si="23"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1544" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1544" t="str">
+        <f t="shared" ref="A1544:A1607" si="24">D1544&amp;" "&amp;C1544</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1545" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1545" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1546" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1546" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1547" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1547" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1548" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1548" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1549" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1549" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1550" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1550" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1551" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1551" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1552" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1552" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1553" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1553" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1554" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1554" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1555" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1555" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1556" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1556" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1557" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1557" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1558" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1558" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1559" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1559" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1560" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1560" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1561" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1561" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1562" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1562" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1563" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1563" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1564" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1564" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1565" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1565" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1566" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1566" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1567" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1567" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1568" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1568" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1569" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1569" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1570" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1570" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1571" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1571" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1572" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1572" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1573" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1573" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1574" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1574" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1575" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1575" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1576" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1576" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1577" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1577" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1578" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1578" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1579" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1579" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1580" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1580" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1581" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1581" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1582" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1582" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1583" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1583" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1584" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1584" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1585" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1585" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1586" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1586" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1587" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1587" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1588" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1588" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1589" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1589" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1590" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1590" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1591" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1591" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1592" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1592" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1593" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1593" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1594" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1594" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1595" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1595" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1596" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1596" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1597" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1597" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1598" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1598" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1599" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1599" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1600" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1600" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1601" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1601" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1602" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1602" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1603" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1603" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1604" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1604" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1605" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1605" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1606" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1606" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1607" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1607" t="str">
+        <f t="shared" si="24"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1608" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1608" t="str">
+        <f t="shared" ref="A1608:A1671" si="25">D1608&amp;" "&amp;C1608</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1609" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1609" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1610" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1610" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1611" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1611" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1612" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1612" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1613" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1613" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1614" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1614" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1615" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1615" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1616" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1616" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1617" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1617" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1618" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1618" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1619" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1619" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1620" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1620" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1621" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1621" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1622" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1622" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1623" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1623" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1624" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1624" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1625" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1625" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1626" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1626" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1627" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1627" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1628" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1628" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1629" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1629" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1630" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1630" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1631" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1631" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1632" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1632" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1633" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1633" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1634" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1634" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1635" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1635" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1636" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1636" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1637" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1637" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1638" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1638" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1639" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1639" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1640" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1640" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1641" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1641" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1642" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1642" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1643" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1643" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1644" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1644" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1645" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1645" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1646" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1646" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1647" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1647" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1648" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1648" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1649" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1649" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1650" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1650" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1651" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1651" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1652" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1652" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1653" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1653" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1654" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1654" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1655" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1655" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1656" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1656" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1657" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1657" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1658" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1658" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1659" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1659" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1660" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1660" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1661" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1661" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1662" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1662" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1663" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1663" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1664" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1664" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1665" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1665" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1666" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1666" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1667" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1667" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1668" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1668" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1669" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1669" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1670" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1670" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1671" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1671" t="str">
+        <f t="shared" si="25"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1672" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1672" t="str">
+        <f t="shared" ref="A1672:A1735" si="26">D1672&amp;" "&amp;C1672</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1673" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1673" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1674" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1674" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1675" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1675" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1676" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1676" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1677" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1677" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1678" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1678" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1679" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1679" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1680" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1680" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1681" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1681" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1682" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1682" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1683" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1683" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1684" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1684" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1685" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1685" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1686" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1686" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1687" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1687" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1688" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1688" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1689" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1689" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1690" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1690" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1691" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1691" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1692" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1692" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1693" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1693" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1694" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1694" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1695" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1695" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1696" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1696" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1697" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1697" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1698" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1698" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1699" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1699" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1700" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1700" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1701" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1701" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1702" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1702" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1703" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1703" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1704" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1704" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1705" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1705" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1706" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1706" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1707" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1707" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1708" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1708" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1709" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1709" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1710" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1710" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1711" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1711" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1712" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1712" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1713" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1713" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1714" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1714" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1715" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1715" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1716" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1716" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1717" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1717" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1718" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1718" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1719" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1719" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1720" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1720" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1721" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1721" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1722" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1722" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1723" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1723" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1724" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1724" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1725" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1725" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1726" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1726" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1727" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1727" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1728" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1728" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1729" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1729" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1730" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1730" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1731" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1731" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1732" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1732" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1733" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1733" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1734" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1734" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1735" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1735" t="str">
+        <f t="shared" si="26"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1736" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1736" t="str">
+        <f t="shared" ref="A1736:A1795" si="27">D1736&amp;" "&amp;C1736</f>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1737" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1737" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1738" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1738" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1739" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1739" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1740" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1740" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1741" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1741" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1742" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1742" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1743" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1743" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1744" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1744" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1745" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1745" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1746" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1746" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1747" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1747" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1748" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1748" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1749" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1749" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1750" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1750" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1751" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1751" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1752" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1752" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1753" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1753" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1754" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1754" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1755" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1755" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1756" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1756" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1757" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1757" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1758" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1758" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1759" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1759" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1760" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1760" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1761" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1761" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1762" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1762" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1763" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1763" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1764" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1764" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1765" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1765" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1766" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1766" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1767" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1767" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1768" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1768" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1769" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1769" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1770" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1770" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1771" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1771" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1772" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1772" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1773" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1773" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1774" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1774" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1775" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1775" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1776" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1776" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1777" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1777" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1778" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1778" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1779" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1779" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1780" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1780" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1781" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1781" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1782" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1782" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1783" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1783" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1784" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1784" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1785" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1785" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1786" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1786" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1787" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1787" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1788" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1788" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1789" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1789" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1790" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1790" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1791" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1791" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1792" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1792" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="1793" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A1793" t="str">
+        <f t="shared" si="27"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B6:F1793" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
+  <dataValidations disablePrompts="1" count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C21" xr:uid="{BB6F061B-35EB-0D4E-8EB0-AC12F879CE37}">
+      <formula1>Types</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
+  <headerFooter>
+    <oddFooter>&amp;C&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddFooter>
+  </headerFooter>
+  <legacyDrawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5ACB137A-7FE0-B34D-809E-ADB1DD11DA7F}">
+  <dimension ref="A1:I1793"/>
+  <sheetViews>
+    <sheetView topLeftCell="B1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="B3" sqref="B3"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="13.5" hidden="1" customWidth="1"/>
+    <col min="2" max="2" width="11.6640625" style="1" customWidth="1"/>
+    <col min="3" max="3" width="55.6640625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="8" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10.83203125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="75.6640625" style="10" customWidth="1"/>
+    <col min="7" max="7" width="6.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="7.6640625" customWidth="1"/>
+    <col min="9" max="9" width="8.1640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="21" x14ac:dyDescent="0.25">
+      <c r="B1" s="6" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="B2" s="5" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="B3" s="5"/>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="B4" s="5"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="B5" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="C5" s="4"/>
+      <c r="D5" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="E5" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" s="13"/>
+      <c r="G5" s="4"/>
+      <c r="H5" s="4"/>
+      <c r="I5" s="3"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="F6" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="G6" s="4"/>
+      <c r="H6" s="4"/>
+      <c r="I6" s="3"/>
+    </row>
+    <row r="7" spans="1:9" ht="17" x14ac:dyDescent="0.2">
+      <c r="A7" t="str">
+        <f>D7&amp;" "&amp;C7</f>
+        <v>B DSM</v>
+      </c>
+      <c r="B7" s="37">
+        <v>45823</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" s="1">
+        <v>1</v>
+      </c>
+      <c r="F7" s="19" t="s">
+        <v>38</v>
+      </c>
+      <c r="G7" s="8"/>
+      <c r="H7" s="7"/>
+    </row>
+    <row r="8" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A8" t="str">
+        <f t="shared" ref="A8:A69" si="0">D8&amp;" "&amp;C8</f>
+        <v>A DSM</v>
+      </c>
+      <c r="B8" s="37">
+        <v>45832</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="E8" s="1">
+        <v>1</v>
+      </c>
+      <c r="F8" s="19" t="s">
+        <v>39</v>
+      </c>
+      <c r="G8" s="8"/>
+      <c r="H8" s="7"/>
+    </row>
+    <row r="9" spans="1:9" ht="17" x14ac:dyDescent="0.2">
+      <c r="A9" t="str">
+        <f t="shared" si="0"/>
+        <v>D DSM</v>
+      </c>
+      <c r="B9" s="37">
+        <v>45833</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E9" s="1">
+        <v>1</v>
+      </c>
+      <c r="F9" s="19" t="s">
+        <v>40</v>
+      </c>
+      <c r="G9" s="8"/>
+      <c r="H9" s="7"/>
+    </row>
+    <row r="10" spans="1:9" ht="17" x14ac:dyDescent="0.2">
+      <c r="A10" t="str">
+        <f t="shared" si="0"/>
+        <v>C DSM</v>
+      </c>
+      <c r="B10" s="37">
+        <v>45839</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" s="1">
+        <v>1</v>
+      </c>
+      <c r="F10" s="19" t="s">
+        <v>43</v>
+      </c>
+      <c r="G10" s="8"/>
+      <c r="H10" s="7"/>
+    </row>
+    <row r="11" spans="1:9" ht="17" x14ac:dyDescent="0.2">
+      <c r="A11" t="str">
+        <f t="shared" si="0"/>
+        <v>SM Condensed Outline, Flashcards, Formula Sheet</v>
+      </c>
+      <c r="B11" s="37">
+        <v>45841</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="D11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E11" s="1">
+        <v>1</v>
+      </c>
+      <c r="F11" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="G11" s="8"/>
+      <c r="H11" s="7"/>
+    </row>
+    <row r="12" spans="1:9" ht="17" x14ac:dyDescent="0.2">
+      <c r="A12" t="str">
+        <f t="shared" si="0"/>
+        <v>SM Past Exam Mapping Spreadsheet</v>
+      </c>
+      <c r="B12" s="37">
+        <v>45877</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D12" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E12" s="1">
+        <v>1</v>
+      </c>
+      <c r="F12" s="36" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="17" x14ac:dyDescent="0.2">
+      <c r="A13" t="str">
+        <f t="shared" si="0"/>
+        <v>SM TIA CFE-101 Practice Exam</v>
+      </c>
+      <c r="B13" s="37">
+        <v>45884</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E13" s="1">
+        <v>1</v>
+      </c>
+      <c r="F13" s="36" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="51" x14ac:dyDescent="0.2">
+      <c r="A14" t="str">
+        <f t="shared" si="0"/>
+        <v>D DSM</v>
+      </c>
+      <c r="B14" s="37">
+        <v>45895</v>
+      </c>
+      <c r="C14" s="11" t="s">
+        <v>3</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E14" s="11">
+        <v>2</v>
+      </c>
+      <c r="F14" s="19" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="39" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A15" t="str">
+        <f t="shared" si="0"/>
+        <v>D Handouts</v>
+      </c>
+      <c r="B15" s="37">
+        <v>45895</v>
+      </c>
+      <c r="C15" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="D15" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E15" s="11">
+        <v>2</v>
+      </c>
+      <c r="F15" s="19" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="17" x14ac:dyDescent="0.2">
+      <c r="A16" t="str">
+        <f t="shared" si="0"/>
+        <v>SM Condensed Outline</v>
+      </c>
+      <c r="B16" s="37">
+        <v>45895</v>
+      </c>
+      <c r="C16" s="11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E16" s="11">
+        <v>2</v>
+      </c>
+      <c r="F16" s="19" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" ht="17" x14ac:dyDescent="0.2">
+      <c r="A17" t="str">
+        <f t="shared" si="0"/>
+        <v>SM Flashcards</v>
+      </c>
+      <c r="B17" s="37">
+        <v>45895</v>
+      </c>
+      <c r="C17" s="11" t="s">
+        <v>53</v>
+      </c>
+      <c r="D17" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E17" s="11">
+        <v>2</v>
+      </c>
+      <c r="F17" s="19" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" ht="17" x14ac:dyDescent="0.2">
+      <c r="A18" t="str">
+        <f t="shared" si="0"/>
+        <v>SM Drill Problems</v>
+      </c>
+      <c r="B18" s="37">
+        <v>45905</v>
+      </c>
+      <c r="C18" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E18" s="11">
+        <v>1</v>
+      </c>
+      <c r="F18" s="19" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" ht="17" x14ac:dyDescent="0.2">
+      <c r="A19" t="str">
+        <f t="shared" si="0"/>
+        <v>D DSM / Handouts</v>
+      </c>
+      <c r="B19" s="37">
+        <v>45941</v>
+      </c>
+      <c r="C19" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E19" s="11">
+        <v>3</v>
+      </c>
+      <c r="F19" s="19" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" ht="17" x14ac:dyDescent="0.2">
+      <c r="A20" t="str">
+        <f t="shared" si="0"/>
+        <v>SM Condensed Outline / Flashcards</v>
+      </c>
+      <c r="B20" s="37">
+        <v>45941</v>
+      </c>
+      <c r="C20" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D20" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E20" s="11">
+        <v>3</v>
+      </c>
+      <c r="F20" s="19" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="17" x14ac:dyDescent="0.2">
+      <c r="A21" t="str">
+        <f t="shared" si="0"/>
+        <v>SM Formula Sheet</v>
+      </c>
+      <c r="B21" s="37">
+        <v>45941</v>
+      </c>
+      <c r="C21" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="D21" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E21" s="11">
+        <v>2</v>
+      </c>
+      <c r="F21" s="19" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="34" x14ac:dyDescent="0.2">
+      <c r="A22" t="str">
+        <f t="shared" si="0"/>
+        <v>SM Drill Problems</v>
+      </c>
+      <c r="B22" s="33">
+        <v>45941</v>
+      </c>
+      <c r="C22" s="11" t="s">
+        <v>59</v>
+      </c>
+      <c r="D22" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="E22" s="11">
+        <v>2</v>
+      </c>
+      <c r="F22" s="21" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A23" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B23" s="17"/>
+      <c r="C23" s="11"/>
+      <c r="D23" s="11"/>
+      <c r="E23" s="33"/>
+      <c r="F23" s="21"/>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A24" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B24" s="17"/>
+      <c r="C24" s="11"/>
+      <c r="D24" s="11"/>
+      <c r="E24" s="33"/>
+      <c r="F24" s="21"/>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A25" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B25" s="17"/>
+      <c r="C25" s="11"/>
+      <c r="D25" s="11"/>
+      <c r="E25" s="33"/>
+      <c r="F25" s="21"/>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A26" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B26" s="17"/>
+      <c r="C26" s="11"/>
+      <c r="D26" s="11"/>
+      <c r="E26" s="33"/>
+      <c r="F26" s="21"/>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A27" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B27" s="17"/>
+      <c r="C27" s="11"/>
+      <c r="D27" s="11"/>
+      <c r="E27" s="11"/>
+      <c r="F27" s="19"/>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A28" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B28" s="17"/>
+      <c r="C28" s="11"/>
+      <c r="D28" s="11"/>
+      <c r="E28" s="33"/>
+      <c r="F28" s="21"/>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A29" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B29" s="17"/>
+      <c r="C29" s="11"/>
+      <c r="D29" s="11"/>
+      <c r="E29" s="11"/>
+      <c r="F29" s="20"/>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A30" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B30" s="17"/>
+      <c r="C30" s="11"/>
+      <c r="D30" s="11"/>
+      <c r="E30" s="11"/>
+      <c r="F30" s="20"/>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A31" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B31" s="17"/>
+      <c r="C31" s="11"/>
+      <c r="D31" s="11"/>
+      <c r="E31" s="11"/>
+      <c r="F31" s="20"/>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="B32" s="17"/>
+      <c r="C32" s="11"/>
+      <c r="D32" s="11"/>
+      <c r="E32" s="11"/>
+      <c r="F32" s="20"/>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="B33" s="17"/>
+      <c r="C33" s="11"/>
+      <c r="D33" s="11"/>
+      <c r="E33" s="11"/>
+      <c r="F33" s="20"/>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A34" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B34" s="17"/>
+      <c r="C34" s="11"/>
+      <c r="D34" s="11"/>
+      <c r="E34" s="11"/>
+      <c r="F34" s="20"/>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A35" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B35" s="17"/>
+      <c r="C35" s="11"/>
+      <c r="D35" s="11"/>
+      <c r="E35" s="11"/>
+      <c r="F35" s="20"/>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A36" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B36" s="17"/>
+      <c r="C36" s="1"/>
+      <c r="D36" s="11"/>
+      <c r="E36" s="11"/>
+      <c r="F36" s="20"/>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A37" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B37" s="17"/>
+      <c r="C37" s="1"/>
+      <c r="D37" s="11"/>
+      <c r="E37" s="11"/>
+      <c r="F37" s="20"/>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A38" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B38" s="17"/>
+      <c r="C38" s="1"/>
+      <c r="D38" s="11"/>
+      <c r="E38" s="11"/>
+      <c r="F38" s="20"/>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A39" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B39" s="12"/>
+      <c r="C39" s="1"/>
+      <c r="D39" s="11"/>
+      <c r="E39" s="11"/>
+      <c r="F39" s="20"/>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A40" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B40" s="12"/>
+      <c r="C40" s="1"/>
+      <c r="D40" s="11"/>
+      <c r="E40" s="11"/>
+      <c r="F40" s="20"/>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A41" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B41" s="12"/>
+      <c r="C41" s="1"/>
+      <c r="D41" s="11"/>
+      <c r="E41" s="11"/>
+      <c r="F41" s="20"/>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A42" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B42" s="17"/>
+      <c r="C42" s="11"/>
+      <c r="D42" s="11"/>
+      <c r="E42" s="11"/>
+      <c r="F42" s="30"/>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A43" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B43" s="17"/>
+      <c r="C43" s="11"/>
+      <c r="D43" s="11"/>
+      <c r="E43" s="11"/>
+      <c r="F43" s="20"/>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A44" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B44" s="12"/>
+      <c r="C44" s="1"/>
+      <c r="D44" s="1"/>
+      <c r="E44" s="11"/>
+      <c r="F44" s="20"/>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A45" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B45" s="12"/>
+      <c r="C45" s="1"/>
+      <c r="D45" s="1"/>
+      <c r="E45" s="11"/>
+      <c r="F45" s="19"/>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A46" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B46" s="12"/>
+      <c r="C46" s="1"/>
+      <c r="D46" s="1"/>
+      <c r="E46" s="11"/>
+      <c r="F46" s="19"/>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A47" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B47" s="12"/>
+      <c r="C47" s="1"/>
+      <c r="D47" s="1"/>
+      <c r="E47" s="11"/>
+      <c r="F47" s="19"/>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A48" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B48" s="12"/>
+      <c r="C48" s="1"/>
+      <c r="D48" s="1"/>
+      <c r="E48" s="11"/>
+      <c r="F48" s="19"/>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A49" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B49" s="12"/>
+      <c r="C49" s="1"/>
+      <c r="D49" s="1"/>
+      <c r="E49" s="11"/>
+      <c r="F49" s="20"/>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A50" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B50" s="12"/>
+      <c r="C50" s="1"/>
+      <c r="D50" s="1"/>
+      <c r="E50" s="11"/>
+      <c r="F50" s="20"/>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A51" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B51" s="12"/>
+      <c r="C51" s="1"/>
+      <c r="D51" s="1"/>
+      <c r="E51" s="11"/>
+      <c r="F51" s="20"/>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A52" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B52" s="12"/>
+      <c r="C52" s="11"/>
+      <c r="D52" s="11"/>
+      <c r="E52" s="11"/>
+      <c r="F52" s="20"/>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A53" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B53" s="12"/>
+      <c r="C53" s="1"/>
+      <c r="D53" s="1"/>
+      <c r="E53" s="11"/>
+      <c r="F53" s="20"/>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A54" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B54" s="12"/>
+      <c r="C54" s="11"/>
+      <c r="D54" s="11"/>
+      <c r="E54" s="11"/>
+      <c r="F54" s="20"/>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A55" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B55" s="12"/>
+      <c r="C55" s="11"/>
+      <c r="D55" s="11"/>
+      <c r="E55" s="11"/>
+      <c r="F55" s="20"/>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A56" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B56" s="12"/>
+      <c r="C56" s="1"/>
+      <c r="D56" s="1"/>
+      <c r="E56" s="11"/>
+      <c r="F56" s="20"/>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A57" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B57" s="12"/>
+      <c r="C57" s="1"/>
+      <c r="D57" s="1"/>
+      <c r="E57" s="11"/>
+      <c r="F57" s="20"/>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A58" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B58" s="12"/>
+      <c r="C58" s="1"/>
+      <c r="D58" s="1"/>
+      <c r="E58" s="11"/>
+      <c r="F58" s="19"/>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A59" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B59" s="34"/>
+      <c r="C59" s="1"/>
+      <c r="D59" s="1"/>
+      <c r="F59" s="19"/>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A60" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B60" s="34"/>
+      <c r="C60" s="1"/>
+      <c r="D60" s="1"/>
+      <c r="F60" s="19"/>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A61" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B61" s="34"/>
+      <c r="C61" s="1"/>
+      <c r="D61" s="1"/>
+      <c r="F61" s="19"/>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A62" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B62" s="34"/>
+      <c r="C62" s="1"/>
+      <c r="D62" s="1"/>
+      <c r="F62" s="19"/>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A63" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B63" s="34"/>
+      <c r="C63" s="1"/>
+      <c r="D63" s="1"/>
+      <c r="F63" s="19"/>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A64" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B64" s="34"/>
+      <c r="C64" s="1"/>
+      <c r="D64" s="1"/>
+      <c r="F64" s="20"/>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A65" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B65" s="35"/>
+      <c r="C65" s="11"/>
+      <c r="D65" s="11"/>
+      <c r="E65" s="11"/>
+      <c r="F65" s="19"/>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A66" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B66" s="35"/>
+      <c r="C66" s="11"/>
+      <c r="D66" s="11"/>
+      <c r="E66" s="11"/>
+      <c r="F66" s="19"/>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A67" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B67" s="34"/>
+      <c r="C67" s="11"/>
+      <c r="D67" s="1"/>
+      <c r="F67" s="19"/>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A68" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B68" s="34"/>
+      <c r="C68" s="11"/>
+      <c r="D68" s="1"/>
+      <c r="F68" s="19"/>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A69" t="str">
+        <f t="shared" si="0"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B69" s="34"/>
+      <c r="C69" s="11"/>
+      <c r="D69" s="1"/>
+      <c r="F69" s="19"/>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A70" t="str">
+        <f t="shared" ref="A70:A133" si="1">D70&amp;" "&amp;C70</f>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B70" s="34"/>
+      <c r="C70" s="11"/>
+      <c r="D70" s="1"/>
+      <c r="F70" s="19"/>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A71" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B71" s="34"/>
+      <c r="C71" s="11"/>
+      <c r="D71" s="1"/>
+      <c r="F71" s="19"/>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A72" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B72" s="34"/>
+      <c r="C72" s="11"/>
+      <c r="D72" s="1"/>
+      <c r="F72" s="19"/>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A73" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B73" s="34"/>
+      <c r="C73" s="11"/>
+      <c r="D73" s="1"/>
+      <c r="F73" s="19"/>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A74" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B74" s="34"/>
+      <c r="C74" s="11"/>
+      <c r="D74" s="1"/>
+      <c r="F74" s="19"/>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A75" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B75" s="34"/>
+      <c r="C75" s="11"/>
+      <c r="D75" s="1"/>
+      <c r="F75" s="19"/>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A76" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B76" s="34"/>
+      <c r="C76" s="11"/>
+      <c r="D76" s="1"/>
+      <c r="F76" s="19"/>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A77" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B77" s="34"/>
+      <c r="C77" s="11"/>
+      <c r="D77" s="1"/>
+      <c r="F77" s="19"/>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A78" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B78" s="34"/>
+      <c r="C78" s="11"/>
+      <c r="D78" s="1"/>
+      <c r="F78" s="19"/>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A79" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B79" s="34"/>
+      <c r="C79" s="11"/>
+      <c r="D79" s="1"/>
+      <c r="F79" s="19"/>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A80" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B80" s="34"/>
+      <c r="C80" s="11"/>
+      <c r="D80" s="1"/>
+      <c r="F80" s="36"/>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A81" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B81" s="34"/>
+      <c r="C81" s="11"/>
+      <c r="D81" s="1"/>
+      <c r="F81" s="19"/>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A82" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B82" s="34"/>
+      <c r="C82" s="11"/>
+      <c r="D82" s="1"/>
+      <c r="F82" s="36"/>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A83" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B83" s="34"/>
+      <c r="C83" s="11"/>
+      <c r="D83" s="1"/>
+      <c r="F83" s="19"/>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A84" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B84" s="34"/>
+      <c r="C84" s="11"/>
+      <c r="D84" s="1"/>
+      <c r="F84" s="19"/>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A85" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B85" s="34"/>
+      <c r="C85" s="11"/>
+      <c r="D85" s="1"/>
+      <c r="F85" s="19"/>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A86" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B86" s="35"/>
+      <c r="C86" s="11"/>
+      <c r="D86" s="1"/>
+      <c r="F86" s="19"/>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A87" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B87" s="35"/>
+      <c r="C87" s="11"/>
+      <c r="D87" s="1"/>
+      <c r="F87" s="19"/>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A88" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B88" s="35"/>
+      <c r="C88" s="11"/>
+      <c r="D88" s="1"/>
+      <c r="F88" s="36"/>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A89" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B89" s="35"/>
+      <c r="C89" s="11"/>
+      <c r="D89" s="1"/>
+      <c r="F89" s="36"/>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A90" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B90" s="35"/>
+      <c r="C90" s="11"/>
+      <c r="D90" s="1"/>
+    </row>
+    <row r="91" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A91" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B91" s="35"/>
+      <c r="C91" s="11"/>
+      <c r="D91" s="1"/>
+    </row>
+    <row r="92" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A92" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B92" s="35"/>
+      <c r="C92" s="11"/>
+      <c r="D92" s="1"/>
+    </row>
+    <row r="93" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A93" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B93" s="35"/>
+      <c r="C93" s="11"/>
+      <c r="D93" s="1"/>
+    </row>
+    <row r="94" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A94" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B94" s="35"/>
+      <c r="C94" s="11"/>
+      <c r="D94" s="1"/>
+    </row>
+    <row r="95" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A95" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B95" s="35"/>
+      <c r="C95" s="11"/>
+      <c r="D95" s="1"/>
+    </row>
+    <row r="96" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A96" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B96" s="35"/>
+      <c r="C96" s="11"/>
+      <c r="D96" s="1"/>
+    </row>
+    <row r="97" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A97" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B97" s="35"/>
+      <c r="C97" s="11"/>
+      <c r="D97" s="1"/>
+    </row>
+    <row r="98" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A98" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B98" s="35"/>
+      <c r="C98" s="11"/>
+      <c r="D98" s="1"/>
+    </row>
+    <row r="99" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A99" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B99" s="35"/>
+      <c r="C99" s="11"/>
+      <c r="D99" s="1"/>
+    </row>
+    <row r="100" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A100" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B100" s="35"/>
+      <c r="C100" s="11"/>
+      <c r="D100" s="1"/>
+    </row>
+    <row r="101" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A101" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B101" s="35"/>
+      <c r="C101" s="11"/>
+      <c r="D101" s="1"/>
+    </row>
+    <row r="102" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A102" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B102" s="35"/>
+      <c r="C102" s="11"/>
+      <c r="D102" s="1"/>
+      <c r="F102" s="36"/>
+    </row>
+    <row r="103" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A103" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B103" s="35"/>
+      <c r="C103" s="11"/>
+      <c r="D103" s="1"/>
+      <c r="F103" s="36"/>
+    </row>
+    <row r="104" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A104" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B104" s="35"/>
+      <c r="C104" s="11"/>
+      <c r="D104" s="1"/>
+    </row>
+    <row r="105" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A105" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B105" s="35"/>
+    </row>
+    <row r="106" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A106" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B106" s="35"/>
+    </row>
+    <row r="107" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A107" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B107" s="35"/>
+    </row>
+    <row r="108" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A108" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B108" s="35"/>
+    </row>
+    <row r="109" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A109" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+      <c r="B109" s="35"/>
+    </row>
+    <row r="110" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A110" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="111" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A111" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="112" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A112" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="113" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A113" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="114" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A114" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="115" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A115" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="116" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A116" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="117" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A117" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="118" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A118" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="119" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A119" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="120" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A120" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="121" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A121" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="122" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A122" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="123" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A123" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="124" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A124" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="125" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A125" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="126" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A126" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="127" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A127" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="128" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A128" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="129" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A129" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="130" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A130" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="131" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A131" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="132" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A132" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="133" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A133" t="str">
+        <f t="shared" si="1"/>
+        <v xml:space="preserve"> </v>
+      </c>
+    </row>
+    <row r="134" spans="1:1" x14ac:dyDescent="0.2">
+      <c r="A134" t="str">
         <f t="shared" ref="A134:A197" si="2">D134&amp;" "&amp;C134</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="135" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A135" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="136" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A136" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="137" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A137" t="str">
         <f t="shared" si="2"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="138" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A138" t="str">
         <f t="shared" si="2"/>
@@ -14995,65 +28273,65 @@
       <c r="A1790" t="str">
         <f t="shared" si="27"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="1791" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1791" t="str">
         <f t="shared" si="27"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="1792" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1792" t="str">
         <f t="shared" si="27"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="1793" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1793" t="str">
         <f t="shared" si="27"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B6:F1793" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
-  <dataValidations count="1">
+  <dataValidations disablePrompts="1" count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C21" xr:uid="{B755ED4E-B464-4845-9C37-724CE16679FE}">
       <formula1>Types</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A3:A9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C37" sqref="C37"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="3" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.2">
@@ -15070,64 +28348,65 @@
       <c r="A8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="4" baseType="lpstr">
+    <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>At-A-Glance</vt:lpstr>
-      <vt:lpstr>Updates</vt:lpstr>
+      <vt:lpstr>Updates_Spring2026</vt:lpstr>
+      <vt:lpstr>Updates_Fall2025</vt:lpstr>
       <vt:lpstr>Lists</vt:lpstr>
       <vt:lpstr>Types</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Eddie</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>