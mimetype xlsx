--- v1 (2026-01-11)
+++ v2 (2026-02-26)
@@ -6,60 +6,60 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="11116"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="10215"/>
   <workbookPr updateLinks="never"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/zacharyfischer/Dropbox/ERM/ERM Production/Scheduled Updates Spreadsheet/Spring 2026/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/zakfischer/Library/CloudStorage/Dropbox/ERM/ERM Production/Scheduled Updates Spreadsheet/Spring 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E8FD4896-CCD8-7C4C-A58E-2CFD572FB6D0}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{728ACF82-A2DA-304C-9E1A-37A0EBC137AC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="20460" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="760" windowWidth="22440" windowHeight="20140" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="At-A-Glance" sheetId="7" r:id="rId1"/>
     <sheet name="Updates_Spring2026" sheetId="11" r:id="rId2"/>
     <sheet name="Updates_Fall2025" sheetId="10" r:id="rId3"/>
     <sheet name="Lists" sheetId="6" state="hidden" r:id="rId4"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId5"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">Updates_Fall2025!$B$6:$F$1793</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">Updates_Spring2026!$B$6:$F$1793</definedName>
     <definedName name="D" localSheetId="2">Updates_Fall2025!#REF!</definedName>
     <definedName name="D" localSheetId="1">Updates_Spring2026!#REF!</definedName>
     <definedName name="D">#REF!</definedName>
     <definedName name="Estimatedte" localSheetId="2">Updates_Fall2025!#REF!</definedName>
     <definedName name="Estimatedte" localSheetId="1">Updates_Spring2026!#REF!</definedName>
     <definedName name="Estimatedte">#REF!</definedName>
     <definedName name="Types" localSheetId="2">[1]Lists!$A$3:$A$9</definedName>
     <definedName name="Types" localSheetId="1">[1]Lists!$A$3:$A$9</definedName>
     <definedName name="Types">Lists!$A$3:$A$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
@@ -4051,51 +4051,51 @@
           <rPr>
             <b/>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">File version number. </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t>The version number can be found on the end of the file name (PDF, zip, etc.). For example: LP_SecA-Handouts-Fall2020-v1.pdf</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="81">
   <si>
     <t>Seminar</t>
   </si>
   <si>
     <t>Section</t>
   </si>
   <si>
     <t>Lesson</t>
   </si>
   <si>
     <t>DSM</t>
   </si>
   <si>
     <t>FC</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
@@ -4260,82 +4260,94 @@
   <si>
     <t>Formula Sheet</t>
   </si>
   <si>
     <t>Removed materials for Section 18.6 of QERM Ch. 18 (off syllabus)</t>
   </si>
   <si>
     <t>Minor updates from V1 to V2 of the drill problems. Added verbiage to clarify interest rate compounding assumptions (annual effective vs continuous).</t>
   </si>
   <si>
     <t>DSM / Handouts</t>
   </si>
   <si>
     <t>Condensed Outline / Flashcards</t>
   </si>
   <si>
     <t>Summary of revisions and other changes to TIA's CFE-101 Online Seminar for Spring 2026</t>
   </si>
   <si>
     <t>This contains all enhancements, revisions, and corrections made during the Fall 2025 sitting.</t>
   </si>
   <si>
     <t>This contains all enhancements, revisions, and corrections made after Nov 24th, 2025</t>
   </si>
   <si>
-    <t>No changes yet!</t>
-[...1 lines deleted...]
-  <si>
     <t>TIA Practice Exam #1</t>
   </si>
   <si>
     <t>TIA Practice Exam #2</t>
-  </si>
-[...1 lines deleted...]
-    <t>Intended Release Date: Jan 15, 2026</t>
   </si>
   <si>
     <t>The TIA CFE-101 course is ready for March 2026! See below for our release date schedule.</t>
   </si>
   <si>
     <t>TIA Condensed Outline</t>
   </si>
   <si>
     <t>TIA Flashcards (App + PDF)</t>
   </si>
   <si>
     <t>TIA Formula Sheet</t>
   </si>
+  <si>
+    <t>TIA Practice Exam #2 released!</t>
+  </si>
+  <si>
+    <t>TIA Solutions to the Fall 2025 CFE-101 Exam</t>
+  </si>
+  <si>
+    <t>TIA Solutions to the Fall 2025 CFE-101 Exam released!</t>
+  </si>
+  <si>
+    <t>Handouts / CO / DSM / Flashcards / Formula Sheet</t>
+  </si>
+  <si>
+    <t>Expanded coverage for two slides: CFE101-103 (slide 9) and Embedded Value (Slide 12)</t>
+  </si>
+  <si>
+    <t>Corrected point allocation for Q5</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="m/d/yy;@"/>
   </numFmts>
-  <fonts count="20" x14ac:knownFonts="1">
+  <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -4419,57 +4431,50 @@
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <i/>
       <sz val="16"/>
       <name val="Calibri (Body)"/>
     </font>
     <font>
       <i/>
       <sz val="16"/>
-      <name val="Calibri"/>
-[...5 lines deleted...]
-      <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
@@ -4663,51 +4668,51 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="43">
+  <cellXfs count="41">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
@@ -4770,56 +4775,50 @@
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="181">
     <cellStyle name="Followed Hyperlink" xfId="4" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="6" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="8" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="10" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="12" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="14" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="16" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="18" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="20" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="22" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="24" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="26" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="28" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="30" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="32" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="34" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="36" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="38" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="40" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="42" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="44" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="46" builtinId="9" hidden="1"/>
@@ -4984,56 +4983,59 @@
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-0000B4000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium7"/>
   <colors>
     <mruColors>
       <color rgb="FF0432FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Users/ed/Dropbox/TIA/Published%20PDF/LFM/TIA_LFMU_Revisions_and_Scheduled_Updates.xlsx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="../../../../../../../../ed/Dropbox/TIA/Published%20PDF/LFM/TIA_LFMU_Revisions_and_Scheduled_Updates.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Users/ed/Dropbox/TIA/Published%20PDF/LFM/TIA_LFMU_Revisions_and_Scheduled_Updates.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:relativeUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Overview"/>
       <sheetName val="Updates-2022"/>
       <sheetName val="Updates-2021"/>
       <sheetName val="Lists"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1"/>
       <sheetData sheetId="2" refreshError="1"/>
       <sheetData sheetId="3">
         <row r="3">
           <cell r="A3" t="str">
             <v>DSM</v>
           </cell>
         </row>
         <row r="4">
           <cell r="A4" t="str">
             <v>Lesson</v>
           </cell>
         </row>
         <row r="5">
           <cell r="A5" t="str">
             <v>FC</v>
           </cell>
@@ -5320,109 +5322,109 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C37"/>
+  <dimension ref="A1:C38"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="57.83203125" customWidth="1"/>
     <col min="2" max="2" width="72.6640625" customWidth="1"/>
     <col min="3" max="3" width="11.1640625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="23.1640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="15" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="3" t="s">
         <v>27</v>
       </c>
       <c r="B2" s="16">
-        <v>45985</v>
+        <v>46076</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="1"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="9" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="19" x14ac:dyDescent="0.25">
       <c r="A10" s="14" t="str">
         <f>"Overall status by section as of "&amp;TEXT(B2,"m/d/yy")</f>
-        <v>Overall status by section as of 11/24/25</v>
+        <v>Overall status by section as of 2/23/26</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="68" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="39" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B11" s="40"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="C13" s="4" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:3" x14ac:dyDescent="0.2">
       <c r="C14" s="18" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="15" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A15" s="23" t="s">
         <v>30</v>
       </c>
       <c r="B15" s="26" t="s">
         <v>25</v>
       </c>
       <c r="C15" s="24"/>
     </row>
     <row r="16" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A16" s="29" t="s">
         <v>16</v>
@@ -5442,51 +5444,51 @@
         <v>35</v>
       </c>
       <c r="C17" s="27">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A18" s="29" t="s">
         <v>18</v>
       </c>
       <c r="B18" s="30" t="s">
         <v>35</v>
       </c>
       <c r="C18" s="27">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A19" s="29" t="s">
         <v>19</v>
       </c>
       <c r="B19" s="30" t="s">
         <v>35</v>
       </c>
       <c r="C19" s="27">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" s="31"/>
       <c r="B20" s="32"/>
       <c r="C20" s="28"/>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="23" t="s">
         <v>31</v>
       </c>
       <c r="B21" s="26" t="s">
         <v>25</v>
       </c>
       <c r="C21" s="25"/>
     </row>
     <row r="22" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A22" s="29" t="s">
         <v>16</v>
       </c>
       <c r="B22" s="30" t="s">
         <v>35</v>
       </c>
       <c r="C22" s="27">
         <v>1</v>
@@ -5500,155 +5502,165 @@
         <v>35</v>
       </c>
       <c r="C23" s="27">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A24" s="29" t="s">
         <v>18</v>
       </c>
       <c r="B24" s="30" t="s">
         <v>35</v>
       </c>
       <c r="C24" s="27">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A25" s="29" t="s">
         <v>19</v>
       </c>
       <c r="B25" s="30" t="s">
         <v>35</v>
       </c>
       <c r="C25" s="27">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="26" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A26" s="29"/>
       <c r="B26" s="30"/>
       <c r="C26" s="27"/>
     </row>
     <row r="27" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A27" s="26" t="s">
         <v>24</v>
       </c>
       <c r="B27" s="26" t="s">
         <v>25</v>
       </c>
       <c r="C27" s="22"/>
     </row>
     <row r="28" spans="1:3" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B28" s="30" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="27">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B29" s="30" t="s">
         <v>35</v>
       </c>
       <c r="C29" s="27">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B30" s="30" t="s">
         <v>35</v>
       </c>
       <c r="C30" s="27">
-        <v>1</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" ht="17" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
-        <v>26</v>
+        <v>69</v>
       </c>
       <c r="B31" s="30" t="s">
         <v>35</v>
       </c>
       <c r="C31" s="27">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="17" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
         <v>70</v>
       </c>
       <c r="B32" s="30" t="s">
         <v>35</v>
       </c>
       <c r="C32" s="27">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="17" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
         <v>58</v>
       </c>
       <c r="B33" s="30" t="s">
         <v>35</v>
       </c>
       <c r="C33" s="27">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="17" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" t="s">
         <v>34</v>
       </c>
       <c r="B34" s="30" t="s">
         <v>35</v>
       </c>
       <c r="C34" s="27">
         <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A35" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="C35" s="27"/>
+        <v>76</v>
+      </c>
+      <c r="B35" s="30" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A36" t="s">
+        <v>26</v>
+      </c>
+      <c r="B36" s="30" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="37" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A37" s="38" t="s">
+      <c r="B37" s="30"/>
+    </row>
+    <row r="38" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A38" s="38" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A11:B11"/>
   </mergeCells>
   <phoneticPr fontId="13" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="76" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{442F110C-262F-C243-8C37-480C9BC3F673}">
   <dimension ref="A1:I1793"/>
   <sheetViews>
     <sheetView topLeftCell="B1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="B1" sqref="B1"/>
     </sheetView>
@@ -5702,100 +5714,142 @@
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>1</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>13</v>
       </c>
       <c r="F6" s="13" t="s">
         <v>9</v>
       </c>
       <c r="G6" s="4"/>
       <c r="H6" s="4"/>
       <c r="I6" s="3"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A7" t="str">
         <f>D7&amp;" "&amp;C7</f>
-        <v xml:space="preserve"> </v>
-[...6 lines deleted...]
-      <c r="F7" s="19"/>
+        <v>SM TIA Practice Exam #2</v>
+      </c>
+      <c r="B7" s="37">
+        <v>46035</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="D7" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" s="1">
+        <v>1</v>
+      </c>
+      <c r="F7" s="9" t="s">
+        <v>75</v>
+      </c>
       <c r="G7" s="8"/>
       <c r="H7" s="7"/>
     </row>
     <row r="8" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" t="str">
-        <f t="shared" ref="A8:A71" si="0">D8&amp;" "&amp;C8</f>
-[...5 lines deleted...]
-      <c r="F8" s="19"/>
+        <f>D9&amp;" "&amp;C9</f>
+        <v>SM TIA Solutions to the Fall 2025 CFE-101 Exam</v>
+      </c>
+      <c r="B8" s="37">
+        <v>46058</v>
+      </c>
+      <c r="C8" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="E8" s="1">
+        <v>2</v>
+      </c>
+      <c r="F8" s="19" t="s">
+        <v>79</v>
+      </c>
       <c r="G8" s="8"/>
       <c r="H8" s="7"/>
     </row>
     <row r="9" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A9" t="str">
-        <f t="shared" si="0"/>
-[...5 lines deleted...]
-      <c r="F9" s="19"/>
+        <f>D8&amp;" "&amp;C8</f>
+        <v>D Handouts / CO / DSM / Flashcards / Formula Sheet</v>
+      </c>
+      <c r="B9" s="37">
+        <v>46058</v>
+      </c>
+      <c r="C9" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" s="1">
+        <v>1</v>
+      </c>
+      <c r="F9" t="s">
+        <v>77</v>
+      </c>
       <c r="G9" s="8"/>
       <c r="H9" s="7"/>
     </row>
     <row r="10" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A10" t="str">
-[...6 lines deleted...]
-      <c r="F10" s="19"/>
+      <c r="A10" t="e">
+        <f>#REF!&amp;" "&amp;#REF!</f>
+        <v>#REF!</v>
+      </c>
+      <c r="B10" s="37">
+        <v>46076</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" s="1">
+        <v>2</v>
+      </c>
+      <c r="F10" s="9" t="s">
+        <v>80</v>
+      </c>
       <c r="G10" s="8"/>
       <c r="H10" s="7"/>
     </row>
     <row r="11" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A11" t="str">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="A11:A71" si="0">D11&amp;" "&amp;C11</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="B11" s="37"/>
       <c r="C11" s="1"/>
       <c r="D11" s="1"/>
       <c r="F11" s="19"/>
       <c r="G11" s="8"/>
       <c r="H11" s="7"/>
     </row>
     <row r="12" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A12" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="B12" s="37"/>
       <c r="C12" s="1"/>
       <c r="D12" s="1"/>
       <c r="F12" s="36"/>
     </row>
     <row r="13" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A13" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve"> </v>
       </c>
       <c r="B13" s="37"/>
@@ -16510,51 +16564,51 @@
       <c r="A1732" t="str">
         <f t="shared" si="26"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="1733" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1733" t="str">
         <f t="shared" si="26"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="1734" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1734" t="str">
         <f t="shared" si="26"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="1735" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1735" t="str">
         <f t="shared" si="26"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="1736" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1736" t="str">
-        <f t="shared" ref="A1736:A1795" si="27">D1736&amp;" "&amp;C1736</f>
+        <f t="shared" ref="A1736:A1793" si="27">D1736&amp;" "&amp;C1736</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="1737" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1737" t="str">
         <f t="shared" si="27"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="1738" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1738" t="str">
         <f t="shared" si="27"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="1739" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1739" t="str">
         <f t="shared" si="27"/>
         <v xml:space="preserve"> </v>
       </c>
     </row>
     <row r="1740" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A1740" t="str">
         <f t="shared" si="27"/>
         <v xml:space="preserve"> </v>