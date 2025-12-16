--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="10913"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="11028"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/zacharyfischer/Dropbox/QFI/QFI Quant Exam/Supplemental Materials/Scheduled Updates and Revision History Spreadsheet/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/kennethqian/Dropbox/QFI/QFI Quant Exam/Supplemental Materials/Scheduled Updates and Revision History Spreadsheet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BAF508F5-339F-C740-8659-5AB7DC3FFF42}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D13DC55B-4F30-5B46-87AC-E7DE98695DEA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2880" yWindow="760" windowWidth="24000" windowHeight="20460" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="39960" yWindow="2920" windowWidth="24000" windowHeight="18380" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="At-A-Glance" sheetId="7" r:id="rId1"/>
     <sheet name="Past Updates" sheetId="1" r:id="rId2"/>
     <sheet name="Lists" sheetId="6" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Past Updates'!$A$6:$E$106</definedName>
     <definedName name="Types">Lists!$A$3:$A$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
@@ -206,51 +206,51 @@
           <rPr>
             <b/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">PDF file version number. </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">The version number can be found on the end of the Spring 2018 PDF file name. </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="41">
   <si>
     <t>Seminar</t>
   </si>
   <si>
     <t>Section</t>
   </si>
   <si>
     <t>Lesson</t>
   </si>
   <si>
     <t>DSM</t>
   </si>
   <si>
     <t>FC</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
@@ -298,126 +298,81 @@
   <si>
     <t>Current PDF Version</t>
   </si>
   <si>
     <t>Section 1</t>
   </si>
   <si>
     <t>Section 2</t>
   </si>
   <si>
     <t>Section 3</t>
   </si>
   <si>
     <t>Supplementary Materials</t>
   </si>
   <si>
     <t>TIA Flashcards (App + PDF)</t>
   </si>
   <si>
     <t>DSM File</t>
   </si>
   <si>
     <t>Video Lessons</t>
   </si>
   <si>
-    <t>This contains all enhancements, revisions, and corrections made after May 26, 2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Spreadsheet Mapping of Past Exam Questions</t>
   </si>
   <si>
     <t>Note: Please understand all release dates are estimates</t>
   </si>
   <si>
     <t>TIA's INV-201 Online Seminar</t>
   </si>
   <si>
-    <t>Add "INV201-107: It's RILA Time" study note</t>
-[...19 lines deleted...]
-  <si>
     <t>TIA INV-201 Practice Exam #1</t>
   </si>
   <si>
     <t>TIA INV-201 Practice Exam #2</t>
   </si>
   <si>
     <t>Chin Problem Set (Problems and Solutions in Mathematical Finance)</t>
   </si>
   <si>
     <t>Condensed Outline</t>
   </si>
   <si>
     <t>Posted - 100% Complete</t>
   </si>
   <si>
-    <t>TIA INV-201 PE#1</t>
-[...13 lines deleted...]
-  <si>
     <t xml:space="preserve"> Please see below for our release dates.</t>
   </si>
   <si>
-    <t>TIA INV-201 PE#2</t>
-[...8 lines deleted...]
-    <t>On page 126 of the Section 2 DSM, added a missing comma after the "BT = 1" equation. Also made other small changes such as adding footnote 27 on page 133.</t>
+    <t>Summary of revisions and other changes to TIA's INV-201 Seminar for Spring 2026</t>
+  </si>
+  <si>
+    <t>This contains all enhancements, revisions, and corrections made after November 28th, 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="m/d/yy;@"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1365,621 +1320,500 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:C38"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
+    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="44.6640625" customWidth="1"/>
     <col min="2" max="2" width="53.1640625" customWidth="1"/>
     <col min="3" max="3" width="22.83203125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="23.1640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="17" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B2" s="18">
-        <v>45945</v>
+        <v>45989</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="17" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="37" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="B7" s="38"/>
     </row>
     <row r="8" spans="1:3" ht="17" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A8" s="39"/>
       <c r="B8" s="40"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" s="1"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A13" s="27" t="s">
         <v>23</v>
       </c>
       <c r="B13" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="27" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="35" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="C14" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="35" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="C15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A17" s="27" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="27" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>28</v>
       </c>
       <c r="B18" s="35" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="C18" s="1">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>29</v>
       </c>
       <c r="B19" s="35" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="C19" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="27" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="27" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="35" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="C22" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>29</v>
       </c>
       <c r="B23" s="35" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="C23" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" s="27" t="s">
         <v>26</v>
       </c>
       <c r="B25" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C25" s="27" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>27</v>
       </c>
       <c r="B26" s="35" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="C26" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B27" s="35" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="C27" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="B28" s="35" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="C28" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="B29" s="35" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="C29" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="B30" s="35" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="C30" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="B31" s="35" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="C31" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:3" x14ac:dyDescent="0.2">
       <c r="C32"/>
     </row>
     <row r="33" spans="1:3" x14ac:dyDescent="0.2">
       <c r="C33"/>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.2">
       <c r="C34"/>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A36" s="33" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C37"/>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.2">
       <c r="C38" s="30"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A7:B8"/>
   </mergeCells>
   <phoneticPr fontId="13" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="76" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:H108"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft"/>
+      <selection pane="bottomLeft" activeCell="A4" sqref="A4:D4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="30.1640625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22.1640625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.5" style="1" customWidth="1"/>
     <col min="5" max="5" width="61.5" style="13" customWidth="1"/>
     <col min="6" max="6" width="6.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="7.6640625" customWidth="1"/>
     <col min="8" max="8" width="8.1640625" customWidth="1"/>
     <col min="10" max="10" width="10.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A4" s="41"/>
       <c r="B4" s="41"/>
       <c r="C4" s="41"/>
       <c r="D4" s="41"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="16"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="4"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="16" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
       <c r="H6" s="4"/>
     </row>
     <row r="7" spans="1:8" ht="28" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="15">
-[...13 lines deleted...]
-      </c>
+      <c r="A7" s="15"/>
+      <c r="B7" s="1"/>
+      <c r="C7" s="31"/>
+      <c r="D7" s="31"/>
+      <c r="E7" s="34"/>
       <c r="F7" s="10"/>
       <c r="G7" s="9"/>
     </row>
-    <row r="8" spans="1:8" ht="34" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      </c>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A8" s="15"/>
+      <c r="B8" s="1"/>
+      <c r="C8" s="31"/>
+      <c r="D8" s="31"/>
+      <c r="E8" s="32"/>
       <c r="F8" s="10"/>
       <c r="G8" s="9"/>
     </row>
-    <row r="9" spans="1:8" ht="51" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      </c>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A9" s="15"/>
+      <c r="B9" s="1"/>
+      <c r="C9" s="31"/>
+      <c r="D9" s="31"/>
+      <c r="E9" s="32"/>
       <c r="F9" s="10"/>
       <c r="G9" s="9"/>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A10" s="15">
-[...13 lines deleted...]
-      </c>
+      <c r="A10" s="15"/>
+      <c r="B10" s="1"/>
+      <c r="C10" s="31"/>
+      <c r="E10" s="15"/>
       <c r="F10" s="10"/>
       <c r="G10" s="9"/>
     </row>
-    <row r="11" spans="1:8" ht="17" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      </c>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A11" s="15"/>
+      <c r="B11" s="29"/>
+      <c r="C11" s="29"/>
+      <c r="D11" s="29"/>
+      <c r="E11" s="20"/>
       <c r="F11" s="9"/>
       <c r="G11" s="9"/>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A12" s="15">
-[...13 lines deleted...]
-      </c>
+      <c r="A12" s="15"/>
+      <c r="B12" s="29"/>
+      <c r="C12" s="29"/>
+      <c r="D12" s="29"/>
       <c r="F12" s="13"/>
       <c r="G12" s="9"/>
     </row>
-    <row r="13" spans="1:8" ht="17" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      </c>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A13" s="28"/>
+      <c r="B13" s="1"/>
+      <c r="C13" s="29"/>
+      <c r="D13" s="29"/>
+      <c r="E13" s="21"/>
       <c r="F13" s="21"/>
       <c r="G13" s="9"/>
     </row>
-    <row r="14" spans="1:8" ht="17" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      </c>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A14" s="15"/>
+      <c r="B14" s="29"/>
+      <c r="C14" s="29"/>
+      <c r="D14" s="29"/>
+      <c r="E14" s="20"/>
       <c r="F14" s="9"/>
       <c r="G14" s="9"/>
     </row>
-    <row r="15" spans="1:8" ht="17" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      </c>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A15" s="15"/>
+      <c r="B15" s="29"/>
+      <c r="C15" s="29"/>
+      <c r="D15" s="29"/>
+      <c r="E15" s="21"/>
       <c r="F15" s="9"/>
       <c r="G15" s="9"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A16" s="15">
-[...13 lines deleted...]
-      </c>
+      <c r="A16" s="15"/>
+      <c r="B16" s="29"/>
+      <c r="C16" s="29"/>
+      <c r="D16" s="29"/>
       <c r="F16" s="10"/>
       <c r="G16" s="9"/>
     </row>
-    <row r="17" spans="1:8" ht="17" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      </c>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A17" s="28"/>
+      <c r="B17" s="1"/>
+      <c r="C17" s="36"/>
+      <c r="D17" s="29"/>
+      <c r="E17" s="21"/>
       <c r="G17" s="9"/>
     </row>
-    <row r="18" spans="1:8" ht="51" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      </c>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A18" s="28"/>
+      <c r="B18" s="1"/>
+      <c r="C18" s="1"/>
+      <c r="D18" s="29"/>
+      <c r="E18" s="21"/>
       <c r="F18" s="8"/>
       <c r="G18" s="8"/>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A19" s="28"/>
       <c r="B19" s="1"/>
       <c r="C19" s="29"/>
       <c r="D19" s="29"/>
       <c r="E19" s="21"/>
       <c r="G19" s="1"/>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A20" s="15"/>
       <c r="B20" s="1"/>
       <c r="C20" s="29"/>
       <c r="D20" s="14"/>
       <c r="E20" s="22"/>
       <c r="G20" s="1"/>
       <c r="H20" s="4"/>
     </row>
     <row r="21" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A21" s="15"/>
       <c r="B21" s="1"/>
       <c r="C21" s="29"/>
       <c r="D21" s="14"/>