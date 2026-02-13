--- v1 (2025-12-16)
+++ v2 (2026-02-13)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="11028"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="10110"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/kennethqian/Dropbox/QFI/QFI Quant Exam/Supplemental Materials/Scheduled Updates and Revision History Spreadsheet/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/zakfischer/Library/CloudStorage/Dropbox/QFI/QFI Quant Exam/Supplemental Materials/Scheduled Updates and Revision History Spreadsheet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D13DC55B-4F30-5B46-87AC-E7DE98695DEA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BB8BA8FB-8179-0949-A78E-79D861E4E924}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="39960" yWindow="2920" windowWidth="24000" windowHeight="18380" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="680" windowWidth="34560" windowHeight="20420" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="At-A-Glance" sheetId="7" r:id="rId1"/>
     <sheet name="Past Updates" sheetId="1" r:id="rId2"/>
     <sheet name="Lists" sheetId="6" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Past Updates'!$A$6:$E$106</definedName>
     <definedName name="Types">Lists!$A$3:$A$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
@@ -206,51 +206,51 @@
           <rPr>
             <b/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">PDF file version number. </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">The version number can be found on the end of the Spring 2018 PDF file name. </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="62" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="52">
   <si>
     <t>Seminar</t>
   </si>
   <si>
     <t>Section</t>
   </si>
   <si>
     <t>Lesson</t>
   </si>
   <si>
     <t>DSM</t>
   </si>
   <si>
     <t>FC</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
@@ -329,50 +329,83 @@
     <t>TIA's INV-201 Online Seminar</t>
   </si>
   <si>
     <t>TIA INV-201 Practice Exam #1</t>
   </si>
   <si>
     <t>TIA INV-201 Practice Exam #2</t>
   </si>
   <si>
     <t>Chin Problem Set (Problems and Solutions in Mathematical Finance)</t>
   </si>
   <si>
     <t>Condensed Outline</t>
   </si>
   <si>
     <t>Posted - 100% Complete</t>
   </si>
   <si>
     <t xml:space="preserve"> Please see below for our release dates.</t>
   </si>
   <si>
     <t>Summary of revisions and other changes to TIA's INV-201 Seminar for Spring 2026</t>
   </si>
   <si>
     <t>This contains all enhancements, revisions, and corrections made after November 28th, 2025</t>
+  </si>
+  <si>
+    <t>TIA INV-201 Practice Exam #3</t>
+  </si>
+  <si>
+    <t>First upload of Practice Exam #3</t>
+  </si>
+  <si>
+    <t>PE 3</t>
+  </si>
+  <si>
+    <t>SM</t>
+  </si>
+  <si>
+    <t>Add new flashcard of comparing futures vs. expected spot price for Hull Ch5, and on options on zero-coupon bonds for "Calibrating Interest Rate Models" reading</t>
+  </si>
+  <si>
+    <t>Add commentary on comparing futures vs expected spot price at the end of Hull Ch 5; provide more detailed description of pricing options on zero-coupon bonds at the bottom of the "Calibrating Interest Rate Models" reading</t>
+  </si>
+  <si>
+    <t>TIA Solutions to the Fall 2025 INV-201 Exam</t>
+  </si>
+  <si>
+    <t>Add past exam mappings for Fall 2025 INV 201 exam</t>
+  </si>
+  <si>
+    <t>Add commentary on comparing futures vs expected spot price at the end of Hull Ch5; add additional commentary on a perpetual derivative on Hull Ch15; provide more detailed description of pricing options on zero-coupon bonds at the bottom of the "Calibrating Interest Rate Models" reading</t>
+  </si>
+  <si>
+    <t>Handouts</t>
+  </si>
+  <si>
+    <t>The Geometric Interpretation of First FTAP picture for “INV201-100-25: Ch. 5 of Financial Mathematics” was updated</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="m/d/yy;@"/>
   </numFmts>
   <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -731,51 +764,51 @@
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="42">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -826,50 +859,53 @@
     <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="181">
     <cellStyle name="Followed Hyperlink" xfId="4" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="6" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="8" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="10" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="12" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="14" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="16" builtinId="9" hidden="1"/>
@@ -1321,96 +1357,96 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:C38"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="A4" sqref="A4"/>
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="44.6640625" customWidth="1"/>
     <col min="2" max="2" width="53.1640625" customWidth="1"/>
     <col min="3" max="3" width="22.83203125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="23.1640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="17" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B2" s="18">
-        <v>45989</v>
+        <v>46054</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="17" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A7" s="37" t="s">
+      <c r="A7" s="38" t="s">
         <v>38</v>
       </c>
-      <c r="B7" s="38"/>
+      <c r="B7" s="39"/>
     </row>
     <row r="8" spans="1:3" ht="17" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="39"/>
-      <c r="B8" s="40"/>
+      <c r="A8" s="40"/>
+      <c r="B8" s="41"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" s="1"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A13" s="27" t="s">
         <v>23</v>
       </c>
       <c r="B13" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="27" t="s">
         <v>22</v>
       </c>
     </row>
@@ -1433,62 +1469,62 @@
         <v>37</v>
       </c>
       <c r="C15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A17" s="27" t="s">
         <v>24</v>
       </c>
       <c r="B17" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="27" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
         <v>28</v>
       </c>
       <c r="B18" s="35" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>29</v>
       </c>
       <c r="B19" s="35" t="s">
         <v>37</v>
       </c>
       <c r="C19" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="27" t="s">
         <v>25</v>
       </c>
       <c r="B21" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="27" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="35" t="s">
         <v>37</v>
       </c>
       <c r="C22" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="17" x14ac:dyDescent="0.2">
@@ -1499,287 +1535,383 @@
         <v>37</v>
       </c>
       <c r="C23" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" s="27" t="s">
         <v>26</v>
       </c>
       <c r="B25" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C25" s="27" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>27</v>
       </c>
       <c r="B26" s="35" t="s">
         <v>37</v>
       </c>
       <c r="C26" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>30</v>
       </c>
       <c r="B27" s="35" t="s">
         <v>37</v>
       </c>
       <c r="C27" s="1">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>33</v>
       </c>
       <c r="B28" s="35" t="s">
         <v>37</v>
       </c>
       <c r="C28" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>35</v>
       </c>
       <c r="B29" s="35" t="s">
         <v>37</v>
       </c>
       <c r="C29" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
         <v>36</v>
       </c>
       <c r="B30" s="35" t="s">
         <v>37</v>
       </c>
       <c r="C30" s="1">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
         <v>34</v>
       </c>
       <c r="B31" s="35" t="s">
         <v>37</v>
       </c>
       <c r="C31" s="1">
         <v>1</v>
       </c>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-    <row r="33" spans="1:3" x14ac:dyDescent="0.2">
+    <row r="32" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A32" t="s">
+        <v>41</v>
+      </c>
+      <c r="B32" s="35" t="s">
+        <v>37</v>
+      </c>
+      <c r="C32" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A33" t="s">
+        <v>47</v>
+      </c>
+      <c r="B33" s="35" t="s">
+        <v>37</v>
+      </c>
       <c r="C33"/>
     </row>
     <row r="34" spans="1:3" x14ac:dyDescent="0.2">
       <c r="C34"/>
     </row>
     <row r="36" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A36" s="33" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C37"/>
     </row>
     <row r="38" spans="1:3" x14ac:dyDescent="0.2">
       <c r="C38" s="30"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A7:B8"/>
   </mergeCells>
   <phoneticPr fontId="13" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="76" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:H108"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A4" sqref="A4:D4"/>
+      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="30.1640625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22.1640625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.5" style="1" customWidth="1"/>
-    <col min="5" max="5" width="61.5" style="13" customWidth="1"/>
+    <col min="5" max="5" width="71.6640625" style="13" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="6.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="7.6640625" customWidth="1"/>
     <col min="8" max="8" width="8.1640625" customWidth="1"/>
     <col min="10" max="10" width="10.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="41"/>
-[...2 lines deleted...]
-      <c r="D4" s="41"/>
+      <c r="A4" s="42"/>
+      <c r="B4" s="42"/>
+      <c r="C4" s="42"/>
+      <c r="D4" s="42"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="16"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="4"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="16" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
       <c r="H6" s="4"/>
     </row>
     <row r="7" spans="1:8" ht="28" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="15"/>
-[...3 lines deleted...]
-      <c r="E7" s="34"/>
+      <c r="A7" s="15">
+        <v>46024</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="31" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" s="31">
+        <v>1</v>
+      </c>
+      <c r="E7" s="34" t="s">
+        <v>42</v>
+      </c>
       <c r="F7" s="10"/>
       <c r="G7" s="9"/>
     </row>
-    <row r="8" spans="1:8" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="E8" s="32"/>
+    <row r="8" spans="1:8" ht="68" x14ac:dyDescent="0.2">
+      <c r="A8" s="15">
+        <v>46047</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>3</v>
+      </c>
+      <c r="C8" s="31">
+        <v>2</v>
+      </c>
+      <c r="D8" s="31">
+        <v>2</v>
+      </c>
+      <c r="E8" s="37" t="s">
+        <v>49</v>
+      </c>
       <c r="F8" s="10"/>
       <c r="G8" s="9"/>
     </row>
-    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="E9" s="32"/>
+    <row r="9" spans="1:8" ht="34" x14ac:dyDescent="0.2">
+      <c r="A9" s="15">
+        <v>46047</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C9" s="31" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" s="31">
+        <v>2</v>
+      </c>
+      <c r="E9" s="37" t="s">
+        <v>45</v>
+      </c>
       <c r="F9" s="10"/>
       <c r="G9" s="9"/>
     </row>
-    <row r="10" spans="1:8" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="E10" s="15"/>
+    <row r="10" spans="1:8" ht="51" x14ac:dyDescent="0.2">
+      <c r="A10" s="15">
+        <v>46047</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C10" s="31">
+        <v>2</v>
+      </c>
+      <c r="D10" s="1">
+        <v>2</v>
+      </c>
+      <c r="E10" s="32" t="s">
+        <v>46</v>
+      </c>
       <c r="F10" s="10"/>
       <c r="G10" s="9"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="15"/>
-[...3 lines deleted...]
-      <c r="E11" s="20"/>
+      <c r="A11" s="15">
+        <v>46047</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C11" s="31" t="s">
+        <v>44</v>
+      </c>
+      <c r="D11" s="1">
+        <v>2</v>
+      </c>
+      <c r="E11" s="15" t="s">
+        <v>48</v>
+      </c>
       <c r="F11" s="9"/>
       <c r="G11" s="9"/>
     </row>
-    <row r="12" spans="1:8" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="D12" s="29"/>
+    <row r="12" spans="1:8" ht="34" x14ac:dyDescent="0.2">
+      <c r="A12" s="15">
+        <v>46054</v>
+      </c>
+      <c r="B12" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="C12" s="29">
+        <v>2</v>
+      </c>
+      <c r="D12" s="29">
+        <v>3</v>
+      </c>
+      <c r="E12" s="20" t="s">
+        <v>51</v>
+      </c>
       <c r="F12" s="13"/>
       <c r="G12" s="9"/>
     </row>
-    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="E13" s="21"/>
+    <row r="13" spans="1:8" ht="34" x14ac:dyDescent="0.2">
+      <c r="A13" s="15">
+        <v>46054</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>5</v>
+      </c>
+      <c r="C13" s="29" t="s">
+        <v>44</v>
+      </c>
+      <c r="D13" s="29">
+        <v>3</v>
+      </c>
+      <c r="E13" s="20" t="s">
+        <v>51</v>
+      </c>
       <c r="F13" s="21"/>
       <c r="G13" s="9"/>
     </row>
-    <row r="14" spans="1:8" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="E14" s="20"/>
+    <row r="14" spans="1:8" ht="34" x14ac:dyDescent="0.2">
+      <c r="A14" s="15">
+        <v>46054</v>
+      </c>
+      <c r="B14" s="29" t="s">
+        <v>50</v>
+      </c>
+      <c r="C14" s="29">
+        <v>2</v>
+      </c>
+      <c r="D14" s="29">
+        <v>2</v>
+      </c>
+      <c r="E14" s="20" t="s">
+        <v>51</v>
+      </c>
       <c r="F14" s="9"/>
       <c r="G14" s="9"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A15" s="15"/>
       <c r="B15" s="29"/>
       <c r="C15" s="29"/>
       <c r="D15" s="29"/>
       <c r="E15" s="21"/>
       <c r="F15" s="9"/>
       <c r="G15" s="9"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A16" s="15"/>
       <c r="B16" s="29"/>
       <c r="C16" s="29"/>
       <c r="D16" s="29"/>
       <c r="F16" s="10"/>
       <c r="G16" s="9"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A17" s="28"/>
       <c r="B17" s="1"/>
       <c r="C17" s="36"/>
       <c r="D17" s="29"/>
@@ -2409,51 +2541,51 @@
       <c r="E105" s="12"/>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A106" s="15"/>
       <c r="B106" s="1"/>
       <c r="C106" s="1"/>
       <c r="D106" s="14"/>
       <c r="E106" s="12"/>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A107" s="2"/>
       <c r="B107" s="24"/>
       <c r="C107" s="24"/>
       <c r="D107" s="24"/>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.2">
       <c r="B108" s="1"/>
     </row>
   </sheetData>
   <autoFilter ref="A6:E106" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A4:D4"/>
   </mergeCells>
   <phoneticPr fontId="13" type="noConversion"/>
   <dataValidations disablePrompts="1" count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B7:B10" xr:uid="{FF3C4E58-BC5B-3D4F-8C65-4F370BAFED04}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B7:B11" xr:uid="{FF3C4E58-BC5B-3D4F-8C65-4F370BAFED04}">
       <formula1>Types</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A3:A9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A3" sqref="A3:A9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="3" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>3</v>