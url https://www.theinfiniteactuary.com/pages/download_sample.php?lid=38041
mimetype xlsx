--- v2 (2026-02-13)
+++ v3 (2026-03-31)
@@ -1,60 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="10110"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="11028"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/zakfischer/Library/CloudStorage/Dropbox/QFI/QFI Quant Exam/Supplemental Materials/Scheduled Updates and Revision History Spreadsheet/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/kennethqian/Dropbox/QFI/QFI Quant Exam/Supplemental Materials/Scheduled Updates and Revision History Spreadsheet/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BB8BA8FB-8179-0949-A78E-79D861E4E924}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8694B2EE-A412-E540-B9EA-487CEC2D32AA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="680" windowWidth="34560" windowHeight="20420" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="35340" yWindow="1520" windowWidth="29400" windowHeight="17480" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="At-A-Glance" sheetId="7" r:id="rId1"/>
     <sheet name="Past Updates" sheetId="1" r:id="rId2"/>
     <sheet name="Lists" sheetId="6" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Past Updates'!$A$6:$E$106</definedName>
     <definedName name="Types">Lists!$A$3:$A$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
@@ -184,73 +184,73 @@
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">SM = Supplementary Materials section
 </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">SOA = SOA Exams  tab of online seminar
 </t>
         </r>
       </text>
     </comment>
     <comment ref="D6" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000004000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
-            <color indexed="81"/>
+            <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">PDF file version number. </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
-            <color indexed="81"/>
+            <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">The version number can be found on the end of the Spring 2018 PDF file name. </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="46">
   <si>
     <t>Seminar</t>
   </si>
   <si>
     <t>Section</t>
   </si>
   <si>
     <t>Lesson</t>
   </si>
   <si>
     <t>DSM</t>
   </si>
   <si>
     <t>FC</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
@@ -274,148 +274,130 @@
   <si>
     <t>PDF</t>
   </si>
   <si>
     <t xml:space="preserve">The primary purpose of this spreadsheet is to give you a "one stop" view of all changes that have occurred in the </t>
   </si>
   <si>
     <t>online seminar seminar since the last time you viewed this spreadsheet.</t>
   </si>
   <si>
     <t>Last Updated:</t>
   </si>
   <si>
     <t>If you have the current version of each item, you already have all of these changes. Use the filters to look at specific types of PDFs.</t>
   </si>
   <si>
     <t>See the Past Updates tab for a list of items that have already been updated. If you have the current versions listed below,</t>
   </si>
   <si>
     <t>then you have all the changes on the Past Updates tab for that PDF.</t>
   </si>
   <si>
     <t>Release Date</t>
   </si>
   <si>
-    <t>Current PDF Version</t>
-[...1 lines deleted...]
-  <si>
     <t>Section 1</t>
   </si>
   <si>
     <t>Section 2</t>
   </si>
   <si>
     <t>Section 3</t>
   </si>
   <si>
     <t>Supplementary Materials</t>
   </si>
   <si>
     <t>TIA Flashcards (App + PDF)</t>
   </si>
   <si>
     <t>DSM File</t>
   </si>
   <si>
     <t>Video Lessons</t>
   </si>
   <si>
     <t>Spreadsheet Mapping of Past Exam Questions</t>
   </si>
   <si>
     <t>Note: Please understand all release dates are estimates</t>
   </si>
   <si>
     <t>TIA's INV-201 Online Seminar</t>
   </si>
   <si>
     <t>TIA INV-201 Practice Exam #1</t>
   </si>
   <si>
     <t>TIA INV-201 Practice Exam #2</t>
   </si>
   <si>
     <t>Chin Problem Set (Problems and Solutions in Mathematical Finance)</t>
   </si>
   <si>
     <t>Condensed Outline</t>
   </si>
   <si>
     <t>Posted - 100% Complete</t>
   </si>
   <si>
     <t xml:space="preserve"> Please see below for our release dates.</t>
   </si>
   <si>
-    <t>Summary of revisions and other changes to TIA's INV-201 Seminar for Spring 2026</t>
-[...4 lines deleted...]
-  <si>
     <t>TIA INV-201 Practice Exam #3</t>
   </si>
   <si>
-    <t>First upload of Practice Exam #3</t>
-[...13 lines deleted...]
-  <si>
     <t>TIA Solutions to the Fall 2025 INV-201 Exam</t>
   </si>
   <si>
-    <t>Add past exam mappings for Fall 2025 INV 201 exam</t>
-[...8 lines deleted...]
-    <t>The Geometric Interpretation of First FTAP picture for “INV201-100-25: Ch. 5 of Financial Mathematics” was updated</t>
+    <t>Section 1 Excel Drill Problems</t>
+  </si>
+  <si>
+    <t>Current File Version</t>
+  </si>
+  <si>
+    <t>Section 2 Excel Drill Problems</t>
+  </si>
+  <si>
+    <t>Section 3 Excel Drill Problems</t>
+  </si>
+  <si>
+    <t>Summary of revisions and other changes to TIA's INV-201 Seminar for Summer 2026</t>
+  </si>
+  <si>
+    <t>This contains all enhancements, revisions, and corrections made after March 28th, 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="m/d/yy;@"/>
   </numFmts>
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="16" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -426,63 +408,50 @@
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF0432FF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...11 lines deleted...]
-      <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="12"/>
       <color theme="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -585,327 +554,315 @@
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="181">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...176 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="43">
+  <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="14" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="15" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="3" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="181">
     <cellStyle name="Followed Hyperlink" xfId="4" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="6" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="8" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="10" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="12" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="14" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="16" builtinId="9" hidden="1"/>
@@ -1354,588 +1311,543 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C38"/>
+  <dimension ref="A1:C41"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+      <selection activeCell="A19" sqref="A19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="44.6640625" customWidth="1"/>
     <col min="2" max="2" width="53.1640625" customWidth="1"/>
     <col min="3" max="3" width="22.83203125" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="5" width="23.1640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="17" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>17</v>
       </c>
       <c r="B2" s="18">
-        <v>46054</v>
+        <v>46109</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="17" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A7" s="38" t="s">
-[...2 lines deleted...]
-      <c r="B7" s="39"/>
+      <c r="A7" s="34" t="s">
+        <v>37</v>
+      </c>
+      <c r="B7" s="35"/>
     </row>
     <row r="8" spans="1:3" ht="17" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="40"/>
-      <c r="B8" s="41"/>
+      <c r="A8" s="36"/>
+      <c r="B8" s="37"/>
     </row>
     <row r="9" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A9" s="1"/>
     </row>
     <row r="10" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A10" s="11" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="11" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A11" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A13" s="27" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B13" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="27" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A14" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>27</v>
+      </c>
+      <c r="B14" s="32" t="s">
+        <v>36</v>
       </c>
       <c r="C14" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A15" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>28</v>
+      </c>
+      <c r="B15" s="32" t="s">
+        <v>36</v>
       </c>
       <c r="C15" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A17" s="27" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B17" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C17" s="27" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>27</v>
+      </c>
+      <c r="B18" s="32" t="s">
+        <v>36</v>
       </c>
       <c r="C18" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>28</v>
+      </c>
+      <c r="B19" s="32" t="s">
+        <v>36</v>
       </c>
       <c r="C19" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="27" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B21" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C21" s="27" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>27</v>
+      </c>
+      <c r="B22" s="32" t="s">
+        <v>36</v>
       </c>
       <c r="C22" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>28</v>
+      </c>
+      <c r="B23" s="32" t="s">
+        <v>36</v>
       </c>
       <c r="C23" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" s="27" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B25" s="27" t="s">
         <v>21</v>
       </c>
       <c r="C25" s="27" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>26</v>
+      </c>
+      <c r="B26" s="32" t="s">
+        <v>36</v>
       </c>
       <c r="C26" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
-        <v>30</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>29</v>
+      </c>
+      <c r="B27" s="32" t="s">
+        <v>36</v>
       </c>
       <c r="C27" s="1">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>34</v>
+      </c>
+      <c r="B28" s="32" t="s">
+        <v>36</v>
       </c>
       <c r="C28" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>35</v>
       </c>
-      <c r="B29" s="35" t="s">
-        <v>37</v>
+      <c r="B29" s="32" t="s">
+        <v>36</v>
       </c>
       <c r="C29" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A30" t="s">
+        <v>32</v>
+      </c>
+      <c r="B30" s="32" t="s">
         <v>36</v>
       </c>
-      <c r="B30" s="35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C30" s="1">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A31" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>33</v>
+      </c>
+      <c r="B31" s="32" t="s">
+        <v>36</v>
       </c>
       <c r="C31" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A32" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>37</v>
+        <v>38</v>
+      </c>
+      <c r="B32" s="32" t="s">
+        <v>36</v>
       </c>
       <c r="C32" s="1">
         <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A33" t="s">
-        <v>47</v>
-[...14 lines deleted...]
-    <row r="37" spans="1:3" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+        <v>40</v>
+      </c>
+      <c r="B33" s="32" t="s">
+        <v>36</v>
+      </c>
+      <c r="C33" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A34" t="s">
+        <v>42</v>
+      </c>
+      <c r="B34" s="32" t="s">
+        <v>36</v>
+      </c>
+      <c r="C34" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A35" t="s">
+        <v>43</v>
+      </c>
+      <c r="B35" s="32" t="s">
+        <v>36</v>
+      </c>
+      <c r="C35" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A36" t="s">
+        <v>39</v>
+      </c>
+      <c r="B36" s="32" t="s">
+        <v>36</v>
+      </c>
+      <c r="C36" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3" x14ac:dyDescent="0.2">
       <c r="C37"/>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="C38" s="30"/>
+    <row r="39" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="A39" s="31" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C40"/>
+    </row>
+    <row r="41" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C41" s="30"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A7:B8"/>
   </mergeCells>
-  <phoneticPr fontId="13" type="noConversion"/>
+  <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="76" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:H108"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A2" sqref="A2"/>
+      <selection pane="bottomLeft" activeCell="A4" sqref="A4:D4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="30.1640625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22.1640625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.5" style="1" customWidth="1"/>
     <col min="5" max="5" width="71.6640625" style="13" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="6.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="7.6640625" customWidth="1"/>
     <col min="8" max="8" width="8.1640625" customWidth="1"/>
     <col min="10" max="10" width="10.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A4" s="42"/>
-[...2 lines deleted...]
-      <c r="D4" s="42"/>
+      <c r="A4" s="38"/>
+      <c r="B4" s="38"/>
+      <c r="C4" s="38"/>
+      <c r="D4" s="38"/>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="E5" s="16"/>
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="4"/>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>13</v>
       </c>
       <c r="E6" s="16" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="5"/>
       <c r="G6" s="5"/>
       <c r="H6" s="4"/>
     </row>
     <row r="7" spans="1:8" ht="28" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A7" s="15">
-[...13 lines deleted...]
-      </c>
+      <c r="A7" s="15"/>
+      <c r="B7" s="15"/>
+      <c r="C7" s="15"/>
+      <c r="D7" s="15"/>
+      <c r="E7" s="15"/>
       <c r="F7" s="10"/>
       <c r="G7" s="9"/>
     </row>
-    <row r="8" spans="1:8" ht="68" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      </c>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A8" s="15"/>
+      <c r="B8" s="15"/>
+      <c r="C8" s="15"/>
+      <c r="D8" s="15"/>
+      <c r="E8" s="15"/>
       <c r="F8" s="10"/>
       <c r="G8" s="9"/>
     </row>
-    <row r="9" spans="1:8" ht="34" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      </c>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A9" s="15"/>
+      <c r="B9" s="15"/>
+      <c r="C9" s="15"/>
+      <c r="D9" s="15"/>
+      <c r="E9" s="15"/>
       <c r="F9" s="10"/>
       <c r="G9" s="9"/>
     </row>
-    <row r="10" spans="1:8" ht="51" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      </c>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A10" s="15"/>
+      <c r="B10" s="15"/>
+      <c r="C10" s="15"/>
+      <c r="D10" s="15"/>
+      <c r="E10" s="15"/>
       <c r="F10" s="10"/>
       <c r="G10" s="9"/>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="A11" s="15">
-[...13 lines deleted...]
-      </c>
+      <c r="A11" s="15"/>
+      <c r="B11" s="15"/>
+      <c r="C11" s="15"/>
+      <c r="D11" s="15"/>
+      <c r="E11" s="15"/>
       <c r="F11" s="9"/>
       <c r="G11" s="9"/>
     </row>
-    <row r="12" spans="1:8" ht="34" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      </c>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A12" s="15"/>
+      <c r="B12" s="15"/>
+      <c r="C12" s="15"/>
+      <c r="D12" s="15"/>
+      <c r="E12" s="15"/>
       <c r="F12" s="13"/>
       <c r="G12" s="9"/>
     </row>
-    <row r="13" spans="1:8" ht="34" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      </c>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A13" s="15"/>
+      <c r="B13" s="15"/>
+      <c r="C13" s="15"/>
+      <c r="D13" s="15"/>
+      <c r="E13" s="15"/>
       <c r="F13" s="21"/>
       <c r="G13" s="9"/>
     </row>
-    <row r="14" spans="1:8" ht="34" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      </c>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.2">
+      <c r="A14" s="15"/>
+      <c r="B14" s="15"/>
+      <c r="C14" s="15"/>
+      <c r="D14" s="15"/>
+      <c r="E14" s="15"/>
       <c r="F14" s="9"/>
       <c r="G14" s="9"/>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A15" s="15"/>
       <c r="B15" s="29"/>
       <c r="C15" s="29"/>
       <c r="D15" s="29"/>
       <c r="E15" s="21"/>
       <c r="F15" s="9"/>
       <c r="G15" s="9"/>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A16" s="15"/>
       <c r="B16" s="29"/>
       <c r="C16" s="29"/>
       <c r="D16" s="29"/>
       <c r="F16" s="10"/>
       <c r="G16" s="9"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A17" s="28"/>
       <c r="B17" s="1"/>
-      <c r="C17" s="36"/>
+      <c r="C17" s="33"/>
       <c r="D17" s="29"/>
       <c r="E17" s="21"/>
       <c r="G17" s="9"/>
     </row>
     <row r="18" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A18" s="28"/>
       <c r="B18" s="1"/>
       <c r="C18" s="1"/>
       <c r="D18" s="29"/>
       <c r="E18" s="21"/>
       <c r="F18" s="8"/>
       <c r="G18" s="8"/>
     </row>
     <row r="19" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A19" s="28"/>
       <c r="B19" s="1"/>
       <c r="C19" s="29"/>
       <c r="D19" s="29"/>
       <c r="E19" s="21"/>
       <c r="G19" s="1"/>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A20" s="15"/>
       <c r="B20" s="1"/>
       <c r="C20" s="29"/>
@@ -2539,56 +2451,51 @@
       <c r="C105" s="1"/>
       <c r="D105" s="14"/>
       <c r="E105" s="12"/>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A106" s="15"/>
       <c r="B106" s="1"/>
       <c r="C106" s="1"/>
       <c r="D106" s="14"/>
       <c r="E106" s="12"/>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A107" s="2"/>
       <c r="B107" s="24"/>
       <c r="C107" s="24"/>
       <c r="D107" s="24"/>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.2">
       <c r="B108" s="1"/>
     </row>
   </sheetData>
   <autoFilter ref="A6:E106" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A4:D4"/>
   </mergeCells>
-  <phoneticPr fontId="13" type="noConversion"/>
-[...4 lines deleted...]
-  </dataValidations>
+  <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A3:A9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A3" sqref="A3:A9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="3" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.2">