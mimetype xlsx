--- v0 (2025-10-08)
+++ v1 (2025-11-26)
@@ -2,60 +2,60 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="10913"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="11028"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/zacharyfischer/Dropbox/QFI/QFI PM Exam/Schedule Updates and Revision History/Fall 2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/kennethqian/Dropbox/QFI/QFI PM Exam/Schedule Updates and Revision History/Fall 2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{808FD89D-D54D-FC4E-B866-0C61E0348A02}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{99C54B6D-55A1-4B44-B182-2FA54FCE22B1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="760" windowWidth="34560" windowHeight="20460" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="36520" yWindow="620" windowWidth="29400" windowHeight="18380" tabRatio="500" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="At-A-Glance" sheetId="7" r:id="rId1"/>
     <sheet name="Past Updates" sheetId="1" r:id="rId2"/>
     <sheet name="Lists" sheetId="6" state="hidden" r:id="rId3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Past Updates'!$A$6:$F$106</definedName>
     <definedName name="D">'Past Updates'!$F$20</definedName>
     <definedName name="Estimatedte">'Past Updates'!$F$20</definedName>
     <definedName name="Types">Lists!$A$3:$A$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
@@ -191,51 +191,51 @@
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">SM = Supplementary Materials section
 </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">SOA = SOA Exams  tab of online seminar
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="65">
   <si>
     <t>Seminar</t>
   </si>
   <si>
     <t>Section</t>
   </si>
   <si>
     <t>Reading or seminar item</t>
   </si>
   <si>
     <t>Lesson</t>
   </si>
   <si>
     <t>DSM</t>
   </si>
   <si>
     <t>FC</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
@@ -383,50 +383,53 @@
     <t>TIA INV-101 PE#1</t>
   </si>
   <si>
     <t>Condensed Outline</t>
   </si>
   <si>
     <t>Posted TIA INV-101 Condensed Outline</t>
   </si>
   <si>
     <t>TIA INV-101 PE#2</t>
   </si>
   <si>
     <t>TIA INV-101 PE#2 Posted</t>
   </si>
   <si>
     <t>Please see below for information on our release dates. Note that all items for Fall 2025 are 100% ready and released!</t>
   </si>
   <si>
     <t>1, 2 &amp; 3</t>
   </si>
   <si>
     <t>Video Handouts (Combined Slides PDF)</t>
   </si>
   <si>
     <t>Released combined handout file PDF for all 3 sections</t>
+  </si>
+  <si>
+    <t>Fix error in question for Question 4b</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="m/d/yy;@"/>
   </numFmts>
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -852,60 +855,60 @@
     </xf>
     <xf numFmtId="14" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center"/>
-[...1 lines deleted...]
-    <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="181">
     <cellStyle name="Followed Hyperlink" xfId="4" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="6" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="8" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="10" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="12" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="14" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="16" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="18" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="20" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="22" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="24" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="26" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="28" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="30" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="32" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="34" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="36" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="38" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="40" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="42" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="44" builtinId="9" hidden="1"/>
@@ -1342,109 +1345,109 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:C35"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="B1" sqref="B1"/>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="B3" sqref="B3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="39.1640625" customWidth="1"/>
     <col min="2" max="2" width="66.6640625" customWidth="1"/>
     <col min="3" max="3" width="11.1640625" style="1" customWidth="1"/>
     <col min="4" max="5" width="23.1640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="18" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="19">
-        <v>45931</v>
+        <v>45972</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="1"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="11" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="19" x14ac:dyDescent="0.25">
       <c r="A10" s="17" t="str">
         <f>"Overall status by section as of "&amp;TEXT(B2,"m/d/yy")</f>
-        <v>Overall status by section as of 10/1/25</v>
+        <v>Overall status by section as of 11/11/25</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="90" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="41" t="s">
+      <c r="A11" s="42" t="s">
         <v>60</v>
       </c>
-      <c r="B11" s="42"/>
+      <c r="B11" s="43"/>
       <c r="C11"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A13" s="38" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="37" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="39" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A14" s="33" t="s">
         <v>34</v>
       </c>
       <c r="B14" s="36" t="s">
         <v>37</v>
       </c>
       <c r="C14" s="34">
         <v>2</v>
@@ -1620,84 +1623,84 @@
     <row r="34" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A34" s="35"/>
       <c r="B34" s="36"/>
     </row>
     <row r="35" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A35" s="21"/>
       <c r="B35" s="36"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A11:B11"/>
   </mergeCells>
   <phoneticPr fontId="12" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="76" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:I1048576"/>
   <sheetViews>
-    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft"/>
+      <selection pane="bottomLeft" activeCell="A20" sqref="A20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="15" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="25.1640625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="49.6640625" customWidth="1"/>
     <col min="6" max="6" width="61.5" style="13" customWidth="1"/>
     <col min="7" max="7" width="6.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="7.6640625" customWidth="1"/>
     <col min="9" max="9" width="8.1640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A4" s="43"/>
-[...3 lines deleted...]
-      <c r="E4" s="43"/>
+      <c r="A4" s="44"/>
+      <c r="B4" s="44"/>
+      <c r="C4" s="44"/>
+      <c r="D4" s="44"/>
+      <c r="E4" s="44"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="4"/>
       <c r="F5" s="16"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="4"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>8</v>
       </c>
@@ -1944,72 +1947,84 @@
       <c r="B17" s="32" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="32" t="s">
         <v>48</v>
       </c>
       <c r="D17" s="40" t="s">
         <v>43</v>
       </c>
       <c r="E17" s="13" t="s">
         <v>58</v>
       </c>
       <c r="F17" s="13" t="s">
         <v>59</v>
       </c>
       <c r="G17" s="10"/>
       <c r="H17" s="9"/>
     </row>
     <row r="18" spans="1:9" ht="17" x14ac:dyDescent="0.2">
       <c r="A18" s="31">
         <v>45931</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="C18" s="44" t="s">
+      <c r="C18" s="41" t="s">
         <v>61</v>
       </c>
       <c r="D18" s="40" t="s">
         <v>43</v>
       </c>
       <c r="E18" s="11" t="s">
         <v>62</v>
       </c>
       <c r="F18" s="23" t="s">
         <v>63</v>
       </c>
       <c r="G18" s="8"/>
       <c r="H18" s="8"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A19" s="31"/>
-[...4 lines deleted...]
-      <c r="F19" s="23"/>
+      <c r="A19" s="15">
+        <v>45972</v>
+      </c>
+      <c r="B19" s="32" t="s">
+        <v>12</v>
+      </c>
+      <c r="C19" s="32" t="s">
+        <v>48</v>
+      </c>
+      <c r="D19" s="40" t="s">
+        <v>41</v>
+      </c>
+      <c r="E19" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="F19" s="13" t="s">
+        <v>64</v>
+      </c>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A20" s="15"/>
       <c r="B20" s="1"/>
       <c r="C20" s="32"/>
       <c r="D20" s="14"/>
       <c r="E20" s="13"/>
       <c r="F20" s="24"/>
       <c r="H20" s="1"/>
       <c r="I20" s="4"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A21" s="15"/>
       <c r="B21" s="1"/>
       <c r="C21" s="32"/>
       <c r="D21" s="14"/>
       <c r="E21" s="13"/>
       <c r="F21" s="24"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A22" s="15"/>
       <c r="B22" s="1"/>
       <c r="C22" s="1"/>