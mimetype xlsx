--- v1 (2025-11-26)
+++ v2 (2026-01-21)
@@ -1,98 +1,246 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
+  <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="11028"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="11214"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/kennethqian/Dropbox/QFI/QFI PM Exam/Schedule Updates and Revision History/Fall 2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/zacharyfischer/Dropbox/QFI/QFI PM Exam/Schedule Updates and Revision History/Spring 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{99C54B6D-55A1-4B44-B182-2FA54FCE22B1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EF38DA84-0DEB-B146-B82D-5DE97D805A04}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="36520" yWindow="620" windowWidth="29400" windowHeight="18380" tabRatio="500" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="37420" yWindow="500" windowWidth="34560" windowHeight="20460" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="At-A-Glance" sheetId="7" r:id="rId1"/>
-    <sheet name="Past Updates" sheetId="1" r:id="rId2"/>
-    <sheet name="Lists" sheetId="6" state="hidden" r:id="rId3"/>
+    <sheet name="Past Updates_Spring2026" sheetId="8" r:id="rId2"/>
+    <sheet name="Past Updates_Fall2025" sheetId="1" r:id="rId3"/>
+    <sheet name="Lists" sheetId="6" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Past Updates'!$A$6:$F$106</definedName>
-[...1 lines deleted...]
-    <definedName name="Estimatedte">'Past Updates'!$F$20</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Past Updates_Fall2025'!$A$6:$F$106</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Past Updates_Spring2026'!$A$6:$F$106</definedName>
+    <definedName name="D" localSheetId="1">'Past Updates_Spring2026'!$F$20</definedName>
+    <definedName name="D">'Past Updates_Fall2025'!$F$20</definedName>
+    <definedName name="Estimatedte" localSheetId="1">'Past Updates_Spring2026'!$F$20</definedName>
+    <definedName name="Estimatedte">'Past Updates_Fall2025'!$F$20</definedName>
     <definedName name="Types">Lists!$A$3:$A$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="A10" i="7" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
+<comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
+  <authors>
+    <author>Microsoft Office User</author>
+  </authors>
+  <commentList>
+    <comment ref="A6" authorId="0" shapeId="0" xr:uid="{E8EA8F83-738A-814D-8126-0EC89CAD8A7C}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t>This is the date the update was made</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="B6" authorId="0" shapeId="0" xr:uid="{5DFD1F01-4827-AA43-BC82-56C31844D482}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Type key:
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">DSM = detailed study manual
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Lesson = video lesson (video and/or handout )
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">FC = flash card
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Exam = practice exam
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t>Other = see description</t>
+        </r>
+      </text>
+    </comment>
+    <comment ref="C6" authorId="0" shapeId="0" xr:uid="{74928092-DF60-AB40-816E-50CF32FB4416}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t>This contains the seminar section or sub-section or:</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">SM = Supplementary Materials section
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="10"/>
+            <color rgb="FF000000"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">SOA = SOA Exams  tab of online seminar
+</t>
+        </r>
+      </text>
+    </comment>
+  </commentList>
+</comments>
+</file>
+
+<file path=xl/comments2.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Microsoft Office User</author>
   </authors>
   <commentList>
     <comment ref="A6" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t>This is the date the update was made</t>
         </r>
       </text>
     </comment>
     <comment ref="B6" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000002000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="10"/>
@@ -191,51 +339,51 @@
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">SM = Supplementary Materials section
 </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">SOA = SOA Exams  tab of online seminar
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="67">
   <si>
     <t>Seminar</t>
   </si>
   <si>
     <t>Section</t>
   </si>
   <si>
     <t>Reading or seminar item</t>
   </si>
   <si>
     <t>Lesson</t>
   </si>
   <si>
     <t>DSM</t>
   </si>
   <si>
     <t>FC</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
@@ -292,53 +440,50 @@
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Video Lessons</t>
   </si>
   <si>
     <t>Other Items</t>
   </si>
   <si>
     <t>Section 1</t>
   </si>
   <si>
     <t>Section 2</t>
   </si>
   <si>
     <t>Section 3</t>
   </si>
   <si>
     <t>TIA's INV-101 Online Seminar</t>
   </si>
   <si>
     <t>Summary of revisions and other changes to TIA's INV-101 Online Seminar for Fall 2025</t>
   </si>
   <si>
-    <t>Note: Please understand all release dates are estimates</t>
-[...1 lines deleted...]
-  <si>
     <t>Detailed Study Manual</t>
   </si>
   <si>
     <t>Section 1 DSM</t>
   </si>
   <si>
     <t>Added two more readings into DSM: Alt Inv Ch 10 &amp; INV101-100 - Ch 3 &amp; 4 of Alt Investments</t>
   </si>
   <si>
     <t>Posted - 100% Complete</t>
   </si>
   <si>
     <t>Added in INV101-101 -- Section 1 DSM is now 100% complete!</t>
   </si>
   <si>
     <t>HFIS Ch 22 Slides</t>
   </si>
   <si>
     <t>Updated scheduled pmt formula to use Surv(t-1) instead of Surv(t)</t>
   </si>
   <si>
     <t>V2</t>
   </si>
   <si>
     <t>Partial release (6/8/2025)</t>
@@ -349,87 +494,96 @@
   <si>
     <t>Section 2 DSM</t>
   </si>
   <si>
     <t>Release of Section 2 detailed study manual (DSM) for INV-101</t>
   </si>
   <si>
     <t>Flashcards</t>
   </si>
   <si>
     <t>App flashcards + PDF Flashcards (1 per page + 3 per page) released</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>TIA INV-101 Condensed Outline</t>
   </si>
   <si>
     <t>Update for syllabus change: Adding in CRE Ch 12, Appendix A</t>
   </si>
   <si>
     <t>Spreadsheet Mapping of Past Exam Questions posted</t>
   </si>
   <si>
-    <t>TIA INV-101 Practice Exam #1</t>
-[...4 lines deleted...]
-  <si>
     <t>TIA INV-101 PE#1 Posted</t>
   </si>
   <si>
     <t>TIA INV-101 PE#1</t>
   </si>
   <si>
     <t>Condensed Outline</t>
   </si>
   <si>
     <t>Posted TIA INV-101 Condensed Outline</t>
   </si>
   <si>
     <t>TIA INV-101 PE#2</t>
   </si>
   <si>
     <t>TIA INV-101 PE#2 Posted</t>
   </si>
   <si>
-    <t>Please see below for information on our release dates. Note that all items for Fall 2025 are 100% ready and released!</t>
-[...1 lines deleted...]
-  <si>
     <t>1, 2 &amp; 3</t>
   </si>
   <si>
     <t>Video Handouts (Combined Slides PDF)</t>
   </si>
   <si>
     <t>Released combined handout file PDF for all 3 sections</t>
   </si>
   <si>
     <t>Fix error in question for Question 4b</t>
+  </si>
+  <si>
+    <t>The TIA INV-101 seminar is 100% ready to go for Spring 2026!</t>
+  </si>
+  <si>
+    <t>Summary of revisions and other changes to TIA's INV-101 Online Seminar for Spring 2026</t>
+  </si>
+  <si>
+    <t>Please see below for a description of changes after Nov 25, 2025.</t>
+  </si>
+  <si>
+    <t>TIA Practice Exam #3</t>
+  </si>
+  <si>
+    <t>Posted a third TIA INV-101 PE for additional practice!</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3x TIA INV-101 Practice Exams </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="m/d/yy;@"/>
   </numFmts>
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1070,51 +1224,51 @@
     <cellStyle name="Hyperlink" xfId="177" builtinId="8" hidden="1"/>
     <cellStyle name="Hyperlink" xfId="179" builtinId="8" hidden="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-0000B3000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-0000B4000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium7"/>
   <colors>
     <mruColors>
       <color rgb="FF0432FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1338,336 +1492,1280 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:C35"/>
+  <dimension ref="A1:C34"/>
   <sheetViews>
-    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="B3" sqref="B3"/>
+    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="39.1640625" customWidth="1"/>
     <col min="2" max="2" width="66.6640625" customWidth="1"/>
     <col min="3" max="3" width="11.1640625" style="1" customWidth="1"/>
     <col min="4" max="5" width="23.1640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="18" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="19">
-        <v>45972</v>
+        <v>46020</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="1"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="11" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="19" x14ac:dyDescent="0.25">
       <c r="A10" s="17" t="str">
         <f>"Overall status by section as of "&amp;TEXT(B2,"m/d/yy")</f>
-        <v>Overall status by section as of 11/11/25</v>
+        <v>Overall status by section as of 12/29/25</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="90" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="42" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B11" s="43"/>
       <c r="C11"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A13" s="38" t="s">
         <v>28</v>
       </c>
       <c r="B13" s="37" t="s">
         <v>22</v>
       </c>
       <c r="C13" s="39" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A14" s="33" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B14" s="36" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C14" s="34">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A15" s="33" t="s">
         <v>26</v>
       </c>
       <c r="B15" s="36" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C15" s="34">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A16" s="33"/>
       <c r="B16" s="36"/>
       <c r="C16" s="34"/>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A17" s="38" t="s">
         <v>29</v>
       </c>
       <c r="B17" s="37" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="39" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A18" s="33" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B18" s="36" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C18" s="34">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A19" s="33" t="s">
         <v>26</v>
       </c>
       <c r="B19" s="36" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C19" s="34">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" s="33"/>
       <c r="B20" s="36"/>
       <c r="C20" s="34"/>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A21" s="38" t="s">
         <v>30</v>
       </c>
       <c r="B21" s="37" t="s">
         <v>22</v>
       </c>
       <c r="C21" s="39" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A22" s="33" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B22" s="36" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C22" s="34">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A23" s="33" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="36" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C23" s="34">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A24" s="33"/>
       <c r="B24" s="36"/>
       <c r="C24" s="34"/>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A25" s="38" t="s">
         <v>27</v>
       </c>
       <c r="B25" s="37" t="s">
         <v>22</v>
       </c>
       <c r="C25" s="39" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="36" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C26" s="34">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>24</v>
       </c>
       <c r="B27" s="36" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C27" s="34">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="B28" s="36" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C28" s="34">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="B29" s="36" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="C29" s="34">
         <v>1</v>
       </c>
     </row>
-    <row r="30" spans="1:3" ht="17" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      </c>
+    <row r="30" spans="1:3" x14ac:dyDescent="0.2">
+      <c r="C30" s="34"/>
     </row>
     <row r="31" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="C31" s="34"/>
-[...5 lines deleted...]
-      <c r="B32" s="36"/>
+      <c r="A31" s="35"/>
+      <c r="B31" s="36"/>
+    </row>
+    <row r="33" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A33" s="35"/>
+      <c r="B33" s="36"/>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A34" s="35"/>
+      <c r="A34" s="21"/>
       <c r="B34" s="36"/>
-    </row>
-[...2 lines deleted...]
-      <c r="B35" s="36"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A11:B11"/>
   </mergeCells>
   <phoneticPr fontId="12" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="76" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0137654E-4DAF-0B43-AA5D-DCD45F9ACE5C}">
+  <dimension ref="A1:I1048576"/>
+  <sheetViews>
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="11.6640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="15" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="8" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="25.1640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="49.6640625" customWidth="1"/>
+    <col min="6" max="6" width="61.5" style="13" customWidth="1"/>
+    <col min="7" max="7" width="6.6640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="7.6640625" customWidth="1"/>
+    <col min="9" max="9" width="8.1640625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:9" ht="21" x14ac:dyDescent="0.25">
+      <c r="A1" s="7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="2" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A2" s="6" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A3" s="11" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A4" s="44"/>
+      <c r="B4" s="44"/>
+      <c r="C4" s="44"/>
+      <c r="D4" s="44"/>
+      <c r="E4" s="44"/>
+    </row>
+    <row r="5" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A5" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B5" s="5"/>
+      <c r="C5" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" s="4"/>
+      <c r="F5" s="16"/>
+      <c r="G5" s="5"/>
+      <c r="H5" s="5"/>
+      <c r="I5" s="4"/>
+    </row>
+    <row r="6" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A6" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="E6" s="4" t="s">
+        <v>2</v>
+      </c>
+      <c r="F6" s="16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" s="5"/>
+      <c r="H6" s="5"/>
+      <c r="I6" s="4"/>
+    </row>
+    <row r="7" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A7" s="15">
+        <v>46020</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="C7" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" s="11">
+        <v>1</v>
+      </c>
+      <c r="E7" s="11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F7" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="G7" s="10"/>
+      <c r="H7" s="9"/>
+    </row>
+    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A8" s="15"/>
+      <c r="B8" s="1"/>
+      <c r="C8" s="1"/>
+      <c r="D8" s="11"/>
+      <c r="E8" s="11"/>
+      <c r="F8" s="22"/>
+      <c r="G8" s="10"/>
+      <c r="H8" s="9"/>
+    </row>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A9" s="15"/>
+      <c r="B9" s="1"/>
+      <c r="C9" s="1"/>
+      <c r="D9" s="11"/>
+      <c r="E9" s="11"/>
+      <c r="F9" s="22"/>
+      <c r="G9" s="10"/>
+      <c r="H9" s="9"/>
+    </row>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A10" s="15"/>
+      <c r="B10" s="1"/>
+      <c r="C10" s="1"/>
+      <c r="D10" s="11"/>
+      <c r="E10" s="11"/>
+      <c r="F10" s="22"/>
+      <c r="G10" s="10"/>
+      <c r="H10" s="9"/>
+    </row>
+    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A11" s="15"/>
+      <c r="B11" s="1"/>
+      <c r="C11" s="1"/>
+      <c r="D11" s="11"/>
+      <c r="E11" s="11"/>
+      <c r="F11" s="22"/>
+      <c r="G11" s="9"/>
+      <c r="H11" s="9"/>
+    </row>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A12" s="15"/>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1"/>
+      <c r="D12" s="11"/>
+      <c r="E12" s="11"/>
+      <c r="F12" s="22"/>
+      <c r="G12" s="9"/>
+      <c r="H12" s="9"/>
+    </row>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A13" s="15"/>
+      <c r="B13" s="1"/>
+      <c r="C13" s="32"/>
+      <c r="D13" s="11"/>
+      <c r="E13" s="11"/>
+      <c r="F13" s="22"/>
+      <c r="G13" s="9"/>
+      <c r="H13" s="9"/>
+    </row>
+    <row r="14" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A14" s="15"/>
+      <c r="B14" s="32"/>
+      <c r="C14" s="32"/>
+      <c r="D14" s="11"/>
+      <c r="F14"/>
+      <c r="G14" s="9"/>
+      <c r="H14" s="9"/>
+    </row>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A15" s="15"/>
+      <c r="B15" s="32"/>
+      <c r="C15" s="32"/>
+      <c r="D15" s="40"/>
+      <c r="E15" s="13"/>
+      <c r="G15" s="9"/>
+      <c r="H15" s="9"/>
+    </row>
+    <row r="16" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A16" s="31"/>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1"/>
+      <c r="D16" s="40"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="23"/>
+      <c r="G16" s="10"/>
+      <c r="H16" s="9"/>
+    </row>
+    <row r="17" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A17" s="15"/>
+      <c r="B17" s="32"/>
+      <c r="C17" s="32"/>
+      <c r="D17" s="40"/>
+      <c r="E17" s="13"/>
+      <c r="G17" s="10"/>
+      <c r="H17" s="9"/>
+    </row>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A18" s="31"/>
+      <c r="B18" s="1"/>
+      <c r="C18" s="41"/>
+      <c r="D18" s="40"/>
+      <c r="E18" s="11"/>
+      <c r="F18" s="23"/>
+      <c r="G18" s="8"/>
+      <c r="H18" s="8"/>
+    </row>
+    <row r="19" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A19" s="15"/>
+      <c r="B19" s="32"/>
+      <c r="C19" s="32"/>
+      <c r="D19" s="40"/>
+      <c r="E19" s="13"/>
+      <c r="H19" s="1"/>
+    </row>
+    <row r="20" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A20" s="15"/>
+      <c r="B20" s="1"/>
+      <c r="C20" s="32"/>
+      <c r="D20" s="14"/>
+      <c r="E20" s="13"/>
+      <c r="F20" s="24"/>
+      <c r="H20" s="1"/>
+      <c r="I20" s="4"/>
+    </row>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A21" s="15"/>
+      <c r="B21" s="1"/>
+      <c r="C21" s="32"/>
+      <c r="D21" s="14"/>
+      <c r="E21" s="13"/>
+      <c r="F21" s="24"/>
+      <c r="H21" s="1"/>
+    </row>
+    <row r="22" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A22" s="15"/>
+      <c r="B22" s="1"/>
+      <c r="C22" s="1"/>
+      <c r="D22" s="14"/>
+      <c r="E22" s="13"/>
+      <c r="F22" s="25"/>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A23" s="15"/>
+      <c r="B23" s="1"/>
+      <c r="C23" s="1"/>
+      <c r="D23" s="32"/>
+      <c r="E23" s="11"/>
+      <c r="F23" s="23"/>
+    </row>
+    <row r="24" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A24" s="15"/>
+      <c r="B24" s="1"/>
+      <c r="C24" s="1"/>
+      <c r="D24" s="14"/>
+      <c r="E24" s="13"/>
+      <c r="F24" s="23"/>
+    </row>
+    <row r="25" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A25" s="15"/>
+      <c r="B25" s="1"/>
+      <c r="C25" s="1"/>
+      <c r="D25" s="14"/>
+      <c r="E25" s="13"/>
+      <c r="F25" s="22"/>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A26" s="15"/>
+      <c r="B26" s="1"/>
+      <c r="C26" s="1"/>
+      <c r="D26" s="14"/>
+      <c r="E26" s="13"/>
+      <c r="F26" s="23"/>
+    </row>
+    <row r="27" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A27" s="15"/>
+      <c r="B27" s="1"/>
+      <c r="C27" s="1"/>
+      <c r="D27" s="14"/>
+      <c r="E27" s="13"/>
+      <c r="F27" s="22"/>
+    </row>
+    <row r="28" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A28" s="15"/>
+      <c r="B28" s="1"/>
+      <c r="C28" s="1"/>
+      <c r="D28" s="14"/>
+      <c r="E28" s="13"/>
+      <c r="F28" s="22"/>
+    </row>
+    <row r="29" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A29" s="15"/>
+      <c r="B29" s="1"/>
+      <c r="C29" s="1"/>
+      <c r="D29" s="14"/>
+      <c r="E29" s="13"/>
+      <c r="F29" s="22"/>
+    </row>
+    <row r="30" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A30" s="15"/>
+      <c r="B30" s="1"/>
+      <c r="C30" s="1"/>
+      <c r="D30" s="14"/>
+      <c r="E30" s="13"/>
+      <c r="F30" s="23"/>
+    </row>
+    <row r="31" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A31" s="15"/>
+      <c r="B31" s="1"/>
+      <c r="C31" s="1"/>
+      <c r="D31" s="14"/>
+      <c r="E31" s="13"/>
+      <c r="F31" s="22"/>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.2">
+      <c r="A32" s="15"/>
+      <c r="B32" s="1"/>
+      <c r="C32" s="1"/>
+      <c r="D32" s="14"/>
+      <c r="E32" s="13"/>
+      <c r="F32" s="22"/>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A33" s="15"/>
+      <c r="B33" s="1"/>
+      <c r="C33" s="1"/>
+      <c r="D33" s="14"/>
+      <c r="E33" s="13"/>
+      <c r="F33" s="22"/>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A34" s="20"/>
+      <c r="B34" s="14"/>
+      <c r="C34" s="14"/>
+      <c r="D34" s="14"/>
+      <c r="E34" s="13"/>
+      <c r="F34" s="22"/>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A35" s="20"/>
+      <c r="B35" s="14"/>
+      <c r="C35" s="14"/>
+      <c r="D35" s="14"/>
+      <c r="E35" s="13"/>
+      <c r="F35" s="22"/>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A36" s="20"/>
+      <c r="B36" s="14"/>
+      <c r="C36" s="14"/>
+      <c r="D36" s="14"/>
+      <c r="E36" s="13"/>
+      <c r="F36" s="22"/>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A37" s="20"/>
+      <c r="B37" s="14"/>
+      <c r="C37" s="14"/>
+      <c r="D37" s="14"/>
+      <c r="E37" s="13"/>
+      <c r="F37" s="22"/>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A38" s="20"/>
+      <c r="B38" s="14"/>
+      <c r="C38" s="14"/>
+      <c r="D38" s="14"/>
+      <c r="E38" s="13"/>
+      <c r="F38" s="22"/>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A39" s="20"/>
+      <c r="B39" s="14"/>
+      <c r="C39" s="14"/>
+      <c r="D39" s="14"/>
+      <c r="E39" s="13"/>
+      <c r="F39" s="22"/>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A40" s="20"/>
+      <c r="B40" s="14"/>
+      <c r="C40" s="14"/>
+      <c r="D40" s="14"/>
+      <c r="E40" s="13"/>
+      <c r="F40" s="22"/>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A41" s="20"/>
+      <c r="B41" s="14"/>
+      <c r="C41" s="14"/>
+      <c r="D41" s="14"/>
+      <c r="E41" s="13"/>
+      <c r="F41" s="22"/>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A42" s="20"/>
+      <c r="B42" s="14"/>
+      <c r="C42" s="14"/>
+      <c r="D42" s="14"/>
+      <c r="E42" s="13"/>
+      <c r="F42" s="22"/>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A43" s="20"/>
+      <c r="B43" s="14"/>
+      <c r="C43" s="14"/>
+      <c r="D43" s="14"/>
+      <c r="E43" s="13"/>
+      <c r="F43" s="22"/>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A44" s="20"/>
+      <c r="B44" s="14"/>
+      <c r="C44" s="14"/>
+      <c r="D44" s="14"/>
+      <c r="E44" s="13"/>
+      <c r="F44" s="22"/>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A45" s="20"/>
+      <c r="B45" s="14"/>
+      <c r="C45" s="14"/>
+      <c r="D45" s="14"/>
+      <c r="E45" s="21"/>
+      <c r="F45" s="25"/>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A46" s="20"/>
+      <c r="B46" s="14"/>
+      <c r="C46" s="14"/>
+      <c r="D46" s="14"/>
+      <c r="E46" s="21"/>
+      <c r="F46" s="25"/>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A47" s="20"/>
+      <c r="B47" s="14"/>
+      <c r="C47" s="14"/>
+      <c r="D47" s="14"/>
+      <c r="E47" s="21"/>
+      <c r="F47" s="25"/>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A48" s="20"/>
+      <c r="B48" s="14"/>
+      <c r="C48" s="14"/>
+      <c r="D48" s="14"/>
+      <c r="E48" s="21"/>
+      <c r="F48" s="23"/>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A49" s="20"/>
+      <c r="B49" s="14"/>
+      <c r="C49" s="14"/>
+      <c r="D49" s="14"/>
+      <c r="E49" s="13"/>
+      <c r="F49" s="22"/>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A50" s="20"/>
+      <c r="B50" s="14"/>
+      <c r="C50" s="14"/>
+      <c r="D50" s="14"/>
+      <c r="E50" s="13"/>
+      <c r="F50" s="22"/>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A51" s="20"/>
+      <c r="B51" s="14"/>
+      <c r="C51" s="14"/>
+      <c r="D51" s="14"/>
+      <c r="E51" s="13"/>
+      <c r="F51" s="23"/>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A52" s="20"/>
+      <c r="B52" s="14"/>
+      <c r="C52" s="14"/>
+      <c r="D52" s="14"/>
+      <c r="E52" s="21"/>
+      <c r="F52" s="23"/>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A53" s="20"/>
+      <c r="B53" s="14"/>
+      <c r="C53" s="14"/>
+      <c r="D53" s="14"/>
+      <c r="E53" s="21"/>
+      <c r="F53" s="23"/>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A54" s="20"/>
+      <c r="B54" s="14"/>
+      <c r="C54" s="14"/>
+      <c r="D54" s="14"/>
+      <c r="E54" s="21"/>
+      <c r="F54" s="23"/>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A55" s="20"/>
+      <c r="B55" s="14"/>
+      <c r="C55" s="14"/>
+      <c r="D55" s="14"/>
+      <c r="E55" s="21"/>
+      <c r="F55" s="23"/>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A56" s="20"/>
+      <c r="B56" s="14"/>
+      <c r="C56" s="14"/>
+      <c r="D56" s="14"/>
+      <c r="E56" s="21"/>
+      <c r="F56" s="23"/>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A57" s="20"/>
+      <c r="B57" s="14"/>
+      <c r="C57" s="14"/>
+      <c r="D57" s="14"/>
+      <c r="E57" s="21"/>
+      <c r="F57" s="23"/>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A58" s="20"/>
+      <c r="B58" s="14"/>
+      <c r="C58" s="14"/>
+      <c r="D58" s="14"/>
+      <c r="E58" s="21"/>
+      <c r="F58" s="23"/>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A59" s="20"/>
+      <c r="B59" s="14"/>
+      <c r="C59" s="14"/>
+      <c r="D59" s="14"/>
+      <c r="E59" s="21"/>
+      <c r="F59" s="23"/>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A60" s="20"/>
+      <c r="B60" s="14"/>
+      <c r="C60" s="14"/>
+      <c r="D60" s="14"/>
+      <c r="E60" s="21"/>
+      <c r="F60" s="23"/>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A61" s="20"/>
+      <c r="B61" s="14"/>
+      <c r="C61" s="14"/>
+      <c r="D61" s="14"/>
+      <c r="E61" s="21"/>
+      <c r="F61" s="23"/>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A62" s="20"/>
+      <c r="B62" s="14"/>
+      <c r="C62" s="14"/>
+      <c r="D62" s="14"/>
+      <c r="E62" s="21"/>
+      <c r="F62" s="23"/>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A63" s="20"/>
+      <c r="B63" s="14"/>
+      <c r="C63" s="14"/>
+      <c r="D63" s="14"/>
+      <c r="E63" s="21"/>
+      <c r="F63" s="23"/>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A64" s="20"/>
+      <c r="B64" s="14"/>
+      <c r="C64" s="14"/>
+      <c r="D64" s="14"/>
+      <c r="E64" s="21"/>
+      <c r="F64" s="23"/>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A65" s="20"/>
+      <c r="B65" s="14"/>
+      <c r="C65" s="14"/>
+      <c r="D65" s="14"/>
+      <c r="E65" s="21"/>
+      <c r="F65" s="23"/>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A66" s="20"/>
+      <c r="B66" s="14"/>
+      <c r="C66" s="14"/>
+      <c r="D66" s="14"/>
+      <c r="E66" s="21"/>
+      <c r="F66" s="23"/>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A67" s="20"/>
+      <c r="B67" s="14"/>
+      <c r="C67" s="14"/>
+      <c r="D67" s="14"/>
+      <c r="E67" s="21"/>
+      <c r="F67" s="23"/>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A68" s="20"/>
+      <c r="B68" s="14"/>
+      <c r="C68" s="14"/>
+      <c r="D68" s="14"/>
+      <c r="E68" s="21"/>
+      <c r="F68" s="25"/>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A69" s="20"/>
+      <c r="B69" s="14"/>
+      <c r="C69" s="14"/>
+      <c r="D69" s="14"/>
+      <c r="E69" s="21"/>
+      <c r="F69" s="23"/>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A70" s="20"/>
+      <c r="B70" s="14"/>
+      <c r="C70" s="14"/>
+      <c r="D70" s="14"/>
+      <c r="E70" s="21"/>
+      <c r="F70" s="23"/>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A71" s="20"/>
+      <c r="B71" s="14"/>
+      <c r="C71" s="14"/>
+      <c r="D71" s="14"/>
+      <c r="E71" s="21"/>
+      <c r="F71" s="23"/>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A72" s="20"/>
+      <c r="B72" s="14"/>
+      <c r="C72" s="14"/>
+      <c r="D72" s="14"/>
+      <c r="E72" s="21"/>
+      <c r="F72" s="23"/>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A73" s="20"/>
+      <c r="B73" s="14"/>
+      <c r="C73" s="14"/>
+      <c r="D73" s="14"/>
+      <c r="E73" s="21"/>
+      <c r="F73" s="25"/>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A74" s="15"/>
+      <c r="B74" s="1"/>
+      <c r="C74" s="14"/>
+      <c r="D74" s="14"/>
+      <c r="E74" s="21"/>
+      <c r="F74" s="25"/>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A75" s="15"/>
+      <c r="B75" s="1"/>
+      <c r="C75" s="14"/>
+      <c r="D75" s="14"/>
+      <c r="E75" s="21"/>
+      <c r="F75" s="23"/>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A76" s="20"/>
+      <c r="B76" s="14"/>
+      <c r="C76" s="14"/>
+      <c r="D76" s="14"/>
+      <c r="E76" s="21"/>
+      <c r="F76" s="23"/>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A77" s="20"/>
+      <c r="B77" s="14"/>
+      <c r="C77" s="14"/>
+      <c r="D77" s="14"/>
+      <c r="E77" s="21"/>
+      <c r="F77" s="23"/>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A78" s="20"/>
+      <c r="B78" s="14"/>
+      <c r="C78" s="14"/>
+      <c r="D78" s="14"/>
+      <c r="E78" s="21"/>
+      <c r="F78" s="23"/>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A79" s="28"/>
+      <c r="B79" s="1"/>
+      <c r="C79" s="26"/>
+      <c r="D79" s="14"/>
+      <c r="E79" s="29"/>
+      <c r="F79" s="30"/>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A80" s="15"/>
+      <c r="B80" s="1"/>
+      <c r="C80" s="1"/>
+      <c r="D80" s="14"/>
+      <c r="E80" s="21"/>
+      <c r="F80" s="23"/>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A81" s="15"/>
+      <c r="B81" s="1"/>
+      <c r="C81" s="1"/>
+      <c r="D81" s="14"/>
+      <c r="E81" s="21"/>
+      <c r="F81" s="23"/>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A82" s="15"/>
+      <c r="B82" s="1"/>
+      <c r="C82" s="1"/>
+      <c r="D82" s="14"/>
+      <c r="E82" s="21"/>
+      <c r="F82" s="23"/>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A83" s="15"/>
+      <c r="B83" s="1"/>
+      <c r="C83" s="1"/>
+      <c r="D83" s="14"/>
+      <c r="E83" s="21"/>
+      <c r="F83" s="23"/>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A84" s="15"/>
+      <c r="B84" s="1"/>
+      <c r="C84" s="1"/>
+      <c r="D84" s="14"/>
+      <c r="E84" s="21"/>
+      <c r="F84" s="23"/>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A85" s="15"/>
+      <c r="B85" s="1"/>
+      <c r="C85" s="1"/>
+      <c r="D85" s="14"/>
+      <c r="E85" s="21"/>
+      <c r="F85" s="23"/>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A86" s="15"/>
+      <c r="B86" s="1"/>
+      <c r="C86" s="1"/>
+      <c r="D86" s="14"/>
+      <c r="E86" s="21"/>
+      <c r="F86" s="23"/>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A87" s="15"/>
+      <c r="B87" s="1"/>
+      <c r="C87" s="1"/>
+      <c r="D87" s="14"/>
+      <c r="E87" s="21"/>
+      <c r="F87" s="23"/>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A88" s="15"/>
+      <c r="B88" s="1"/>
+      <c r="C88" s="1"/>
+      <c r="D88" s="14"/>
+      <c r="E88" s="21"/>
+      <c r="F88" s="23"/>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A89" s="15"/>
+      <c r="B89" s="1"/>
+      <c r="C89" s="1"/>
+      <c r="D89" s="14"/>
+      <c r="E89" s="21"/>
+      <c r="F89" s="23"/>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A90" s="15"/>
+      <c r="B90" s="1"/>
+      <c r="C90" s="1"/>
+      <c r="D90" s="14"/>
+      <c r="E90" s="21"/>
+      <c r="F90" s="23"/>
+    </row>
+    <row r="91" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A91" s="15"/>
+      <c r="B91" s="1"/>
+      <c r="C91" s="1"/>
+      <c r="D91" s="14"/>
+      <c r="E91" s="21"/>
+      <c r="F91" s="23"/>
+    </row>
+    <row r="92" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A92" s="15"/>
+      <c r="B92" s="1"/>
+      <c r="C92" s="1"/>
+      <c r="D92" s="14"/>
+      <c r="E92" s="21"/>
+      <c r="F92" s="23"/>
+    </row>
+    <row r="93" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A93" s="15"/>
+      <c r="B93" s="1"/>
+      <c r="C93" s="1"/>
+      <c r="D93" s="14"/>
+      <c r="E93" s="21"/>
+      <c r="F93" s="23"/>
+    </row>
+    <row r="94" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A94" s="15"/>
+      <c r="B94" s="1"/>
+      <c r="C94" s="1"/>
+      <c r="D94" s="14"/>
+      <c r="E94" s="21"/>
+      <c r="F94" s="23"/>
+    </row>
+    <row r="95" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A95" s="15"/>
+      <c r="B95" s="1"/>
+      <c r="C95" s="1"/>
+      <c r="D95" s="14"/>
+      <c r="E95" s="21"/>
+      <c r="F95" s="23"/>
+    </row>
+    <row r="96" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A96" s="15"/>
+      <c r="B96" s="1"/>
+      <c r="C96" s="1"/>
+      <c r="D96" s="14"/>
+      <c r="E96" s="21"/>
+      <c r="F96" s="23"/>
+    </row>
+    <row r="97" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A97" s="15"/>
+      <c r="B97" s="1"/>
+      <c r="C97" s="1"/>
+      <c r="D97" s="14"/>
+      <c r="E97" s="21"/>
+      <c r="F97" s="23"/>
+    </row>
+    <row r="98" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A98" s="15"/>
+      <c r="B98" s="1"/>
+      <c r="C98" s="1"/>
+      <c r="D98" s="14"/>
+      <c r="E98" s="21"/>
+      <c r="F98" s="23"/>
+    </row>
+    <row r="99" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A99" s="15"/>
+      <c r="B99" s="1"/>
+      <c r="C99" s="1"/>
+      <c r="D99" s="14"/>
+      <c r="E99" s="21"/>
+      <c r="F99" s="23"/>
+    </row>
+    <row r="100" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A100" s="15"/>
+      <c r="B100" s="1"/>
+      <c r="C100" s="1"/>
+      <c r="D100" s="14"/>
+      <c r="E100" s="21"/>
+      <c r="F100" s="23"/>
+    </row>
+    <row r="101" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A101" s="15"/>
+      <c r="B101" s="1"/>
+      <c r="C101" s="1"/>
+      <c r="D101" s="14"/>
+      <c r="E101" s="21"/>
+      <c r="F101" s="23"/>
+    </row>
+    <row r="102" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A102" s="15"/>
+      <c r="B102" s="1"/>
+      <c r="C102" s="1"/>
+      <c r="D102" s="14"/>
+      <c r="E102" s="21"/>
+      <c r="F102" s="23"/>
+    </row>
+    <row r="103" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A103" s="15"/>
+      <c r="B103" s="1"/>
+      <c r="C103" s="1"/>
+      <c r="D103" s="14"/>
+      <c r="E103" s="21"/>
+      <c r="F103" s="23"/>
+    </row>
+    <row r="104" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A104" s="15"/>
+      <c r="B104" s="1"/>
+      <c r="C104" s="1"/>
+      <c r="D104" s="14"/>
+      <c r="E104" s="21"/>
+      <c r="F104" s="23"/>
+    </row>
+    <row r="105" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A105" s="15"/>
+      <c r="B105" s="1"/>
+      <c r="C105" s="1"/>
+      <c r="D105" s="14"/>
+      <c r="E105" s="21"/>
+      <c r="F105" s="12"/>
+    </row>
+    <row r="106" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A106" s="15"/>
+      <c r="B106" s="1"/>
+      <c r="C106" s="1"/>
+      <c r="D106" s="14"/>
+      <c r="E106" s="21"/>
+      <c r="F106" s="12"/>
+    </row>
+    <row r="107" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A107" s="2"/>
+      <c r="B107" s="26"/>
+      <c r="C107" s="26"/>
+      <c r="D107" s="26"/>
+      <c r="E107" s="27"/>
+    </row>
+    <row r="108" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="B108" s="1"/>
+      <c r="E108" s="27"/>
+    </row>
+    <row r="1048576" spans="2:2" x14ac:dyDescent="0.2">
+      <c r="B1048576" s="1"/>
+    </row>
+  </sheetData>
+  <autoFilter ref="A6:F106" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
+  <mergeCells count="1">
+    <mergeCell ref="A4:E4"/>
+  </mergeCells>
+  <dataValidations count="1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B1048576" xr:uid="{14559E4D-330E-874D-AB17-5D73006140FD}">
+      <formula1>Types</formula1>
+    </dataValidation>
+  </dataValidations>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
+  <headerFooter>
+    <oddFooter>&amp;C&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddFooter>
+  </headerFooter>
+  <legacyDrawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:I1048576"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+    <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A20" sqref="A20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="15" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="25.1640625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="49.6640625" customWidth="1"/>
     <col min="6" max="6" width="61.5" style="13" customWidth="1"/>
     <col min="7" max="7" width="6.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="7.6640625" customWidth="1"/>
     <col min="9" max="9" width="8.1640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>19</v>
@@ -1709,321 +2807,321 @@
       </c>
       <c r="D6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>2</v>
       </c>
       <c r="F6" s="16" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="5"/>
       <c r="H6" s="5"/>
       <c r="I6" s="4"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A7" s="15">
         <v>45816</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="1">
         <v>1</v>
       </c>
       <c r="D7" s="11" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="E7" s="11" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" s="13" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="G7" s="10"/>
       <c r="H7" s="9"/>
     </row>
     <row r="8" spans="1:9" ht="17" x14ac:dyDescent="0.2">
       <c r="A8" s="15">
         <v>45837</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C8" s="1">
         <v>1</v>
       </c>
       <c r="D8" s="11" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E8" s="11" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F8" s="22" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="G8" s="10"/>
       <c r="H8" s="9"/>
     </row>
     <row r="9" spans="1:9" ht="17" x14ac:dyDescent="0.2">
       <c r="A9" s="15">
         <v>45845</v>
       </c>
       <c r="B9" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C9" s="1">
         <v>1</v>
       </c>
       <c r="D9" s="11" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E9" s="11" t="s">
+        <v>38</v>
+      </c>
+      <c r="F9" s="22" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
       <c r="G9" s="10"/>
       <c r="H9" s="9"/>
     </row>
     <row r="10" spans="1:9" ht="17" x14ac:dyDescent="0.2">
       <c r="A10" s="15">
         <v>45847</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C10" s="1">
         <v>2</v>
       </c>
       <c r="D10" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="E10" s="11" t="s">
         <v>43</v>
       </c>
-      <c r="E10" s="11" t="s">
+      <c r="F10" s="22" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G10" s="10"/>
       <c r="H10" s="9"/>
     </row>
     <row r="11" spans="1:9" ht="17" x14ac:dyDescent="0.2">
       <c r="A11" s="15">
         <v>45851</v>
       </c>
       <c r="B11" s="1" t="s">
+        <v>45</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="11" t="s">
+        <v>42</v>
+      </c>
+      <c r="E11" s="11" t="s">
+        <v>45</v>
+      </c>
+      <c r="F11" s="22" t="s">
         <v>46</v>
-      </c>
-[...10 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G11" s="9"/>
       <c r="H11" s="9"/>
     </row>
     <row r="12" spans="1:9" ht="17" x14ac:dyDescent="0.2">
       <c r="A12" s="15">
         <v>45875</v>
       </c>
       <c r="B12" s="1" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="1">
         <v>1</v>
       </c>
       <c r="D12" s="11" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E12" s="11" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F12" s="22" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
     </row>
     <row r="13" spans="1:9" ht="17" x14ac:dyDescent="0.2">
       <c r="A13" s="15">
         <v>45875</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="C13" s="32" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D13" s="11" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E13" s="11" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F13" s="22" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G13" s="9"/>
       <c r="H13" s="9"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A14" s="15">
         <v>45879</v>
       </c>
       <c r="B14" s="32" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="32" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D14" s="11" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="G14" s="9"/>
       <c r="H14" s="9"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A15" s="15">
         <v>45884</v>
       </c>
       <c r="B15" s="32" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="32" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D15" s="40" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E15" s="13" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F15" s="13" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="G15" s="9"/>
       <c r="H15" s="9"/>
     </row>
     <row r="16" spans="1:9" ht="17" x14ac:dyDescent="0.2">
       <c r="A16" s="31">
         <v>45886</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D16" s="40" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E16" s="11" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="F16" s="23" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="G16" s="10"/>
       <c r="H16" s="9"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A17" s="15">
         <v>45922</v>
       </c>
       <c r="B17" s="32" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="32" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D17" s="40" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E17" s="13" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="F17" s="13" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="G17" s="10"/>
       <c r="H17" s="9"/>
     </row>
     <row r="18" spans="1:9" ht="17" x14ac:dyDescent="0.2">
       <c r="A18" s="31">
         <v>45931</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>3</v>
       </c>
       <c r="C18" s="41" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D18" s="40" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E18" s="11" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="F18" s="23" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="G18" s="8"/>
       <c r="H18" s="8"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A19" s="15">
         <v>45972</v>
       </c>
       <c r="B19" s="32" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="32" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D19" s="40" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="E19" s="13" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="F19" s="13" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A20" s="15"/>
       <c r="B20" s="1"/>
       <c r="C20" s="32"/>
       <c r="D20" s="14"/>
       <c r="E20" s="13"/>
       <c r="F20" s="24"/>
       <c r="H20" s="1"/>
       <c r="I20" s="4"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A21" s="15"/>
       <c r="B21" s="1"/>
       <c r="C21" s="32"/>
       <c r="D21" s="14"/>
       <c r="E21" s="13"/>
       <c r="F21" s="24"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A22" s="15"/>
       <c r="B22" s="1"/>
@@ -2716,51 +3814,51 @@
       <c r="E108" s="27"/>
     </row>
     <row r="1048576" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B1048576" s="1"/>
     </row>
   </sheetData>
   <autoFilter ref="A6:F106" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A4:E4"/>
   </mergeCells>
   <phoneticPr fontId="12" type="noConversion"/>
   <dataValidations disablePrompts="1" count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B1048576" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>Types</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A3:A9"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A3" sqref="A3:A9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="3" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A3" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.2">
@@ -2777,66 +3875,69 @@
       <c r="A8" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>4</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>3</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="6" baseType="lpstr">
+    <vt:vector size="9" baseType="lpstr">
       <vt:lpstr>At-A-Glance</vt:lpstr>
-      <vt:lpstr>Past Updates</vt:lpstr>
+      <vt:lpstr>Past Updates_Spring2026</vt:lpstr>
+      <vt:lpstr>Past Updates_Fall2025</vt:lpstr>
       <vt:lpstr>Lists</vt:lpstr>
+      <vt:lpstr>'Past Updates_Spring2026'!D</vt:lpstr>
       <vt:lpstr>D</vt:lpstr>
+      <vt:lpstr>'Past Updates_Spring2026'!Estimatedte</vt:lpstr>
       <vt:lpstr>Estimatedte</vt:lpstr>
       <vt:lpstr>Types</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Eddie</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>