--- v2 (2026-01-21)
+++ v3 (2026-03-09)
@@ -4,60 +4,60 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="11214"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="10215"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/zacharyfischer/Dropbox/QFI/QFI PM Exam/Schedule Updates and Revision History/Spring 2026/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/zakfischer/Library/CloudStorage/Dropbox/QFI/QFI PM Exam/Schedule Updates and Revision History/Spring 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EF38DA84-0DEB-B146-B82D-5DE97D805A04}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FCF79170-656A-5C43-ADB9-1270D09C0E82}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="37420" yWindow="500" windowWidth="34560" windowHeight="20460" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="660" windowWidth="34560" windowHeight="20440" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="At-A-Glance" sheetId="7" r:id="rId1"/>
     <sheet name="Past Updates_Spring2026" sheetId="8" r:id="rId2"/>
     <sheet name="Past Updates_Fall2025" sheetId="1" r:id="rId3"/>
     <sheet name="Lists" sheetId="6" state="hidden" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Past Updates_Fall2025'!$A$6:$F$106</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Past Updates_Spring2026'!$A$6:$F$106</definedName>
     <definedName name="D" localSheetId="1">'Past Updates_Spring2026'!$F$20</definedName>
     <definedName name="D">'Past Updates_Fall2025'!$F$20</definedName>
     <definedName name="Estimatedte" localSheetId="1">'Past Updates_Spring2026'!$F$20</definedName>
     <definedName name="Estimatedte">'Past Updates_Fall2025'!$F$20</definedName>
     <definedName name="Types">Lists!$A$3:$A$9</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
@@ -339,51 +339,51 @@
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">SM = Supplementary Materials section
 </t>
         </r>
         <r>
           <rPr>
             <sz val="10"/>
             <color rgb="FF000000"/>
             <rFont val="Calibri"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">SOA = SOA Exams  tab of online seminar
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="162" uniqueCount="85">
   <si>
     <t>Seminar</t>
   </si>
   <si>
     <t>Section</t>
   </si>
   <si>
     <t>Reading or seminar item</t>
   </si>
   <si>
     <t>Lesson</t>
   </si>
   <si>
     <t>DSM</t>
   </si>
   <si>
     <t>FC</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
@@ -540,50 +540,104 @@
     <t>Video Handouts (Combined Slides PDF)</t>
   </si>
   <si>
     <t>Released combined handout file PDF for all 3 sections</t>
   </si>
   <si>
     <t>Fix error in question for Question 4b</t>
   </si>
   <si>
     <t>The TIA INV-101 seminar is 100% ready to go for Spring 2026!</t>
   </si>
   <si>
     <t>Summary of revisions and other changes to TIA's INV-101 Online Seminar for Spring 2026</t>
   </si>
   <si>
     <t>Please see below for a description of changes after Nov 25, 2025.</t>
   </si>
   <si>
     <t>TIA Practice Exam #3</t>
   </si>
   <si>
     <t>Posted a third TIA INV-101 PE for additional practice!</t>
   </si>
   <si>
     <t xml:space="preserve">3x TIA INV-101 Practice Exams </t>
+  </si>
+  <si>
+    <t>Expanded coverage to include more details in HCRM Ch 4 DSM (pg . 18); add additional commentary on drawbacks of independent Binomial model</t>
+  </si>
+  <si>
+    <t>PMIP Ch 9, PMIP Ch 13</t>
+  </si>
+  <si>
+    <t>Added a few additional bullet points on PMIP Ch13 on activist fund strategies; Added a couple additional bullet points comparing interest rate swaps and inverse floaters on PMIP Ch 9</t>
+  </si>
+  <si>
+    <t>Flaschards</t>
+  </si>
+  <si>
+    <t>CRM Ch 2</t>
+  </si>
+  <si>
+    <t>HCRM Ch 4, CRM Ch 2</t>
+  </si>
+  <si>
+    <t>Added one flashcard describing the drawbacks of the independent Binomial model</t>
+  </si>
+  <si>
+    <t>TIA Solutions to Fall 2025 INV-101 Exam</t>
+  </si>
+  <si>
+    <t>Excel Drill Problems</t>
+  </si>
+  <si>
+    <t>Section 1 Excel-based drill problems</t>
+  </si>
+  <si>
+    <t>Section 2 Excel-based drill problems</t>
+  </si>
+  <si>
+    <t>Section 3 Excel-based drill problems</t>
+  </si>
+  <si>
+    <t>Initial release of Section 1 excel drill problems!</t>
+  </si>
+  <si>
+    <t>Initial release of Section 2 excel drill problems!</t>
+  </si>
+  <si>
+    <t>Initial release of Section 3 excel drill problems!</t>
+  </si>
+  <si>
+    <t>Excel Drill Problems - Section 1</t>
+  </si>
+  <si>
+    <t>Excel Drill Problems - Section 2</t>
+  </si>
+  <si>
+    <t>Excel Drill Problems - Section 3</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="m/d/yy;@"/>
   </numFmts>
   <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -909,51 +963,51 @@
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="45">
+  <cellXfs count="44">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -995,51 +1049,50 @@
     </xf>
     <xf numFmtId="164" fontId="7" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="164" fontId="13" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="16" fontId="0" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -1503,529 +1556,627 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:C34"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="39.1640625" customWidth="1"/>
     <col min="2" max="2" width="66.6640625" customWidth="1"/>
     <col min="3" max="3" width="11.1640625" style="1" customWidth="1"/>
     <col min="4" max="5" width="23.1640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="18" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" s="4" t="s">
         <v>18</v>
       </c>
       <c r="B2" s="19">
-        <v>46020</v>
+        <v>46079</v>
       </c>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A4" s="3" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A5" s="3" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A6" s="1"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A7" s="11" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="8" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="19" x14ac:dyDescent="0.25">
       <c r="A10" s="17" t="str">
         <f>"Overall status by section as of "&amp;TEXT(B2,"m/d/yy")</f>
-        <v>Overall status by section as of 12/29/25</v>
+        <v>Overall status by section as of 2/26/26</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="90" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="42" t="s">
+      <c r="A11" s="41" t="s">
         <v>61</v>
       </c>
-      <c r="B11" s="43"/>
+      <c r="B11" s="42"/>
       <c r="C11"/>
     </row>
     <row r="12" spans="1:3" x14ac:dyDescent="0.2">
       <c r="C12"/>
     </row>
     <row r="13" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A13" s="38" t="s">
+      <c r="A13" s="37" t="s">
         <v>28</v>
       </c>
-      <c r="B13" s="37" t="s">
+      <c r="B13" s="36" t="s">
         <v>22</v>
       </c>
-      <c r="C13" s="39" t="s">
+      <c r="C13" s="38" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A14" s="33" t="s">
         <v>33</v>
       </c>
-      <c r="B14" s="36" t="s">
+      <c r="B14" s="35" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="34">
         <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A15" s="33" t="s">
         <v>26</v>
       </c>
-      <c r="B15" s="36" t="s">
+      <c r="B15" s="35" t="s">
         <v>36</v>
       </c>
       <c r="C15" s="34">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A16" s="33"/>
-      <c r="B16" s="36"/>
+      <c r="B16" s="35"/>
       <c r="C16" s="34"/>
     </row>
     <row r="17" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A17" s="38" t="s">
+      <c r="A17" s="37" t="s">
         <v>29</v>
       </c>
-      <c r="B17" s="37" t="s">
+      <c r="B17" s="36" t="s">
         <v>22</v>
       </c>
-      <c r="C17" s="39" t="s">
+      <c r="C17" s="38" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A18" s="33" t="s">
         <v>33</v>
       </c>
-      <c r="B18" s="36" t="s">
+      <c r="B18" s="35" t="s">
         <v>36</v>
       </c>
       <c r="C18" s="34">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A19" s="33" t="s">
         <v>26</v>
       </c>
-      <c r="B19" s="36" t="s">
+      <c r="B19" s="35" t="s">
         <v>36</v>
       </c>
       <c r="C19" s="34">
         <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A20" s="33"/>
-      <c r="B20" s="36"/>
+      <c r="B20" s="35"/>
       <c r="C20" s="34"/>
     </row>
     <row r="21" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A21" s="38" t="s">
+      <c r="A21" s="37" t="s">
         <v>30</v>
       </c>
-      <c r="B21" s="37" t="s">
+      <c r="B21" s="36" t="s">
         <v>22</v>
       </c>
-      <c r="C21" s="39" t="s">
+      <c r="C21" s="38" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A22" s="33" t="s">
         <v>33</v>
       </c>
-      <c r="B22" s="36" t="s">
+      <c r="B22" s="35" t="s">
         <v>36</v>
       </c>
       <c r="C22" s="34">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A23" s="33" t="s">
         <v>26</v>
       </c>
-      <c r="B23" s="36" t="s">
+      <c r="B23" s="35" t="s">
         <v>36</v>
       </c>
       <c r="C23" s="34">
         <v>1</v>
       </c>
     </row>
     <row r="24" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A24" s="33"/>
-      <c r="B24" s="36"/>
+      <c r="B24" s="35"/>
       <c r="C24" s="34"/>
     </row>
     <row r="25" spans="1:3" x14ac:dyDescent="0.2">
-      <c r="A25" s="38" t="s">
+      <c r="A25" s="37" t="s">
         <v>27</v>
       </c>
-      <c r="B25" s="37" t="s">
+      <c r="B25" s="36" t="s">
         <v>22</v>
       </c>
-      <c r="C25" s="39" t="s">
+      <c r="C25" s="38" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A26" t="s">
         <v>23</v>
       </c>
-      <c r="B26" s="36" t="s">
+      <c r="B26" s="35" t="s">
         <v>36</v>
       </c>
       <c r="C26" s="34">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A27" t="s">
         <v>24</v>
       </c>
-      <c r="B27" s="36" t="s">
+      <c r="B27" s="35" t="s">
         <v>36</v>
       </c>
       <c r="C27" s="34">
         <v>1</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A28" t="s">
         <v>66</v>
       </c>
-      <c r="B28" s="36" t="s">
+      <c r="B28" s="35" t="s">
         <v>36</v>
       </c>
       <c r="C28" s="34">
         <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="17" x14ac:dyDescent="0.2">
       <c r="A29" t="s">
         <v>48</v>
       </c>
-      <c r="B29" s="36" t="s">
+      <c r="B29" s="35" t="s">
         <v>36</v>
       </c>
       <c r="C29" s="34">
         <v>1</v>
       </c>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="B33" s="36"/>
+    <row r="30" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A30" s="33" t="s">
+        <v>82</v>
+      </c>
+      <c r="B30" s="35" t="s">
+        <v>36</v>
+      </c>
+      <c r="C30" s="34">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A31" s="33" t="s">
+        <v>83</v>
+      </c>
+      <c r="B31" s="35" t="s">
+        <v>36</v>
+      </c>
+      <c r="C31" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3" ht="17" x14ac:dyDescent="0.2">
+      <c r="A32" s="33" t="s">
+        <v>84</v>
+      </c>
+      <c r="B32" s="35" t="s">
+        <v>36</v>
+      </c>
+      <c r="C32" s="1">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="33" spans="1:2" ht="17" x14ac:dyDescent="0.2">
+      <c r="A33" t="s">
+        <v>74</v>
+      </c>
+      <c r="B33" s="35" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="34" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A34" s="21"/>
-      <c r="B34" s="36"/>
+      <c r="B34" s="35"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A11:B11"/>
   </mergeCells>
   <phoneticPr fontId="12" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="76" orientation="portrait" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0137654E-4DAF-0B43-AA5D-DCD45F9ACE5C}">
   <dimension ref="A1:I1048576"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.6640625" style="1" customWidth="1"/>
-    <col min="2" max="2" width="15" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="25.1640625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="49.6640625" customWidth="1"/>
     <col min="6" max="6" width="61.5" style="13" customWidth="1"/>
     <col min="7" max="7" width="6.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="7.6640625" customWidth="1"/>
     <col min="9" max="9" width="8.1640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="3" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A3" s="11" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A4" s="44"/>
-[...3 lines deleted...]
-      <c r="E4" s="44"/>
+      <c r="A4" s="43"/>
+      <c r="B4" s="43"/>
+      <c r="C4" s="43"/>
+      <c r="D4" s="43"/>
+      <c r="E4" s="43"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>0</v>
       </c>
-      <c r="D5" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D5" s="5"/>
       <c r="E5" s="4"/>
       <c r="F5" s="16"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="4"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>1</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>14</v>
+        <v>25</v>
       </c>
       <c r="E6" s="4" t="s">
         <v>2</v>
       </c>
       <c r="F6" s="16" t="s">
         <v>10</v>
       </c>
       <c r="G6" s="5"/>
       <c r="H6" s="5"/>
       <c r="I6" s="4"/>
     </row>
     <row r="7" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A7" s="15">
         <v>46020</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="D7" s="11">
+      <c r="D7" s="1">
         <v>1</v>
       </c>
       <c r="E7" s="11" t="s">
         <v>64</v>
       </c>
       <c r="F7" s="13" t="s">
         <v>65</v>
       </c>
       <c r="G7" s="10"/>
       <c r="H7" s="9"/>
     </row>
-    <row r="8" spans="1:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F8" s="22"/>
+    <row r="8" spans="1:9" ht="51" x14ac:dyDescent="0.2">
+      <c r="A8" s="15">
+        <v>46046</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C8" s="1">
+        <v>3</v>
+      </c>
+      <c r="D8" s="1">
+        <v>2</v>
+      </c>
+      <c r="E8" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="F8" s="22" t="s">
+        <v>67</v>
+      </c>
       <c r="G8" s="10"/>
       <c r="H8" s="9"/>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F9" s="22"/>
+    <row r="9" spans="1:9" ht="51" x14ac:dyDescent="0.2">
+      <c r="A9" s="15">
+        <v>46046</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="C9" s="1">
+        <v>2</v>
+      </c>
+      <c r="D9" s="1">
+        <v>2</v>
+      </c>
+      <c r="E9" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="F9" s="22" t="s">
+        <v>69</v>
+      </c>
       <c r="G9" s="10"/>
       <c r="H9" s="9"/>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F10" s="22"/>
+    <row r="10" spans="1:9" ht="34" x14ac:dyDescent="0.2">
+      <c r="A10" s="15">
+        <v>46046</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D10" s="1">
+        <v>2</v>
+      </c>
+      <c r="E10" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="F10" s="22" t="s">
+        <v>73</v>
+      </c>
       <c r="G10" s="10"/>
       <c r="H10" s="9"/>
     </row>
-    <row r="11" spans="1:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F11" s="22"/>
+    <row r="11" spans="1:9" ht="17" x14ac:dyDescent="0.2">
+      <c r="A11" s="15">
+        <v>46079</v>
+      </c>
+      <c r="B11" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C11" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D11" s="1">
+        <v>1</v>
+      </c>
+      <c r="E11" s="11" t="s">
+        <v>76</v>
+      </c>
+      <c r="F11" s="22" t="s">
+        <v>79</v>
+      </c>
       <c r="G11" s="9"/>
       <c r="H11" s="9"/>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F12" s="22"/>
+    <row r="12" spans="1:9" ht="17" x14ac:dyDescent="0.2">
+      <c r="A12" s="15">
+        <v>46079</v>
+      </c>
+      <c r="B12" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C12" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D12" s="1">
+        <v>1</v>
+      </c>
+      <c r="E12" s="11" t="s">
+        <v>77</v>
+      </c>
+      <c r="F12" s="22" t="s">
+        <v>80</v>
+      </c>
       <c r="G12" s="9"/>
       <c r="H12" s="9"/>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="F13" s="22"/>
+    <row r="13" spans="1:9" ht="17" x14ac:dyDescent="0.2">
+      <c r="A13" s="15">
+        <v>46079</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="D13" s="1">
+        <v>1</v>
+      </c>
+      <c r="E13" s="11" t="s">
+        <v>78</v>
+      </c>
+      <c r="F13" s="22" t="s">
+        <v>81</v>
+      </c>
       <c r="G13" s="9"/>
       <c r="H13" s="9"/>
     </row>
     <row r="14" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A14" s="15"/>
       <c r="B14" s="32"/>
       <c r="C14" s="32"/>
       <c r="D14" s="11"/>
       <c r="F14"/>
       <c r="G14" s="9"/>
       <c r="H14" s="9"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A15" s="15"/>
       <c r="B15" s="32"/>
       <c r="C15" s="32"/>
-      <c r="D15" s="40"/>
+      <c r="D15" s="39"/>
       <c r="E15" s="13"/>
       <c r="G15" s="9"/>
       <c r="H15" s="9"/>
     </row>
     <row r="16" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A16" s="31"/>
       <c r="B16" s="1"/>
       <c r="C16" s="1"/>
-      <c r="D16" s="40"/>
+      <c r="D16" s="39"/>
       <c r="E16" s="11"/>
       <c r="F16" s="23"/>
       <c r="G16" s="10"/>
       <c r="H16" s="9"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A17" s="15"/>
       <c r="B17" s="32"/>
       <c r="C17" s="32"/>
-      <c r="D17" s="40"/>
+      <c r="D17" s="39"/>
       <c r="E17" s="13"/>
       <c r="G17" s="10"/>
       <c r="H17" s="9"/>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A18" s="31"/>
       <c r="B18" s="1"/>
-      <c r="C18" s="41"/>
-      <c r="D18" s="40"/>
+      <c r="C18" s="40"/>
+      <c r="D18" s="39"/>
       <c r="E18" s="11"/>
       <c r="F18" s="23"/>
       <c r="G18" s="8"/>
       <c r="H18" s="8"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A19" s="15"/>
       <c r="B19" s="32"/>
       <c r="C19" s="32"/>
-      <c r="D19" s="40"/>
+      <c r="D19" s="39"/>
       <c r="E19" s="13"/>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A20" s="15"/>
       <c r="B20" s="1"/>
       <c r="C20" s="32"/>
       <c r="D20" s="14"/>
       <c r="E20" s="13"/>
       <c r="F20" s="24"/>
       <c r="H20" s="1"/>
       <c r="I20" s="4"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A21" s="15"/>
       <c r="B21" s="1"/>
       <c r="C21" s="32"/>
       <c r="D21" s="14"/>
       <c r="E21" s="13"/>
       <c r="F21" s="24"/>
       <c r="H21" s="1"/>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A22" s="15"/>
       <c r="B22" s="1"/>
@@ -2703,102 +2854,102 @@
       <c r="B106" s="1"/>
       <c r="C106" s="1"/>
       <c r="D106" s="14"/>
       <c r="E106" s="21"/>
       <c r="F106" s="12"/>
     </row>
     <row r="107" spans="1:6" x14ac:dyDescent="0.2">
       <c r="A107" s="2"/>
       <c r="B107" s="26"/>
       <c r="C107" s="26"/>
       <c r="D107" s="26"/>
       <c r="E107" s="27"/>
     </row>
     <row r="108" spans="1:6" x14ac:dyDescent="0.2">
       <c r="B108" s="1"/>
       <c r="E108" s="27"/>
     </row>
     <row r="1048576" spans="2:2" x14ac:dyDescent="0.2">
       <c r="B1048576" s="1"/>
     </row>
   </sheetData>
   <autoFilter ref="A6:F106" xr:uid="{00000000-0009-0000-0000-000001000000}"/>
   <mergeCells count="1">
     <mergeCell ref="A4:E4"/>
   </mergeCells>
-  <dataValidations count="1">
+  <dataValidations disablePrompts="1" count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B1048576" xr:uid="{14559E4D-330E-874D-AB17-5D73006140FD}">
       <formula1>Types</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="landscape" horizontalDpi="0" verticalDpi="0"/>
   <headerFooter>
     <oddFooter>&amp;C&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:I1048576"/>
   <sheetViews>
     <sheetView zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="A20" sqref="A20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="11.6640625" style="1" customWidth="1"/>
     <col min="2" max="2" width="15" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="25.1640625" style="1" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="49.6640625" customWidth="1"/>
     <col min="6" max="6" width="61.5" style="13" customWidth="1"/>
     <col min="7" max="7" width="6.6640625" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="7.6640625" customWidth="1"/>
     <col min="9" max="9" width="8.1640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="21" x14ac:dyDescent="0.25">
       <c r="A1" s="7" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="2" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A2" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:9" x14ac:dyDescent="0.2">
-      <c r="A4" s="44"/>
-[...3 lines deleted...]
-      <c r="E4" s="44"/>
+      <c r="A4" s="43"/>
+      <c r="B4" s="43"/>
+      <c r="C4" s="43"/>
+      <c r="D4" s="43"/>
+      <c r="E4" s="43"/>
     </row>
     <row r="5" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B5" s="5"/>
       <c r="C5" s="5" t="s">
         <v>0</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="4"/>
       <c r="F5" s="16"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="4"/>
     </row>
     <row r="6" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>8</v>
       </c>
@@ -2982,139 +3133,139 @@
       <c r="C14" s="32" t="s">
         <v>47</v>
       </c>
       <c r="D14" s="11" t="s">
         <v>42</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>50</v>
       </c>
       <c r="G14" s="9"/>
       <c r="H14" s="9"/>
     </row>
     <row r="15" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A15" s="15">
         <v>45884</v>
       </c>
       <c r="B15" s="32" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="32" t="s">
         <v>47</v>
       </c>
-      <c r="D15" s="40" t="s">
+      <c r="D15" s="39" t="s">
         <v>42</v>
       </c>
       <c r="E15" s="13" t="s">
         <v>52</v>
       </c>
       <c r="F15" s="13" t="s">
         <v>51</v>
       </c>
       <c r="G15" s="9"/>
       <c r="H15" s="9"/>
     </row>
     <row r="16" spans="1:9" ht="17" x14ac:dyDescent="0.2">
       <c r="A16" s="31">
         <v>45886</v>
       </c>
       <c r="B16" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C16" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="D16" s="40" t="s">
+      <c r="D16" s="39" t="s">
         <v>42</v>
       </c>
       <c r="E16" s="11" t="s">
         <v>53</v>
       </c>
       <c r="F16" s="23" t="s">
         <v>54</v>
       </c>
       <c r="G16" s="10"/>
       <c r="H16" s="9"/>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A17" s="15">
         <v>45922</v>
       </c>
       <c r="B17" s="32" t="s">
         <v>12</v>
       </c>
       <c r="C17" s="32" t="s">
         <v>47</v>
       </c>
-      <c r="D17" s="40" t="s">
+      <c r="D17" s="39" t="s">
         <v>42</v>
       </c>
       <c r="E17" s="13" t="s">
         <v>55</v>
       </c>
       <c r="F17" s="13" t="s">
         <v>56</v>
       </c>
       <c r="G17" s="10"/>
       <c r="H17" s="9"/>
     </row>
     <row r="18" spans="1:9" ht="17" x14ac:dyDescent="0.2">
       <c r="A18" s="31">
         <v>45931</v>
       </c>
       <c r="B18" s="1" t="s">
         <v>3</v>
       </c>
-      <c r="C18" s="41" t="s">
+      <c r="C18" s="40" t="s">
         <v>57</v>
       </c>
-      <c r="D18" s="40" t="s">
+      <c r="D18" s="39" t="s">
         <v>42</v>
       </c>
       <c r="E18" s="11" t="s">
         <v>58</v>
       </c>
       <c r="F18" s="23" t="s">
         <v>59</v>
       </c>
       <c r="G18" s="8"/>
       <c r="H18" s="8"/>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A19" s="15">
         <v>45972</v>
       </c>
       <c r="B19" s="32" t="s">
         <v>12</v>
       </c>
       <c r="C19" s="32" t="s">
         <v>47</v>
       </c>
-      <c r="D19" s="40" t="s">
+      <c r="D19" s="39" t="s">
         <v>40</v>
       </c>
       <c r="E19" s="13" t="s">
         <v>55</v>
       </c>
       <c r="F19" s="13" t="s">
         <v>60</v>
       </c>
       <c r="H19" s="1"/>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A20" s="15"/>
       <c r="B20" s="1"/>
       <c r="C20" s="32"/>
       <c r="D20" s="14"/>
       <c r="E20" s="13"/>
       <c r="F20" s="24"/>
       <c r="H20" s="1"/>
       <c r="I20" s="4"/>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A21" s="15"/>
       <c r="B21" s="1"/>
       <c r="C21" s="32"/>
       <c r="D21" s="14"/>