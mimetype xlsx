--- v0 (2025-10-08)
+++ v1 (2026-01-21)
@@ -10,106 +10,107 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="10511"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="11116"/>
   <workbookPr autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/zacharyfischer/Dropbox/QFI/QFI PM Exam/Suggested Study Schedule/Fall 2025/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="/Users/zacharyfischer/Dropbox/QFI/QFI PM Exam/Suggested Study Schedule/Spring 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2F244A7F-BF64-0E41-946E-DA682CE9FD39}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{84C3AD8C-1813-2C45-8B80-824ABC4D22EB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2160" yWindow="760" windowWidth="27400" windowHeight="20460" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="2160" yWindow="760" windowWidth="27400" windowHeight="20460" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Documentation" sheetId="6" r:id="rId1"/>
     <sheet name="Schedule" sheetId="3" r:id="rId2"/>
     <sheet name="Tracking" sheetId="2" r:id="rId3"/>
     <sheet name="Revision History" sheetId="8" r:id="rId4"/>
     <sheet name="info" sheetId="7" state="hidden" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="ActFDate">Schedule!$C$6:$C$45</definedName>
     <definedName name="CompFlag">Schedule!$G$6:$G$45</definedName>
     <definedName name="DayLookUp">info!$E$6:$H$112</definedName>
     <definedName name="ExamDate">Schedule!#REF!</definedName>
     <definedName name="LessonDays">info!#REF!</definedName>
     <definedName name="MasterTable">#REF!</definedName>
     <definedName name="PgCnt">Schedule!$F$6:$F$45</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">Documentation!$A$1:$N$41</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="1">Schedule!$1:$5</definedName>
     <definedName name="StartDate">Schedule!$D$1</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B8" i="3" l="1"/>
-  <c r="B7" i="3"/>
+  <c r="B48" i="3" l="1"/>
+  <c r="B51" i="3"/>
+  <c r="B55" i="3"/>
   <c r="C7" i="3"/>
   <c r="H40" i="3"/>
   <c r="G40" i="3"/>
   <c r="H39" i="3"/>
   <c r="G39" i="3"/>
   <c r="H45" i="3"/>
   <c r="H44" i="3"/>
   <c r="H43" i="3"/>
   <c r="H42" i="3"/>
   <c r="H41" i="3"/>
   <c r="H38" i="3"/>
   <c r="H37" i="3"/>
   <c r="H36" i="3"/>
   <c r="H35" i="3"/>
   <c r="H34" i="3"/>
   <c r="H33" i="3"/>
   <c r="H32" i="3"/>
   <c r="H31" i="3"/>
   <c r="H30" i="3"/>
   <c r="H29" i="3"/>
   <c r="H28" i="3"/>
   <c r="H27" i="3"/>
   <c r="H26" i="3"/>
   <c r="H25" i="3"/>
   <c r="H24" i="3"/>
@@ -139,103 +140,63 @@
   <c r="G27" i="3"/>
   <c r="G26" i="3"/>
   <c r="G25" i="3"/>
   <c r="G24" i="3"/>
   <c r="G23" i="3"/>
   <c r="G22" i="3"/>
   <c r="G21" i="3"/>
   <c r="G20" i="3"/>
   <c r="G19" i="3"/>
   <c r="G18" i="3"/>
   <c r="G17" i="3"/>
   <c r="H15" i="3"/>
   <c r="H14" i="3"/>
   <c r="H13" i="3"/>
   <c r="H12" i="3"/>
   <c r="H11" i="3"/>
   <c r="B57" i="3"/>
   <c r="G16" i="3"/>
   <c r="G6" i="3"/>
   <c r="B3" i="7"/>
   <c r="H16" i="3"/>
   <c r="H10" i="3"/>
   <c r="H9" i="3"/>
   <c r="H8" i="3"/>
   <c r="H7" i="3"/>
-  <c r="B9" i="3" l="1"/>
-[...37 lines deleted...]
-  <c r="B53" i="3" s="1"/>
+  <c r="B53" i="3" l="1"/>
   <c r="B2" i="7"/>
   <c r="C8" i="3" l="1"/>
   <c r="G7" i="3"/>
   <c r="N2" i="3"/>
   <c r="C9" i="3" l="1"/>
   <c r="G8" i="3"/>
   <c r="B4" i="7"/>
   <c r="B6" i="7" s="1"/>
   <c r="C10" i="3" l="1"/>
   <c r="G9" i="3"/>
   <c r="C11" i="3" l="1"/>
   <c r="G10" i="3"/>
-  <c r="B51" i="3"/>
-  <c r="B48" i="3" s="1"/>
   <c r="B61" i="3"/>
   <c r="F4" i="7"/>
   <c r="H6" i="3"/>
   <c r="G40" i="7" l="1"/>
   <c r="H40" i="7" s="1"/>
   <c r="G30" i="7"/>
   <c r="H30" i="7" s="1"/>
   <c r="G20" i="7"/>
   <c r="H20" i="7" s="1"/>
   <c r="G10" i="7"/>
   <c r="H10" i="7" s="1"/>
   <c r="G39" i="7"/>
   <c r="H39" i="7" s="1"/>
   <c r="G29" i="7"/>
   <c r="H29" i="7" s="1"/>
   <c r="G19" i="7"/>
   <c r="H19" i="7" s="1"/>
   <c r="G9" i="7"/>
   <c r="H9" i="7" s="1"/>
   <c r="G37" i="7"/>
   <c r="H37" i="7" s="1"/>
   <c r="G7" i="7"/>
   <c r="H7" i="7" s="1"/>
   <c r="G36" i="7"/>
   <c r="H36" i="7" s="1"/>
@@ -273,50 +234,89 @@
   <c r="H15" i="7" s="1"/>
   <c r="G34" i="7"/>
   <c r="H34" i="7" s="1"/>
   <c r="G14" i="7"/>
   <c r="H14" i="7" s="1"/>
   <c r="G23" i="7"/>
   <c r="H23" i="7" s="1"/>
   <c r="G13" i="7"/>
   <c r="H13" i="7" s="1"/>
   <c r="G32" i="7"/>
   <c r="H32" i="7" s="1"/>
   <c r="G41" i="7"/>
   <c r="H41" i="7" s="1"/>
   <c r="G11" i="7"/>
   <c r="H11" i="7" s="1"/>
   <c r="G35" i="7"/>
   <c r="H35" i="7" s="1"/>
   <c r="G31" i="7"/>
   <c r="H31" i="7" s="1"/>
   <c r="C12" i="3"/>
   <c r="G12" i="3" s="1"/>
   <c r="G11" i="3"/>
   <c r="G6" i="7"/>
   <c r="H6" i="7" s="1"/>
   <c r="B6" i="3" s="1"/>
+  <c r="B7" i="3" s="1"/>
+  <c r="B8" i="3" s="1"/>
+  <c r="B9" i="3" s="1"/>
+  <c r="B10" i="3" s="1"/>
+  <c r="B11" i="3" s="1"/>
+  <c r="B12" i="3" s="1"/>
+  <c r="B13" i="3" s="1"/>
+  <c r="B14" i="3" s="1"/>
+  <c r="B15" i="3" s="1"/>
+  <c r="B16" i="3" s="1"/>
+  <c r="B17" i="3" s="1"/>
+  <c r="B18" i="3" s="1"/>
+  <c r="B19" i="3" s="1"/>
+  <c r="B20" i="3" s="1"/>
+  <c r="B21" i="3" s="1"/>
+  <c r="B22" i="3" s="1"/>
+  <c r="B23" i="3" s="1"/>
+  <c r="B24" i="3" s="1"/>
+  <c r="B25" i="3" s="1"/>
+  <c r="B26" i="3" s="1"/>
+  <c r="B27" i="3" s="1"/>
+  <c r="B28" i="3" s="1"/>
+  <c r="B29" i="3" s="1"/>
+  <c r="B30" i="3" s="1"/>
+  <c r="B31" i="3" s="1"/>
+  <c r="B32" i="3" s="1"/>
+  <c r="B33" i="3" s="1"/>
+  <c r="B34" i="3" s="1"/>
+  <c r="B35" i="3" s="1"/>
+  <c r="B36" i="3" s="1"/>
+  <c r="B37" i="3" s="1"/>
+  <c r="B38" i="3" s="1"/>
+  <c r="B39" i="3" s="1"/>
+  <c r="B40" i="3" s="1"/>
+  <c r="B41" i="3" s="1"/>
+  <c r="B42" i="3" s="1"/>
+  <c r="B43" i="3" s="1"/>
+  <c r="B44" i="3" s="1"/>
+  <c r="B45" i="3" s="1"/>
   <c r="H4" i="7" l="1"/>
   <c r="C13" i="3" l="1"/>
   <c r="G13" i="3" s="1"/>
   <c r="G14" i="3" l="1"/>
   <c r="I17" i="3" l="1"/>
   <c r="J17" i="3" s="1"/>
   <c r="I11" i="3"/>
   <c r="J11" i="3" s="1"/>
   <c r="G15" i="3"/>
   <c r="N3" i="3" s="1"/>
   <c r="N1" i="3" s="1"/>
   <c r="I8" i="3"/>
   <c r="J8" i="3" s="1"/>
   <c r="I39" i="3" l="1"/>
   <c r="J39" i="3" s="1"/>
   <c r="I18" i="3"/>
   <c r="J18" i="3" s="1"/>
   <c r="I45" i="3"/>
   <c r="J45" i="3" s="1"/>
   <c r="I40" i="3"/>
   <c r="J40" i="3" s="1"/>
   <c r="I31" i="3"/>
   <c r="J31" i="3" s="1"/>
   <c r="I32" i="3"/>
   <c r="J32" i="3" s="1"/>
@@ -504,53 +504,50 @@
   <si>
     <t>based on your start dated using essentially the same formula used by this spreadsheet.</t>
   </si>
   <si>
     <t>The Infinite Actuary. Our website itself is also designed to help you track your progress</t>
   </si>
   <si>
     <t>Review Section 2</t>
   </si>
   <si>
     <t>Review Section 3</t>
   </si>
   <si>
     <t>Review Section 4</t>
   </si>
   <si>
     <t>Review Section 5</t>
   </si>
   <si>
     <t>Note: To use this tool you will adjust the cells in blue to match your actual study schedule.</t>
   </si>
   <si>
     <t>Do not cram. It is important that you are well-rested for exam day</t>
   </si>
   <si>
-    <t>Use flash cards (TIA has an iPhone Flashcards app, Android Flashcards app, and Web Flashcards tab)</t>
-[...1 lines deleted...]
-  <si>
     <t>Section</t>
   </si>
   <si>
     <t>Review Section 1</t>
   </si>
   <si>
     <t>Reading Name</t>
   </si>
   <si>
     <t>Review Section 6</t>
   </si>
   <si>
     <t>Review Section 7</t>
   </si>
   <si>
     <t>Become extremely familiar with the exam-day process (e.g. read-through time). Watch the formula sheet review videos included in the TIA seminar if you have not already.</t>
   </si>
   <si>
     <t>Do something fun, relax. You're FREE!!!!!</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Date</t>
@@ -575,59 +572,50 @@
       <t xml:space="preserve">Projected </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="12"/>
         <color theme="0"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>Finish</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="0"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t xml:space="preserve"> Date</t>
     </r>
   </si>
   <si>
-    <t>This spreadsheet tracks your study progress for the INV-101 Exam (Fall 2025) and was developed by</t>
-[...7 lines deleted...]
-  <si>
     <t>HOFIS Ch 10 - Corporate Bonds</t>
   </si>
   <si>
     <t>HOFIS Ch 11 - Leveraged Loans</t>
   </si>
   <si>
     <t>HOFIS Ch 21 - An Overview of Mortgages and the Mortgage Market</t>
   </si>
   <si>
     <t>HOFIS Ch 22 - Agency Mortgage Passthrough (pages 471-491 only)</t>
   </si>
   <si>
     <t>HOFIS Ch 23 - Agency CMO (pages 499-520 only)</t>
   </si>
   <si>
     <t>HOFIS Ch 60 - Financing Positions in the Bond Market</t>
   </si>
   <si>
     <t>Commercial Real Estate Analysis and Investments: Ch 16 - Mortgage Basics</t>
   </si>
   <si>
     <t>INV101-102-25: High-Yield Bond Primer</t>
   </si>
   <si>
     <t>INV101-101-25: Overview of Investing in Private Corporate Debt - Fabozzi in JPM</t>
@@ -708,50 +696,62 @@
     <t>Credit Risk Modeling - Ch 1: Getting Started (background only)</t>
   </si>
   <si>
     <t>Credit Risk Modeling - Ch 2: A Natural First Step</t>
   </si>
   <si>
     <t>Credit Risk Modeling - Ch 3: Mixture or Actuarial Models</t>
   </si>
   <si>
     <t>Credit Risk Modeling - Ch 4: Threshold Models (sections 4.1-4.4 only)</t>
   </si>
   <si>
     <t>HOFIS Ch 1 - Overview of the Types and Features of Fixed Income Securities (background only)</t>
   </si>
   <si>
     <t>HOFIS Ch 2 - Risks Associated with Investing in Fixed Income Securities (background only)</t>
   </si>
   <si>
     <t>HOFIS Ch 7 - U.S. Treasury Securities (background only)</t>
   </si>
   <si>
     <t xml:space="preserve">Finish working through the TIA practice exams and relevant past SOA exam problems </t>
   </si>
   <si>
     <t>Course Section</t>
+  </si>
+  <si>
+    <t>v1 of the suggested study schedule for Spring 2026 was released</t>
+  </si>
+  <si>
+    <t>The default start date on the Schedule tab is 12/29/2025, but you can enter a different date, and the</t>
+  </si>
+  <si>
+    <t>This spreadsheet tracks your study progress for the INV-101 Exam (Spring 2026) and was developed by</t>
+  </si>
+  <si>
+    <t>Use flash cards (TIA has an iPhone Flashcards app, Android Flashcards app, and Web Flashcards tab as well as PDF flashcards)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -1138,51 +1138,51 @@
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
+  <cellXfs count="57">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="8" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="8" fillId="4" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -1274,67 +1274,64 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="14" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="13" applyFont="1"/>
     <xf numFmtId="14" fontId="8" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="20" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
-[...6 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="3" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="9" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="106">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Followed Hyperlink" xfId="4" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="6" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="8" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="10" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="12" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="15" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="17" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="19" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="21" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="23" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="25" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="27" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="29" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="31" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="33" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="35" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="37" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="39" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="41" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="43" builtinId="9" hidden="1"/>
@@ -1553,168 +1550,168 @@
                 <c:pt idx="0">
                   <c:v>Proj Pace</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="006600"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
               <c:f>Schedule!$B$6:$B$45</c:f>
               <c:numCache>
                 <c:formatCode>m/d/yy</c:formatCode>
                 <c:ptCount val="40"/>
                 <c:pt idx="0">
-                  <c:v>45854.487922705317</c:v>
+                  <c:v>46020.985507246376</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45855.678260869565</c:v>
+                  <c:v>46021.773913043478</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45856.719806763285</c:v>
+                  <c:v>46022.463768115944</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45858.802898550726</c:v>
+                  <c:v>46023.843478260875</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45859.546859903385</c:v>
+                  <c:v>46024.336231884066</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45861.629951690826</c:v>
+                  <c:v>46025.715942028997</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45863.192270531406</c:v>
+                  <c:v>46026.750724637692</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45864.828985507251</c:v>
+                  <c:v>46027.834782608705</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45865.721739130437</c:v>
+                  <c:v>46028.426086956533</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45867.581642512079</c:v>
+                  <c:v>46029.657971014502</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45868.6231884058</c:v>
+                  <c:v>46030.347826086967</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45869.962318840582</c:v>
+                  <c:v>46031.234782608706</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45871.599033816427</c:v>
+                  <c:v>46032.318840579719</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>45873.682125603867</c:v>
+                  <c:v>46033.69855072465</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>45875.393236714976</c:v>
+                  <c:v>46034.831884057981</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>45877.401932367153</c:v>
+                  <c:v>46036.162318840587</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>45879.708212560392</c:v>
+                  <c:v>46037.689855072473</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>45881.121739130438</c:v>
+                  <c:v>46038.62608695653</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>45881.121739130438</c:v>
+                  <c:v>46038.62608695653</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>45884.469565217398</c:v>
+                  <c:v>46040.843478260875</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>45885.213526570056</c:v>
+                  <c:v>46041.336231884066</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>45890.123671497589</c:v>
+                  <c:v>46044.588405797113</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>45892.578743961356</c:v>
+                  <c:v>46046.214492753636</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>45893.769082125604</c:v>
+                  <c:v>46047.002898550738</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>45895.628985507246</c:v>
+                  <c:v>46048.234782608706</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>45898.604830917873</c:v>
+                  <c:v>46050.205797101458</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>45899.348792270532</c:v>
+                  <c:v>46050.69855072465</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>45904.184541062801</c:v>
+                  <c:v>46053.901449275378</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>45909.243478260869</c:v>
+                  <c:v>46057.252173913061</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>45911.103381642512</c:v>
+                  <c:v>46058.484057971029</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>45911.698550724635</c:v>
+                  <c:v>46058.878260869576</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>45911.698550724635</c:v>
+                  <c:v>46058.878260869576</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>45913.037681159418</c:v>
+                  <c:v>46059.765217391316</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>45914.525603864735</c:v>
+                  <c:v>46060.750724637692</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>45915.715942028983</c:v>
+                  <c:v>46061.539130434794</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>45918.542995169082</c:v>
+                  <c:v>46063.411594202909</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>45921.890821256042</c:v>
+                  <c:v>46065.628985507254</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>45926.652173913048</c:v>
+                  <c:v>46068.782608695663</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>45930.000000000007</c:v>
+                  <c:v>46071.000000000007</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>45930.000000000007</c:v>
+                  <c:v>46071.000000000007</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Schedule!$H$6:$H$45</c:f>
               <c:numCache>
                 <c:formatCode>0</c:formatCode>
                 <c:ptCount val="40"/>
                 <c:pt idx="0">
                   <c:v>20</c:v>
                 </c:pt>
                 <c:pt idx="1">
                   <c:v>36</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>50</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>78</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>88</c:v>
                 </c:pt>
@@ -1844,210 +1841,210 @@
                 <c:pt idx="0">
                   <c:v>Your Pace</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent3"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
               <c:f>Schedule!$B$6:$B$45</c:f>
               <c:numCache>
                 <c:formatCode>m/d/yy</c:formatCode>
                 <c:ptCount val="40"/>
                 <c:pt idx="0">
-                  <c:v>45854.487922705317</c:v>
+                  <c:v>46020.985507246376</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45855.678260869565</c:v>
+                  <c:v>46021.773913043478</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45856.719806763285</c:v>
+                  <c:v>46022.463768115944</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45858.802898550726</c:v>
+                  <c:v>46023.843478260875</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45859.546859903385</c:v>
+                  <c:v>46024.336231884066</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45861.629951690826</c:v>
+                  <c:v>46025.715942028997</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45863.192270531406</c:v>
+                  <c:v>46026.750724637692</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45864.828985507251</c:v>
+                  <c:v>46027.834782608705</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45865.721739130437</c:v>
+                  <c:v>46028.426086956533</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45867.581642512079</c:v>
+                  <c:v>46029.657971014502</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45868.6231884058</c:v>
+                  <c:v>46030.347826086967</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45869.962318840582</c:v>
+                  <c:v>46031.234782608706</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45871.599033816427</c:v>
+                  <c:v>46032.318840579719</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>45873.682125603867</c:v>
+                  <c:v>46033.69855072465</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>45875.393236714976</c:v>
+                  <c:v>46034.831884057981</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>45877.401932367153</c:v>
+                  <c:v>46036.162318840587</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>45879.708212560392</c:v>
+                  <c:v>46037.689855072473</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>45881.121739130438</c:v>
+                  <c:v>46038.62608695653</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>45881.121739130438</c:v>
+                  <c:v>46038.62608695653</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>45884.469565217398</c:v>
+                  <c:v>46040.843478260875</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>45885.213526570056</c:v>
+                  <c:v>46041.336231884066</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>45890.123671497589</c:v>
+                  <c:v>46044.588405797113</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>45892.578743961356</c:v>
+                  <c:v>46046.214492753636</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>45893.769082125604</c:v>
+                  <c:v>46047.002898550738</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>45895.628985507246</c:v>
+                  <c:v>46048.234782608706</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>45898.604830917873</c:v>
+                  <c:v>46050.205797101458</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>45899.348792270532</c:v>
+                  <c:v>46050.69855072465</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>45904.184541062801</c:v>
+                  <c:v>46053.901449275378</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>45909.243478260869</c:v>
+                  <c:v>46057.252173913061</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>45911.103381642512</c:v>
+                  <c:v>46058.484057971029</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>45911.698550724635</c:v>
+                  <c:v>46058.878260869576</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>45911.698550724635</c:v>
+                  <c:v>46058.878260869576</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>45913.037681159418</c:v>
+                  <c:v>46059.765217391316</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>45914.525603864735</c:v>
+                  <c:v>46060.750724637692</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>45915.715942028983</c:v>
+                  <c:v>46061.539130434794</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>45918.542995169082</c:v>
+                  <c:v>46063.411594202909</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>45921.890821256042</c:v>
+                  <c:v>46065.628985507254</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>45926.652173913048</c:v>
+                  <c:v>46068.782608695663</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>45930.000000000007</c:v>
+                  <c:v>46071.000000000007</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>45930.000000000007</c:v>
+                  <c:v>46071.000000000007</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Schedule!$I$6:$I$45</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="40"/>
                 <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="5">
                   <c:v>36</c:v>
                 </c:pt>
-                <c:pt idx="1">
+                <c:pt idx="6">
                   <c:v>50</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="7">
                   <c:v>78</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="8">
+                  <c:v>88</c:v>
+                </c:pt>
+                <c:pt idx="9">
                   <c:v>116</c:v>
                 </c:pt>
-                <c:pt idx="4">
+                <c:pt idx="10">
                   <c:v>137</c:v>
-                </c:pt>
-[...16 lines deleted...]
-                  <c:v>159</c:v>
                 </c:pt>
                 <c:pt idx="11">
                   <c:v>159</c:v>
                 </c:pt>
                 <c:pt idx="12">
                   <c:v>159</c:v>
                 </c:pt>
                 <c:pt idx="13">
                   <c:v>159</c:v>
                 </c:pt>
                 <c:pt idx="14">
                   <c:v>159</c:v>
                 </c:pt>
                 <c:pt idx="15">
                   <c:v>159</c:v>
                 </c:pt>
                 <c:pt idx="16">
                   <c:v>159</c:v>
                 </c:pt>
                 <c:pt idx="17">
                   <c:v>159</c:v>
                 </c:pt>
                 <c:pt idx="18">
                   <c:v>159</c:v>
                 </c:pt>
@@ -3501,100 +3498,100 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A6:A40"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" zoomScale="125" zoomScaleNormal="125" zoomScalePageLayoutView="125" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScale="125" zoomScaleNormal="125" zoomScalePageLayoutView="125" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="6" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A6" s="1" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A7" s="1"/>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>105</v>
       </c>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A9" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A10" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="12" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A12" s="4" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A13" s="4" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A14" s="4" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A16" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A18" t="s">
-        <v>63</v>
+        <v>104</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A19" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A20" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A21" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A22" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="23" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A23" t="s">
         <v>36</v>
@@ -3649,2459 +3646,2457 @@
       </c>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A37" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:1" x14ac:dyDescent="0.2">
       <c r="A40" s="1"/>
     </row>
   </sheetData>
   <phoneticPr fontId="6" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="70" orientation="portrait"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor theme="3" tint="0.79998168889431442"/>
   </sheetPr>
   <dimension ref="A1:N61"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="85" zoomScaleNormal="85" zoomScalePageLayoutView="120" workbookViewId="0">
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" zoomScalePageLayoutView="120" workbookViewId="0">
       <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="D1" sqref="D1"/>
       <selection pane="bottomLeft" activeCell="A6" sqref="A6"/>
-      <selection pane="bottomRight"/>
+      <selection pane="bottomRight" activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.5" style="6" customWidth="1"/>
     <col min="2" max="3" width="11.5" style="6" customWidth="1"/>
     <col min="4" max="4" width="49.6640625" style="6" customWidth="1"/>
     <col min="5" max="5" width="145.6640625" style="6" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.83203125" style="6"/>
     <col min="7" max="7" width="14.5" style="6" customWidth="1"/>
     <col min="8" max="10" width="8.6640625" style="6" bestFit="1" customWidth="1"/>
     <col min="11" max="12" width="8.83203125" style="6"/>
     <col min="13" max="13" width="10.83203125" style="6" customWidth="1"/>
     <col min="14" max="14" width="12.1640625" style="6" customWidth="1"/>
     <col min="15" max="16384" width="8.83203125" style="6"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="23" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D1" s="8">
-        <v>45853</v>
-[...1 lines deleted...]
-      <c r="L1" s="50" t="s">
+        <v>46020</v>
+      </c>
+      <c r="L1" s="55" t="s">
         <v>1</v>
       </c>
-      <c r="M1" s="51"/>
+      <c r="M1" s="56"/>
       <c r="N1" s="9">
         <f>N3/N2</f>
         <v>0.15362318840579711</v>
       </c>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.2">
       <c r="L2" s="6" t="s">
         <v>2</v>
       </c>
       <c r="N2" s="10">
         <f>SUM(F6:F45)</f>
         <v>1035</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.2">
       <c r="L3" s="6" t="s">
         <v>3</v>
       </c>
       <c r="N3" s="10">
         <f>SUMIF(G6:G45,"Yes",F6:F45)</f>
         <v>159</v>
       </c>
     </row>
     <row r="4" spans="1:14" ht="17" thickBot="1" x14ac:dyDescent="0.25">
       <c r="F4" s="11" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:14" ht="35" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A5" s="12"/>
       <c r="B5" s="13" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="C5" s="14" t="s">
         <v>4</v>
       </c>
       <c r="D5" s="13" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="E5" s="13" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="13" t="s">
         <v>0</v>
       </c>
       <c r="G5" s="13" t="s">
         <v>5</v>
       </c>
       <c r="H5" s="15" t="s">
         <v>6</v>
       </c>
       <c r="I5" s="16" t="s">
         <v>7</v>
       </c>
       <c r="J5" s="17" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.2">
       <c r="A6" s="18"/>
-      <c r="B6" s="57">
+      <c r="B6" s="24">
         <f>StartDate+VLOOKUP(E6,DayLookUp,4,FALSE)</f>
-        <v>45854.487922705317</v>
+        <v>46020.985507246376</v>
       </c>
       <c r="C6" s="19">
-        <v>45852</v>
+        <v>46023</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="F6" s="5">
         <v>20</v>
       </c>
       <c r="G6" s="11" t="str">
         <f>IF(ISBLANK(C6),"No","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="H6" s="20">
         <f>SUM($F$6:F6)</f>
         <v>20</v>
       </c>
       <c r="I6" s="21">
         <f t="shared" ref="I6" si="0">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B6)</f>
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="J6" s="22">
         <f t="shared" ref="J6" si="1">I6/H6</f>
-        <v>1.8</v>
+        <v>0</v>
       </c>
     </row>
     <row r="7" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="23"/>
-      <c r="B7" s="57">
-[...1 lines deleted...]
-        <v>45855.678260869565</v>
+      <c r="B7" s="24">
+        <f t="shared" ref="B7:B45" si="2">B6+VLOOKUP(E7,DayLookUp,4,FALSE)</f>
+        <v>46021.773913043478</v>
       </c>
       <c r="C7" s="25">
         <f>C6+2</f>
-        <v>45854</v>
+        <v>46025</v>
       </c>
       <c r="D7" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="F7" s="5">
         <v>16</v>
       </c>
       <c r="G7" s="11" t="str">
-        <f t="shared" ref="G7:G45" si="2">IF(ISBLANK(C7),"No","Yes")</f>
+        <f t="shared" ref="G7:G45" si="3">IF(ISBLANK(C7),"No","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="H7" s="26">
         <f>SUM($F$6:F7)</f>
         <v>36</v>
       </c>
       <c r="I7" s="44">
-        <f t="shared" ref="I7:I16" si="3">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B7)</f>
-        <v>50</v>
+        <f t="shared" ref="I7:I16" si="4">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B7)</f>
+        <v>0</v>
       </c>
       <c r="J7" s="27">
-        <f t="shared" ref="J7:J16" si="4">I7/H7</f>
-        <v>1.3888888888888888</v>
+        <f t="shared" ref="J7:J16" si="5">I7/H7</f>
+        <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="23"/>
-      <c r="B8" s="57">
-[...1 lines deleted...]
-        <v>45856.719806763285</v>
+      <c r="B8" s="24">
+        <f t="shared" si="2"/>
+        <v>46022.463768115944</v>
       </c>
       <c r="C8" s="25">
-        <f t="shared" ref="C8:C13" si="5">C7+1</f>
-        <v>45855</v>
+        <f t="shared" ref="C8:C13" si="6">C7+1</f>
+        <v>46026</v>
       </c>
       <c r="D8" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="F8" s="5">
         <v>14</v>
       </c>
       <c r="G8" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="H8" s="26">
         <f>SUM($F$6:F8)</f>
         <v>50</v>
       </c>
       <c r="I8" s="44">
         <f>SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B8)</f>
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="J8" s="27">
-        <f t="shared" si="4"/>
-        <v>1.56</v>
+        <f t="shared" si="5"/>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="23"/>
-      <c r="B9" s="57">
-[...1 lines deleted...]
-        <v>45858.802898550726</v>
+      <c r="B9" s="24">
+        <f t="shared" si="2"/>
+        <v>46023.843478260875</v>
       </c>
       <c r="C9" s="25">
-        <f t="shared" si="5"/>
-        <v>45856</v>
+        <f t="shared" si="6"/>
+        <v>46027</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="F9" s="5">
         <v>28</v>
       </c>
       <c r="G9" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="H9" s="26">
         <f>SUM($F$6:F9)</f>
         <v>78</v>
       </c>
       <c r="I9" s="44">
-        <f t="shared" si="3"/>
-        <v>116</v>
+        <f t="shared" si="4"/>
+        <v>20</v>
       </c>
       <c r="J9" s="27">
-        <f t="shared" si="4"/>
-        <v>1.4871794871794872</v>
+        <f t="shared" si="5"/>
+        <v>0.25641025641025639</v>
       </c>
     </row>
     <row r="10" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A10" s="23"/>
-      <c r="B10" s="57">
-[...1 lines deleted...]
-        <v>45859.546859903385</v>
+      <c r="B10" s="24">
+        <f t="shared" si="2"/>
+        <v>46024.336231884066</v>
       </c>
       <c r="C10" s="25">
-        <f t="shared" si="5"/>
-        <v>45857</v>
+        <f t="shared" si="6"/>
+        <v>46028</v>
       </c>
       <c r="D10" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="F10" s="5">
         <v>10</v>
       </c>
       <c r="G10" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>Yes</v>
       </c>
       <c r="H10" s="26">
         <f>SUM($F$6:F10)</f>
         <v>88</v>
       </c>
       <c r="I10" s="44">
-        <f t="shared" si="3"/>
-        <v>137</v>
+        <f t="shared" si="4"/>
+        <v>20</v>
       </c>
       <c r="J10" s="27">
-        <f t="shared" si="4"/>
-        <v>1.5568181818181819</v>
+        <f t="shared" si="5"/>
+        <v>0.22727272727272727</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="23"/>
-      <c r="B11" s="57">
-[...1 lines deleted...]
-        <v>45861.629951690826</v>
+      <c r="B11" s="24">
+        <f t="shared" si="2"/>
+        <v>46025.715942028997</v>
       </c>
       <c r="C11" s="25">
-        <f t="shared" si="5"/>
-        <v>45858</v>
+        <f t="shared" si="6"/>
+        <v>46029</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="F11" s="5">
         <v>28</v>
       </c>
       <c r="G11" s="11" t="str">
-        <f t="shared" ref="G11:G15" si="6">IF(ISBLANK(C11),"No","Yes")</f>
+        <f t="shared" ref="G11:G15" si="7">IF(ISBLANK(C11),"No","Yes")</f>
         <v>Yes</v>
       </c>
       <c r="H11" s="26">
         <f>SUM($F$6:F11)</f>
         <v>116</v>
       </c>
       <c r="I11" s="44">
-        <f t="shared" ref="I11:I15" si="7">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B11)</f>
-        <v>159</v>
+        <f t="shared" ref="I11:I15" si="8">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B11)</f>
+        <v>36</v>
       </c>
       <c r="J11" s="27">
-        <f t="shared" ref="J11:J15" si="8">I11/H11</f>
-        <v>1.3706896551724137</v>
+        <f t="shared" ref="J11:J15" si="9">I11/H11</f>
+        <v>0.31034482758620691</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="23"/>
-      <c r="B12" s="57">
-[...1 lines deleted...]
-        <v>45863.192270531406</v>
+      <c r="B12" s="24">
+        <f t="shared" si="2"/>
+        <v>46026.750724637692</v>
       </c>
       <c r="C12" s="25">
         <f>C11+1</f>
-        <v>45859</v>
+        <v>46030</v>
       </c>
       <c r="D12" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="F12" s="5">
         <v>21</v>
       </c>
       <c r="G12" s="11" t="str">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>Yes</v>
       </c>
       <c r="H12" s="26">
         <f>SUM($F$6:F12)</f>
         <v>137</v>
       </c>
       <c r="I12" s="44">
-        <f t="shared" si="7"/>
-        <v>159</v>
+        <f t="shared" si="8"/>
+        <v>50</v>
       </c>
       <c r="J12" s="27">
-        <f t="shared" si="8"/>
-        <v>1.1605839416058394</v>
+        <f t="shared" si="9"/>
+        <v>0.36496350364963503</v>
       </c>
     </row>
     <row r="13" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="23"/>
-      <c r="B13" s="57">
-[...1 lines deleted...]
-        <v>45864.828985507251</v>
+      <c r="B13" s="24">
+        <f t="shared" si="2"/>
+        <v>46027.834782608705</v>
       </c>
       <c r="C13" s="25">
-        <f t="shared" si="5"/>
-        <v>45860</v>
+        <f t="shared" si="6"/>
+        <v>46031</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="F13" s="5">
         <v>22</v>
       </c>
       <c r="G13" s="11" t="str">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>Yes</v>
       </c>
       <c r="H13" s="26">
         <f>SUM($F$6:F13)</f>
         <v>159</v>
       </c>
       <c r="I13" s="44">
-        <f t="shared" si="7"/>
-        <v>159</v>
+        <f t="shared" si="8"/>
+        <v>78</v>
       </c>
       <c r="J13" s="27">
-        <f t="shared" si="8"/>
-        <v>1</v>
+        <f t="shared" si="9"/>
+        <v>0.49056603773584906</v>
       </c>
     </row>
     <row r="14" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="23"/>
-      <c r="B14" s="57">
-[...1 lines deleted...]
-        <v>45865.721739130437</v>
+      <c r="B14" s="24">
+        <f t="shared" si="2"/>
+        <v>46028.426086956533</v>
       </c>
       <c r="C14" s="25"/>
       <c r="D14" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="F14" s="5">
         <v>12</v>
       </c>
       <c r="G14" s="11" t="str">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="H14" s="26">
         <f>SUM($F$6:F14)</f>
         <v>171</v>
       </c>
       <c r="I14" s="44">
-        <f t="shared" si="7"/>
-        <v>159</v>
+        <f t="shared" si="8"/>
+        <v>88</v>
       </c>
       <c r="J14" s="27">
-        <f t="shared" si="8"/>
-        <v>0.92982456140350878</v>
+        <f t="shared" si="9"/>
+        <v>0.51461988304093564</v>
       </c>
     </row>
     <row r="15" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="23"/>
-      <c r="B15" s="57">
-[...1 lines deleted...]
-        <v>45867.581642512079</v>
+      <c r="B15" s="24">
+        <f t="shared" si="2"/>
+        <v>46029.657971014502</v>
       </c>
       <c r="C15" s="25"/>
       <c r="D15" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="F15" s="5">
         <v>25</v>
       </c>
       <c r="G15" s="11" t="str">
-        <f t="shared" si="6"/>
+        <f t="shared" si="7"/>
         <v>No</v>
       </c>
       <c r="H15" s="26">
         <f>SUM($F$6:F15)</f>
         <v>196</v>
       </c>
       <c r="I15" s="44">
-        <f t="shared" si="7"/>
-        <v>159</v>
+        <f t="shared" si="8"/>
+        <v>116</v>
       </c>
       <c r="J15" s="27">
-        <f t="shared" si="8"/>
-        <v>0.81122448979591832</v>
+        <f t="shared" si="9"/>
+        <v>0.59183673469387754</v>
       </c>
     </row>
     <row r="16" spans="1:14" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="23"/>
-      <c r="B16" s="57">
-[...1 lines deleted...]
-        <v>45868.6231884058</v>
+      <c r="B16" s="24">
+        <f t="shared" si="2"/>
+        <v>46030.347826086967</v>
       </c>
       <c r="C16" s="25"/>
       <c r="D16" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="F16" s="5">
         <v>14</v>
       </c>
       <c r="G16" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H16" s="26">
         <f>SUM($F$6:F16)</f>
         <v>210</v>
       </c>
       <c r="I16" s="44">
-        <f t="shared" si="3"/>
-        <v>159</v>
+        <f t="shared" si="4"/>
+        <v>137</v>
       </c>
       <c r="J16" s="27">
-        <f t="shared" si="4"/>
-        <v>0.75714285714285712</v>
+        <f t="shared" si="5"/>
+        <v>0.65238095238095239</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="23"/>
-      <c r="B17" s="57">
-[...1 lines deleted...]
-        <v>45869.962318840582</v>
+      <c r="B17" s="24">
+        <f t="shared" si="2"/>
+        <v>46031.234782608706</v>
       </c>
       <c r="C17" s="25"/>
       <c r="D17" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F17" s="5">
         <v>18</v>
       </c>
       <c r="G17" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H17" s="26">
         <f>SUM($F$6:F17)</f>
         <v>228</v>
       </c>
       <c r="I17" s="44">
-        <f t="shared" ref="I17:I45" si="9">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B17)</f>
+        <f t="shared" ref="I17:I45" si="10">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B17)</f>
         <v>159</v>
       </c>
       <c r="J17" s="27">
-        <f t="shared" ref="J17:J45" si="10">I17/H17</f>
+        <f t="shared" ref="J17:J45" si="11">I17/H17</f>
         <v>0.69736842105263153</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="23"/>
-      <c r="B18" s="57">
-[...1 lines deleted...]
-        <v>45871.599033816427</v>
+      <c r="B18" s="24">
+        <f t="shared" si="2"/>
+        <v>46032.318840579719</v>
       </c>
       <c r="C18" s="25"/>
       <c r="D18" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="F18" s="5">
         <v>22</v>
       </c>
       <c r="G18" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H18" s="26">
         <f>SUM($F$6:F18)</f>
         <v>250</v>
       </c>
       <c r="I18" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J18" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.63600000000000001</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="23"/>
-      <c r="B19" s="57">
-[...1 lines deleted...]
-        <v>45873.682125603867</v>
+      <c r="B19" s="24">
+        <f t="shared" si="2"/>
+        <v>46033.69855072465</v>
       </c>
       <c r="C19" s="25"/>
       <c r="D19" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="F19" s="5">
         <v>28</v>
       </c>
       <c r="G19" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H19" s="26">
         <f>SUM($F$6:F19)</f>
         <v>278</v>
       </c>
       <c r="I19" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J19" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.57194244604316546</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A20" s="23"/>
-      <c r="B20" s="57">
-[...1 lines deleted...]
-        <v>45875.393236714976</v>
+      <c r="B20" s="24">
+        <f t="shared" si="2"/>
+        <v>46034.831884057981</v>
       </c>
       <c r="C20" s="25"/>
       <c r="D20" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="F20" s="5">
         <v>23</v>
       </c>
       <c r="G20" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H20" s="26">
         <f>SUM($F$6:F20)</f>
         <v>301</v>
       </c>
       <c r="I20" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J20" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.52823920265780733</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A21" s="23"/>
-      <c r="B21" s="57">
-[...1 lines deleted...]
-        <v>45877.401932367153</v>
+      <c r="B21" s="24">
+        <f t="shared" si="2"/>
+        <v>46036.162318840587</v>
       </c>
       <c r="C21" s="25"/>
       <c r="D21" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="F21" s="5">
         <v>27</v>
       </c>
       <c r="G21" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H21" s="26">
         <f>SUM($F$6:F21)</f>
         <v>328</v>
       </c>
       <c r="I21" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J21" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.4847560975609756</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A22" s="23"/>
-      <c r="B22" s="57">
-[...1 lines deleted...]
-        <v>45879.708212560392</v>
+      <c r="B22" s="24">
+        <f t="shared" si="2"/>
+        <v>46037.689855072473</v>
       </c>
       <c r="C22" s="25"/>
       <c r="D22" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="F22" s="5">
         <v>31</v>
       </c>
       <c r="G22" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H22" s="26">
         <f>SUM($F$6:F22)</f>
         <v>359</v>
       </c>
       <c r="I22" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J22" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.44289693593314761</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A23" s="23"/>
-      <c r="B23" s="57">
-[...1 lines deleted...]
-        <v>45881.121739130438</v>
+      <c r="B23" s="24">
+        <f t="shared" si="2"/>
+        <v>46038.62608695653</v>
       </c>
       <c r="C23" s="25"/>
       <c r="D23" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F23" s="5">
         <v>19</v>
       </c>
       <c r="G23" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H23" s="26">
         <f>SUM($F$6:F23)</f>
         <v>378</v>
       </c>
       <c r="I23" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J23" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.42063492063492064</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A24" s="23"/>
-      <c r="B24" s="57">
-[...1 lines deleted...]
-        <v>45881.121739130438</v>
+      <c r="B24" s="24">
+        <f t="shared" si="2"/>
+        <v>46038.62608695653</v>
       </c>
       <c r="C24" s="25"/>
       <c r="D24" s="45"/>
       <c r="E24" s="46" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F24" s="47"/>
       <c r="G24" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H24" s="26">
         <f>SUM($F$6:F24)</f>
         <v>378</v>
       </c>
       <c r="I24" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J24" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.42063492063492064</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="23"/>
-      <c r="B25" s="57">
-[...1 lines deleted...]
-        <v>45884.469565217398</v>
+      <c r="B25" s="24">
+        <f t="shared" si="2"/>
+        <v>46040.843478260875</v>
       </c>
       <c r="C25" s="25"/>
       <c r="D25" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="F25" s="5">
         <v>45</v>
       </c>
       <c r="G25" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H25" s="26">
         <f>SUM($F$6:F25)</f>
         <v>423</v>
       </c>
       <c r="I25" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J25" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.37588652482269502</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A26" s="23"/>
-      <c r="B26" s="57">
-[...1 lines deleted...]
-        <v>45885.213526570056</v>
+      <c r="B26" s="24">
+        <f t="shared" si="2"/>
+        <v>46041.336231884066</v>
       </c>
       <c r="C26" s="25"/>
       <c r="D26" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="F26" s="5">
         <v>10</v>
       </c>
       <c r="G26" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H26" s="26">
         <f>SUM($F$6:F26)</f>
         <v>433</v>
       </c>
       <c r="I26" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J26" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.3672055427251732</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A27" s="28"/>
-      <c r="B27" s="57">
-[...1 lines deleted...]
-        <v>45890.123671497589</v>
+      <c r="B27" s="24">
+        <f t="shared" si="2"/>
+        <v>46044.588405797113</v>
       </c>
       <c r="C27" s="25"/>
       <c r="D27" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E27" s="5" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F27" s="5">
         <v>66</v>
       </c>
       <c r="G27" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H27" s="26">
         <f>SUM($F$6:F27)</f>
         <v>499</v>
       </c>
       <c r="I27" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J27" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.31863727454909818</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="23"/>
-      <c r="B28" s="57">
-[...1 lines deleted...]
-        <v>45892.578743961356</v>
+      <c r="B28" s="24">
+        <f t="shared" si="2"/>
+        <v>46046.214492753636</v>
       </c>
       <c r="C28" s="25"/>
       <c r="D28" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F28" s="5">
         <v>33</v>
       </c>
       <c r="G28" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H28" s="26">
         <f>SUM($F$6:F28)</f>
         <v>532</v>
       </c>
       <c r="I28" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J28" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.29887218045112784</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="23"/>
-      <c r="B29" s="57">
-[...1 lines deleted...]
-        <v>45893.769082125604</v>
+      <c r="B29" s="24">
+        <f t="shared" si="2"/>
+        <v>46047.002898550738</v>
       </c>
       <c r="C29" s="25"/>
       <c r="D29" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="F29" s="5">
         <v>16</v>
       </c>
       <c r="G29" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H29" s="26">
         <f>SUM($F$6:F29)</f>
         <v>548</v>
       </c>
       <c r="I29" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J29" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.29014598540145986</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A30" s="23"/>
-      <c r="B30" s="57">
-[...1 lines deleted...]
-        <v>45895.628985507246</v>
+      <c r="B30" s="24">
+        <f t="shared" si="2"/>
+        <v>46048.234782608706</v>
       </c>
       <c r="C30" s="25"/>
       <c r="D30" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="F30" s="5">
         <v>25</v>
       </c>
       <c r="G30" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H30" s="26">
         <f>SUM($F$6:F30)</f>
         <v>573</v>
       </c>
       <c r="I30" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J30" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.27748691099476441</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A31" s="23"/>
-      <c r="B31" s="57">
-[...1 lines deleted...]
-        <v>45898.604830917873</v>
+      <c r="B31" s="24">
+        <f t="shared" si="2"/>
+        <v>46050.205797101458</v>
       </c>
       <c r="C31" s="25"/>
       <c r="D31" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="F31" s="5">
         <v>40</v>
       </c>
       <c r="G31" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H31" s="26">
         <f>SUM($F$6:F31)</f>
         <v>613</v>
       </c>
       <c r="I31" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J31" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.25938009787928223</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="23"/>
-      <c r="B32" s="57">
-[...1 lines deleted...]
-        <v>45899.348792270532</v>
+      <c r="B32" s="24">
+        <f t="shared" si="2"/>
+        <v>46050.69855072465</v>
       </c>
       <c r="C32" s="25"/>
       <c r="D32" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="F32" s="5">
         <v>10</v>
       </c>
       <c r="G32" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H32" s="26">
         <f>SUM($F$6:F32)</f>
         <v>623</v>
       </c>
       <c r="I32" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J32" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.2552166934189406</v>
       </c>
     </row>
     <row r="33" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A33" s="23"/>
-      <c r="B33" s="57">
-[...1 lines deleted...]
-        <v>45904.184541062801</v>
+      <c r="B33" s="24">
+        <f t="shared" si="2"/>
+        <v>46053.901449275378</v>
       </c>
       <c r="C33" s="25"/>
       <c r="D33" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="F33" s="5">
         <v>65</v>
       </c>
       <c r="G33" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H33" s="26">
         <f>SUM($F$6:F33)</f>
         <v>688</v>
       </c>
       <c r="I33" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J33" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.23110465116279069</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="23"/>
-      <c r="B34" s="57">
-[...1 lines deleted...]
-        <v>45909.243478260869</v>
+      <c r="B34" s="24">
+        <f t="shared" si="2"/>
+        <v>46057.252173913061</v>
       </c>
       <c r="C34" s="25"/>
       <c r="D34" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="F34" s="5">
         <v>68</v>
       </c>
       <c r="G34" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H34" s="26">
         <f>SUM($F$6:F34)</f>
         <v>756</v>
       </c>
       <c r="I34" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J34" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.21031746031746032</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A35" s="23"/>
-      <c r="B35" s="57">
-[...1 lines deleted...]
-        <v>45911.103381642512</v>
+      <c r="B35" s="24">
+        <f t="shared" si="2"/>
+        <v>46058.484057971029</v>
       </c>
       <c r="C35" s="25"/>
       <c r="D35" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="F35" s="5">
         <v>25</v>
       </c>
       <c r="G35" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H35" s="26">
         <f>SUM($F$6:F35)</f>
         <v>781</v>
       </c>
       <c r="I35" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J35" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.20358514724711907</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A36" s="23"/>
-      <c r="B36" s="57">
-[...1 lines deleted...]
-        <v>45911.698550724635</v>
+      <c r="B36" s="24">
+        <f t="shared" si="2"/>
+        <v>46058.878260869576</v>
       </c>
       <c r="C36" s="25"/>
       <c r="D36" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="F36" s="5">
         <v>8</v>
       </c>
       <c r="G36" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H36" s="26">
         <f>SUM($F$6:F36)</f>
         <v>789</v>
       </c>
       <c r="I36" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J36" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.20152091254752852</v>
       </c>
     </row>
     <row r="37" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A37" s="23"/>
-      <c r="B37" s="57">
-[...1 lines deleted...]
-        <v>45911.698550724635</v>
+      <c r="B37" s="24">
+        <f t="shared" si="2"/>
+        <v>46058.878260869576</v>
       </c>
       <c r="C37" s="25"/>
       <c r="D37" s="45"/>
       <c r="E37" s="46" t="s">
         <v>40</v>
       </c>
       <c r="F37" s="47"/>
       <c r="G37" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H37" s="26">
         <f>SUM($F$6:F37)</f>
         <v>789</v>
       </c>
       <c r="I37" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J37" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.20152091254752852</v>
       </c>
     </row>
     <row r="38" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A38" s="23"/>
-      <c r="B38" s="57">
-[...1 lines deleted...]
-        <v>45913.037681159418</v>
+      <c r="B38" s="24">
+        <f t="shared" si="2"/>
+        <v>46059.765217391316</v>
       </c>
       <c r="C38" s="25"/>
       <c r="D38" s="6" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="F38" s="5">
         <v>18</v>
       </c>
       <c r="G38" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H38" s="26">
         <f>SUM($F$6:F38)</f>
         <v>807</v>
       </c>
       <c r="I38" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J38" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.19702602230483271</v>
       </c>
     </row>
     <row r="39" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A39" s="23"/>
-      <c r="B39" s="57">
-[...1 lines deleted...]
-        <v>45914.525603864735</v>
+      <c r="B39" s="24">
+        <f t="shared" si="2"/>
+        <v>46060.750724637692</v>
       </c>
       <c r="C39" s="25"/>
       <c r="D39" s="6" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="F39" s="5">
         <v>20</v>
       </c>
       <c r="G39" s="11" t="str">
-        <f t="shared" ref="G39:G40" si="11">IF(ISBLANK(C39),"No","Yes")</f>
+        <f t="shared" ref="G39:G40" si="12">IF(ISBLANK(C39),"No","Yes")</f>
         <v>No</v>
       </c>
       <c r="H39" s="26">
         <f>SUM($F$6:F39)</f>
         <v>827</v>
       </c>
       <c r="I39" s="44">
-        <f t="shared" ref="I39:I40" si="12">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B39)</f>
+        <f t="shared" ref="I39:I40" si="13">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B39)</f>
         <v>159</v>
       </c>
       <c r="J39" s="27">
-        <f t="shared" ref="J39:J40" si="13">I39/H39</f>
+        <f t="shared" ref="J39:J40" si="14">I39/H39</f>
         <v>0.19226118500604594</v>
       </c>
     </row>
     <row r="40" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A40" s="23"/>
-      <c r="B40" s="57">
-[...1 lines deleted...]
-        <v>45915.715942028983</v>
+      <c r="B40" s="24">
+        <f t="shared" si="2"/>
+        <v>46061.539130434794</v>
       </c>
       <c r="C40" s="25"/>
       <c r="D40" s="6" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="F40" s="5">
         <v>16</v>
       </c>
       <c r="G40" s="11" t="str">
-        <f t="shared" si="11"/>
+        <f t="shared" si="12"/>
         <v>No</v>
       </c>
       <c r="H40" s="26">
         <f>SUM($F$6:F40)</f>
         <v>843</v>
       </c>
       <c r="I40" s="44">
-        <f t="shared" si="12"/>
+        <f t="shared" si="13"/>
         <v>159</v>
       </c>
       <c r="J40" s="27">
-        <f t="shared" si="13"/>
+        <f t="shared" si="14"/>
         <v>0.18861209964412812</v>
       </c>
     </row>
     <row r="41" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A41" s="28"/>
-      <c r="B41" s="57">
-[...1 lines deleted...]
-        <v>45918.542995169082</v>
+      <c r="B41" s="24">
+        <f t="shared" si="2"/>
+        <v>46063.411594202909</v>
       </c>
       <c r="C41" s="25"/>
       <c r="D41" s="6" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="F41" s="5">
         <v>38</v>
       </c>
       <c r="G41" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H41" s="26">
         <f>SUM($F$6:F41)</f>
         <v>881</v>
       </c>
       <c r="I41" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J41" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.18047673098751418</v>
       </c>
     </row>
     <row r="42" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A42" s="23"/>
-      <c r="B42" s="57">
-[...1 lines deleted...]
-        <v>45921.890821256042</v>
+      <c r="B42" s="24">
+        <f t="shared" si="2"/>
+        <v>46065.628985507254</v>
       </c>
       <c r="C42" s="25"/>
       <c r="D42" s="6" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="F42" s="5">
         <v>45</v>
       </c>
       <c r="G42" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H42" s="26">
         <f>SUM($F$6:F42)</f>
         <v>926</v>
       </c>
       <c r="I42" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J42" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.1717062634989201</v>
       </c>
     </row>
     <row r="43" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A43" s="23"/>
-      <c r="B43" s="57">
-[...1 lines deleted...]
-        <v>45926.652173913048</v>
+      <c r="B43" s="24">
+        <f t="shared" si="2"/>
+        <v>46068.782608695663</v>
       </c>
       <c r="C43" s="25"/>
       <c r="D43" s="6" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F43" s="5">
         <v>64</v>
       </c>
       <c r="G43" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H43" s="26">
         <f>SUM($F$6:F43)</f>
         <v>990</v>
       </c>
       <c r="I43" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J43" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.16060606060606061</v>
       </c>
     </row>
     <row r="44" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A44" s="23"/>
-      <c r="B44" s="57">
-[...1 lines deleted...]
-        <v>45930.000000000007</v>
+      <c r="B44" s="24">
+        <f t="shared" si="2"/>
+        <v>46071.000000000007</v>
       </c>
       <c r="C44" s="25"/>
       <c r="D44" s="6" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="F44" s="5">
         <v>45</v>
       </c>
       <c r="G44" s="11" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H44" s="26">
         <f>SUM($F$6:F44)</f>
         <v>1035</v>
       </c>
       <c r="I44" s="44">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J44" s="27">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.15362318840579711</v>
       </c>
     </row>
     <row r="45" spans="1:10" ht="16" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A45" s="29"/>
       <c r="B45" s="43">
-        <f>B44+VLOOKUP(E45,DayLookUp,4,FALSE)</f>
-        <v>45930.000000000007</v>
+        <f t="shared" si="2"/>
+        <v>46071.000000000007</v>
       </c>
       <c r="C45" s="30"/>
       <c r="D45" s="31"/>
       <c r="E45" s="32" t="s">
         <v>41</v>
       </c>
       <c r="F45" s="33"/>
       <c r="G45" s="48" t="str">
-        <f t="shared" si="2"/>
+        <f t="shared" si="3"/>
         <v>No</v>
       </c>
       <c r="H45" s="34">
         <f>SUM($F$6:F45)</f>
         <v>1035</v>
       </c>
       <c r="I45" s="35">
-        <f t="shared" si="9"/>
+        <f t="shared" si="10"/>
         <v>159</v>
       </c>
       <c r="J45" s="36">
-        <f t="shared" si="10"/>
+        <f t="shared" si="11"/>
         <v>0.15362318840579711</v>
       </c>
     </row>
     <row r="46" spans="1:10" ht="16" customHeight="1" x14ac:dyDescent="0.2">
       <c r="G46" s="11"/>
     </row>
     <row r="47" spans="1:10" x14ac:dyDescent="0.2">
       <c r="B47" s="24"/>
       <c r="C47" s="24"/>
       <c r="D47" s="38"/>
     </row>
     <row r="48" spans="1:10" x14ac:dyDescent="0.2">
       <c r="B48" s="24">
-        <f>B51-10</f>
-        <v>45946</v>
+        <f>B51-8</f>
+        <v>46079</v>
       </c>
       <c r="C48" s="24"/>
       <c r="D48" s="37" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="49" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B49" s="24"/>
       <c r="C49" s="24"/>
       <c r="D49" s="38" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B50" s="24"/>
       <c r="C50" s="24"/>
       <c r="D50" s="39"/>
     </row>
     <row r="51" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B51" s="24">
-        <f>B53-7</f>
-        <v>45956</v>
+        <f>B53-4</f>
+        <v>46087</v>
       </c>
       <c r="C51" s="24"/>
       <c r="D51" s="37" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
     </row>
     <row r="52" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B52" s="24"/>
       <c r="C52" s="24"/>
       <c r="D52" s="38"/>
     </row>
     <row r="53" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B53" s="24">
         <f>B55-3</f>
-        <v>45963</v>
+        <v>46091</v>
       </c>
       <c r="C53" s="24"/>
       <c r="D53" s="37" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="54" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B54" s="24"/>
       <c r="C54" s="24"/>
       <c r="D54" s="38"/>
     </row>
     <row r="55" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B55" s="24">
-        <f>B57-15</f>
-        <v>45966</v>
+        <f>B57-10</f>
+        <v>46094</v>
       </c>
       <c r="C55" s="24"/>
       <c r="D55" s="40" t="s">
-        <v>46</v>
+        <v>106</v>
       </c>
     </row>
     <row r="56" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B56" s="24"/>
       <c r="C56" s="24"/>
       <c r="D56" s="40"/>
     </row>
     <row r="57" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B57" s="24">
         <f>B59-1</f>
-        <v>45981</v>
+        <v>46104</v>
       </c>
       <c r="C57" s="24"/>
       <c r="D57" s="40" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="58" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B58" s="24"/>
       <c r="C58" s="24"/>
       <c r="D58" s="38"/>
     </row>
     <row r="59" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B59" s="41">
-        <v>45982</v>
+        <v>46105</v>
       </c>
       <c r="C59" s="41"/>
       <c r="D59" s="42" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="60" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B60" s="24"/>
       <c r="C60" s="24"/>
       <c r="D60" s="39"/>
     </row>
     <row r="61" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B61" s="24">
         <f>B59+1</f>
-        <v>45983</v>
+        <v>46106</v>
       </c>
       <c r="C61" s="24"/>
       <c r="D61" s="37" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="L1:M1"/>
   </mergeCells>
   <phoneticPr fontId="6" type="noConversion"/>
   <dataValidations count="2">
     <dataValidation operator="lessThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" errorTitle="Error" error="The max date allowed for the fall sitting is 9/30, but the suggested schedule is best used for dates of 8/30 or earlier." promptTitle="Start Date" prompt="Enter your preferred start date." sqref="D1" xr:uid="{00000000-0002-0000-0100-000000000000}"/>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G6:G46" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>"No,Yes"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="50" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri,Regular"&amp;K000000TIA Suggested Study Schedule - ILA LP Fall 2016&amp;R&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddHeader>
     <oddFooter>&amp;L&amp;"Calibri,Regular"&amp;K000000© 2016 The Infinite Actuary, LLC&amp;R&amp;"Calibri,Regular"&amp;K000000Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <ignoredErrors>
     <ignoredError sqref="B6" unlockedFormula="1"/>
   </ignoredErrors>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <tabColor theme="2" tint="-9.9978637043366805E-2"/>
   </sheetPr>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="62" zoomScaleNormal="62" zoomScalePageLayoutView="80" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="8.83203125" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="42" orientation="portrait"/>
   <headerFooter>
     <oddFooter>&amp;LTIA ERM exam online seminar - Fall 2014 sitting&amp;RCreated by: Roger Rosales, FSA , CERA</oddFooter>
   </headerFooter>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C4C8CD4C-AF19-F548-A7CA-F6F592CA9FEB}">
   <dimension ref="A1:C6"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A1" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="B1" s="3" t="s">
         <v>54</v>
       </c>
-      <c r="B1" s="3" t="s">
+      <c r="C1" s="3" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="2" spans="1:3" x14ac:dyDescent="0.2">
       <c r="A2" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B2" s="2">
-        <v>45798</v>
+        <v>45987</v>
       </c>
       <c r="C2" t="s">
-        <v>64</v>
+        <v>103</v>
       </c>
     </row>
     <row r="3" spans="1:3" x14ac:dyDescent="0.2">
       <c r="B3" s="2"/>
     </row>
     <row r="4" spans="1:3" x14ac:dyDescent="0.2">
       <c r="B4" s="2"/>
     </row>
     <row r="5" spans="1:3" x14ac:dyDescent="0.2">
       <c r="B5" s="2"/>
     </row>
     <row r="6" spans="1:3" x14ac:dyDescent="0.2">
       <c r="B6" s="49"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A2:H112"/>
   <sheetViews>
     <sheetView zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="A2" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.5" defaultRowHeight="16" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="3" width="11.5" style="5"/>
     <col min="4" max="4" width="57.1640625" style="5" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="109.1640625" style="5" bestFit="1" customWidth="1"/>
     <col min="6" max="16384" width="11.5" style="5"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A2" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="B2" s="52">
+      <c r="B2" s="50">
         <f>StartDate</f>
-        <v>45853</v>
+        <v>46020</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A3" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="B3" s="52">
+      <c r="B3" s="50">
         <f>Schedule!B59</f>
-        <v>45982</v>
+        <v>46105</v>
       </c>
     </row>
     <row r="4" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A4" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="B4" s="53">
+      <c r="B4" s="51">
         <f>B3-B2</f>
-        <v>129</v>
+        <v>85</v>
       </c>
       <c r="F4" s="5">
         <f>SUM(F6:F112)</f>
         <v>1035</v>
       </c>
       <c r="H4" s="5">
         <f>SUM(H6:H112)</f>
-        <v>76.999999999999986</v>
+        <v>51</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A5" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="B5" s="54">
+      <c r="B5" s="52">
         <v>0.6</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>29</v>
       </c>
       <c r="G5" s="5" t="s">
         <v>34</v>
       </c>
       <c r="H5" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.2">
       <c r="A6" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B6" s="5">
         <f>ROUND(B5*B4,0)</f>
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="D6" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>102</v>
+        <v>98</v>
       </c>
       <c r="F6" s="5">
         <v>20</v>
       </c>
       <c r="G6" s="5">
         <f t="shared" ref="G6" si="0">F6/$F$4</f>
         <v>1.932367149758454E-2</v>
       </c>
       <c r="H6" s="5">
         <f t="shared" ref="H6" si="1">G6*$B$6</f>
-        <v>1.4879227053140096</v>
+        <v>0.98550724637681153</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.2">
       <c r="D7" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="F7" s="5">
         <v>16</v>
       </c>
       <c r="G7" s="5">
-        <f t="shared" ref="G7:G55" si="2">F7/$F$4</f>
+        <f t="shared" ref="G7:G42" si="2">F7/$F$4</f>
         <v>1.5458937198067632E-2</v>
       </c>
       <c r="H7" s="5">
-        <f t="shared" ref="H7:H55" si="3">G7*$B$6</f>
-        <v>1.1903381642512076</v>
+        <f t="shared" ref="H7:H42" si="3">G7*$B$6</f>
+        <v>0.7884057971014492</v>
       </c>
     </row>
     <row r="8" spans="1:8" x14ac:dyDescent="0.2">
       <c r="D8" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="F8" s="5">
         <v>14</v>
       </c>
       <c r="G8" s="5">
         <f t="shared" si="2"/>
         <v>1.3526570048309179E-2</v>
       </c>
       <c r="H8" s="5">
         <f t="shared" si="3"/>
-        <v>1.0415458937198068</v>
+        <v>0.6898550724637682</v>
       </c>
     </row>
     <row r="9" spans="1:8" x14ac:dyDescent="0.2">
-      <c r="B9" s="52"/>
+      <c r="B9" s="50"/>
       <c r="D9" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="F9" s="5">
         <v>28</v>
       </c>
       <c r="G9" s="5">
         <f t="shared" si="2"/>
         <v>2.7053140096618359E-2</v>
       </c>
       <c r="H9" s="5">
         <f t="shared" si="3"/>
-        <v>2.0830917874396135</v>
+        <v>1.3797101449275364</v>
       </c>
     </row>
     <row r="10" spans="1:8" x14ac:dyDescent="0.2">
       <c r="D10" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="F10" s="5">
         <v>10</v>
       </c>
       <c r="G10" s="5">
         <f t="shared" si="2"/>
         <v>9.6618357487922701E-3</v>
       </c>
       <c r="H10" s="5">
         <f t="shared" si="3"/>
-        <v>0.7439613526570048</v>
+        <v>0.49275362318840576</v>
       </c>
     </row>
     <row r="11" spans="1:8" x14ac:dyDescent="0.2">
       <c r="D11" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="F11" s="5">
         <v>28</v>
       </c>
       <c r="G11" s="5">
         <f t="shared" si="2"/>
         <v>2.7053140096618359E-2</v>
       </c>
       <c r="H11" s="5">
         <f t="shared" si="3"/>
-        <v>2.0830917874396135</v>
+        <v>1.3797101449275364</v>
       </c>
     </row>
     <row r="12" spans="1:8" x14ac:dyDescent="0.2">
       <c r="D12" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="F12" s="5">
         <v>21</v>
       </c>
       <c r="G12" s="5">
         <f t="shared" si="2"/>
         <v>2.0289855072463767E-2</v>
       </c>
       <c r="H12" s="5">
         <f t="shared" si="3"/>
-        <v>1.5623188405797099</v>
+        <v>1.0347826086956522</v>
       </c>
     </row>
     <row r="13" spans="1:8" x14ac:dyDescent="0.2">
       <c r="D13" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="F13" s="5">
         <v>22</v>
       </c>
       <c r="G13" s="5">
         <f t="shared" si="2"/>
         <v>2.1256038647342997E-2</v>
       </c>
       <c r="H13" s="5">
         <f t="shared" si="3"/>
-        <v>1.6367149758454107</v>
+        <v>1.0840579710144929</v>
       </c>
     </row>
     <row r="14" spans="1:8" x14ac:dyDescent="0.2">
       <c r="D14" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="F14" s="5">
         <v>12</v>
       </c>
       <c r="G14" s="5">
         <f t="shared" si="2"/>
         <v>1.1594202898550725E-2</v>
       </c>
       <c r="H14" s="5">
         <f t="shared" si="3"/>
-        <v>0.89275362318840579</v>
+        <v>0.59130434782608698</v>
       </c>
     </row>
     <row r="15" spans="1:8" x14ac:dyDescent="0.2">
       <c r="D15" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="F15" s="5">
         <v>25</v>
       </c>
       <c r="G15" s="5">
         <f t="shared" si="2"/>
         <v>2.4154589371980676E-2</v>
       </c>
       <c r="H15" s="5">
         <f t="shared" si="3"/>
-        <v>1.8599033816425121</v>
+        <v>1.2318840579710144</v>
       </c>
     </row>
     <row r="16" spans="1:8" x14ac:dyDescent="0.2">
       <c r="D16" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="F16" s="5">
         <v>14</v>
       </c>
       <c r="G16" s="5">
         <f t="shared" si="2"/>
         <v>1.3526570048309179E-2</v>
       </c>
       <c r="H16" s="5">
         <f t="shared" si="3"/>
-        <v>1.0415458937198068</v>
+        <v>0.6898550724637682</v>
       </c>
     </row>
     <row r="17" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D17" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F17" s="5">
         <v>18</v>
       </c>
       <c r="G17" s="5">
         <f t="shared" si="2"/>
         <v>1.7391304347826087E-2</v>
       </c>
       <c r="H17" s="5">
         <f t="shared" si="3"/>
-        <v>1.3391304347826087</v>
+        <v>0.88695652173913042</v>
       </c>
     </row>
     <row r="18" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D18" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="F18" s="5">
         <v>22</v>
       </c>
       <c r="G18" s="5">
         <f t="shared" si="2"/>
         <v>2.1256038647342997E-2</v>
       </c>
       <c r="H18" s="5">
         <f t="shared" si="3"/>
-        <v>1.6367149758454107</v>
+        <v>1.0840579710144929</v>
       </c>
     </row>
     <row r="19" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D19" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="F19" s="5">
         <v>28</v>
       </c>
       <c r="G19" s="5">
         <f t="shared" si="2"/>
         <v>2.7053140096618359E-2</v>
       </c>
       <c r="H19" s="5">
         <f t="shared" si="3"/>
-        <v>2.0830917874396135</v>
+        <v>1.3797101449275364</v>
       </c>
     </row>
     <row r="20" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D20" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="F20" s="5">
         <v>23</v>
       </c>
       <c r="G20" s="5">
         <f t="shared" si="2"/>
         <v>2.2222222222222223E-2</v>
       </c>
       <c r="H20" s="5">
         <f t="shared" si="3"/>
-        <v>1.7111111111111112</v>
+        <v>1.1333333333333333</v>
       </c>
     </row>
     <row r="21" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D21" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="F21" s="5">
         <v>27</v>
       </c>
       <c r="G21" s="5">
         <f t="shared" si="2"/>
         <v>2.6086956521739129E-2</v>
       </c>
       <c r="H21" s="5">
         <f t="shared" si="3"/>
-        <v>2.008695652173913</v>
+        <v>1.3304347826086955</v>
       </c>
     </row>
     <row r="22" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D22" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="F22" s="5">
         <v>31</v>
       </c>
       <c r="G22" s="5">
         <f t="shared" si="2"/>
         <v>2.9951690821256038E-2</v>
       </c>
       <c r="H22" s="5">
         <f t="shared" si="3"/>
-        <v>2.3062801932367147</v>
+        <v>1.527536231884058</v>
       </c>
     </row>
     <row r="23" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D23" s="6" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="F23" s="5">
         <v>19</v>
       </c>
       <c r="G23" s="5">
         <f t="shared" si="2"/>
         <v>1.8357487922705314E-2</v>
       </c>
       <c r="H23" s="5">
         <f t="shared" si="3"/>
-        <v>1.4135265700483091</v>
+        <v>0.93623188405797098</v>
       </c>
     </row>
     <row r="24" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D24" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="F24" s="5">
         <v>45</v>
       </c>
       <c r="G24" s="5">
         <f t="shared" si="2"/>
         <v>4.3478260869565216E-2</v>
       </c>
       <c r="H24" s="5">
         <f t="shared" si="3"/>
-        <v>3.3478260869565215</v>
+        <v>2.2173913043478262</v>
       </c>
     </row>
     <row r="25" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D25" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="F25" s="5">
         <v>10</v>
       </c>
       <c r="G25" s="5">
         <f t="shared" si="2"/>
         <v>9.6618357487922701E-3</v>
       </c>
       <c r="H25" s="5">
         <f t="shared" si="3"/>
-        <v>0.7439613526570048</v>
+        <v>0.49275362318840576</v>
       </c>
     </row>
     <row r="26" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D26" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="E26" s="5" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="F26" s="5">
         <v>66</v>
       </c>
       <c r="G26" s="5">
         <f t="shared" si="2"/>
         <v>6.3768115942028983E-2</v>
       </c>
       <c r="H26" s="5">
         <f t="shared" si="3"/>
-        <v>4.9101449275362317</v>
+        <v>3.2521739130434781</v>
       </c>
     </row>
     <row r="27" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D27" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F27" s="5">
         <v>33</v>
       </c>
       <c r="G27" s="5">
         <f t="shared" si="2"/>
         <v>3.1884057971014491E-2</v>
       </c>
       <c r="H27" s="5">
         <f t="shared" si="3"/>
-        <v>2.4550724637681158</v>
+        <v>1.6260869565217391</v>
       </c>
     </row>
     <row r="28" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D28" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="F28" s="5">
         <v>16</v>
       </c>
       <c r="G28" s="5">
         <f t="shared" si="2"/>
         <v>1.5458937198067632E-2</v>
       </c>
       <c r="H28" s="5">
         <f t="shared" si="3"/>
-        <v>1.1903381642512076</v>
+        <v>0.7884057971014492</v>
       </c>
     </row>
     <row r="29" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D29" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="F29" s="5">
         <v>25</v>
       </c>
       <c r="G29" s="5">
         <f t="shared" si="2"/>
         <v>2.4154589371980676E-2</v>
       </c>
       <c r="H29" s="5">
         <f t="shared" si="3"/>
-        <v>1.8599033816425121</v>
+        <v>1.2318840579710144</v>
       </c>
     </row>
     <row r="30" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D30" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="F30" s="5">
         <v>40</v>
       </c>
       <c r="G30" s="5">
         <f t="shared" si="2"/>
         <v>3.864734299516908E-2</v>
       </c>
       <c r="H30" s="5">
         <f t="shared" si="3"/>
-        <v>2.9758454106280192</v>
+        <v>1.9710144927536231</v>
       </c>
     </row>
     <row r="31" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D31" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="F31" s="5">
         <v>10</v>
       </c>
       <c r="G31" s="5">
         <f t="shared" si="2"/>
         <v>9.6618357487922701E-3</v>
       </c>
       <c r="H31" s="5">
         <f t="shared" si="3"/>
-        <v>0.7439613526570048</v>
+        <v>0.49275362318840576</v>
       </c>
     </row>
     <row r="32" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D32" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="F32" s="5">
         <v>65</v>
       </c>
       <c r="G32" s="5">
         <f t="shared" si="2"/>
         <v>6.280193236714976E-2</v>
       </c>
       <c r="H32" s="5">
         <f t="shared" si="3"/>
-        <v>4.8357487922705316</v>
+        <v>3.2028985507246377</v>
       </c>
     </row>
     <row r="33" spans="4:8" ht="17" customHeight="1" x14ac:dyDescent="0.2">
       <c r="D33" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="F33" s="5">
         <v>68</v>
       </c>
       <c r="G33" s="5">
         <f t="shared" si="2"/>
         <v>6.5700483091787443E-2</v>
       </c>
       <c r="H33" s="5">
         <f t="shared" si="3"/>
-        <v>5.0589371980676328</v>
+        <v>3.3507246376811595</v>
       </c>
     </row>
     <row r="34" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D34" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="F34" s="5">
         <v>25</v>
       </c>
       <c r="G34" s="5">
         <f t="shared" si="2"/>
         <v>2.4154589371980676E-2</v>
       </c>
       <c r="H34" s="5">
         <f t="shared" si="3"/>
-        <v>1.8599033816425121</v>
+        <v>1.2318840579710144</v>
       </c>
     </row>
     <row r="35" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D35" s="6" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="F35" s="5">
         <v>8</v>
       </c>
       <c r="G35" s="5">
         <f t="shared" si="2"/>
         <v>7.7294685990338162E-3</v>
       </c>
       <c r="H35" s="5">
         <f t="shared" si="3"/>
-        <v>0.59516908212560382</v>
+        <v>0.3942028985507246</v>
       </c>
     </row>
     <row r="36" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D36" s="6" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="F36" s="5">
         <v>18</v>
       </c>
       <c r="G36" s="5">
         <f t="shared" si="2"/>
         <v>1.7391304347826087E-2</v>
       </c>
       <c r="H36" s="5">
         <f t="shared" si="3"/>
-        <v>1.3391304347826087</v>
+        <v>0.88695652173913042</v>
       </c>
     </row>
     <row r="37" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D37" s="6" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="F37" s="5">
         <v>20</v>
       </c>
       <c r="G37" s="5">
         <f t="shared" si="2"/>
         <v>1.932367149758454E-2</v>
       </c>
       <c r="H37" s="5">
         <f t="shared" si="3"/>
-        <v>1.4879227053140096</v>
+        <v>0.98550724637681153</v>
       </c>
     </row>
     <row r="38" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D38" s="6" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="F38" s="5">
         <v>16</v>
       </c>
       <c r="G38" s="5">
         <f t="shared" si="2"/>
         <v>1.5458937198067632E-2</v>
       </c>
       <c r="H38" s="5">
         <f t="shared" si="3"/>
-        <v>1.1903381642512076</v>
+        <v>0.7884057971014492</v>
       </c>
     </row>
     <row r="39" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D39" s="6" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="F39" s="5">
         <v>38</v>
       </c>
       <c r="G39" s="5">
         <f t="shared" si="2"/>
         <v>3.6714975845410627E-2</v>
       </c>
       <c r="H39" s="5">
         <f t="shared" si="3"/>
-        <v>2.8270531400966181</v>
+        <v>1.872463768115942</v>
       </c>
     </row>
     <row r="40" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D40" s="6" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="F40" s="5">
         <v>45</v>
       </c>
       <c r="G40" s="5">
         <f t="shared" si="2"/>
         <v>4.3478260869565216E-2</v>
       </c>
       <c r="H40" s="5">
         <f t="shared" si="3"/>
-        <v>3.3478260869565215</v>
+        <v>2.2173913043478262</v>
       </c>
     </row>
     <row r="41" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D41" s="6" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>100</v>
+        <v>96</v>
       </c>
       <c r="F41" s="5">
         <v>64</v>
       </c>
       <c r="G41" s="5">
         <f t="shared" si="2"/>
         <v>6.183574879227053E-2</v>
       </c>
       <c r="H41" s="5">
         <f t="shared" si="3"/>
-        <v>4.7613526570048306</v>
+        <v>3.1536231884057968</v>
       </c>
     </row>
     <row r="42" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D42" s="6" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="F42" s="5">
         <v>45</v>
       </c>
       <c r="G42" s="5">
         <f t="shared" si="2"/>
         <v>4.3478260869565216E-2</v>
       </c>
       <c r="H42" s="5">
         <f t="shared" si="3"/>
-        <v>3.3478260869565215</v>
+        <v>2.2173913043478262</v>
       </c>
     </row>
     <row r="43" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D43" s="6"/>
       <c r="E43" s="6"/>
       <c r="F43" s="6"/>
     </row>
     <row r="44" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D44" s="6"/>
       <c r="F44" s="6"/>
     </row>
     <row r="45" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D45" s="6"/>
       <c r="E45" s="7"/>
     </row>
     <row r="46" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D46" s="6"/>
     </row>
     <row r="47" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D47" s="6"/>
     </row>
     <row r="48" spans="4:8" x14ac:dyDescent="0.2">
       <c r="D48" s="6"/>
       <c r="E48" s="6"/>
       <c r="F48" s="6"/>
@@ -6136,128 +6131,128 @@
     <row r="55" spans="4:6" x14ac:dyDescent="0.2">
       <c r="D55" s="6"/>
       <c r="E55" s="6"/>
       <c r="F55" s="6"/>
     </row>
     <row r="64" spans="4:6" x14ac:dyDescent="0.2">
       <c r="D64" s="6"/>
       <c r="F64" s="6"/>
     </row>
     <row r="65" spans="4:6" x14ac:dyDescent="0.2">
       <c r="D65" s="6"/>
       <c r="F65" s="6"/>
     </row>
     <row r="66" spans="4:6" x14ac:dyDescent="0.2">
       <c r="D66" s="6"/>
       <c r="E66" s="6"/>
       <c r="F66" s="6"/>
     </row>
     <row r="67" spans="4:6" x14ac:dyDescent="0.2">
       <c r="D67" s="6"/>
       <c r="E67" s="6"/>
       <c r="F67" s="6"/>
     </row>
     <row r="68" spans="4:6" ht="17" x14ac:dyDescent="0.2">
       <c r="E68" s="46" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="69" spans="4:6" ht="17" x14ac:dyDescent="0.2">
       <c r="E69" s="46" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="70" spans="4:6" ht="17" x14ac:dyDescent="0.2">
       <c r="E70" s="46" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="71" spans="4:6" ht="17" x14ac:dyDescent="0.2">
       <c r="E71" s="46" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="72" spans="4:6" ht="17" x14ac:dyDescent="0.2">
       <c r="E72" s="46" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="73" spans="4:6" ht="17" x14ac:dyDescent="0.2">
       <c r="E73" s="46" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="74" spans="4:6" ht="17" x14ac:dyDescent="0.2">
       <c r="E74" s="46" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="78" spans="4:6" x14ac:dyDescent="0.2">
-      <c r="E78" s="55"/>
+      <c r="E78" s="53"/>
     </row>
     <row r="79" spans="4:6" x14ac:dyDescent="0.2">
-      <c r="E79" s="55"/>
-      <c r="F79" s="56"/>
+      <c r="E79" s="53"/>
+      <c r="F79" s="54"/>
     </row>
     <row r="81" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F81" s="56"/>
+      <c r="F81" s="54"/>
     </row>
     <row r="95" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F95" s="56"/>
+      <c r="F95" s="54"/>
     </row>
     <row r="96" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F96" s="56"/>
+      <c r="F96" s="54"/>
     </row>
     <row r="103" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F103" s="56"/>
+      <c r="F103" s="54"/>
     </row>
     <row r="104" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F104" s="56"/>
+      <c r="F104" s="54"/>
     </row>
     <row r="105" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F105" s="56"/>
+      <c r="F105" s="54"/>
     </row>
     <row r="106" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F106" s="56"/>
+      <c r="F106" s="54"/>
     </row>
     <row r="107" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F107" s="56"/>
+      <c r="F107" s="54"/>
     </row>
     <row r="108" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F108" s="56"/>
+      <c r="F108" s="54"/>
     </row>
     <row r="109" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F109" s="56"/>
+      <c r="F109" s="54"/>
     </row>
     <row r="110" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F110" s="56"/>
+      <c r="F110" s="54"/>
     </row>
     <row r="111" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F111" s="56"/>
+      <c r="F111" s="54"/>
     </row>
     <row r="112" spans="6:6" x14ac:dyDescent="0.2">
-      <c r="F112" s="56"/>
+      <c r="F112" s="54"/>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Macintosh Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>