--- v0 (2025-11-09)
+++ v1 (2026-01-10)
@@ -14,58 +14,58 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dwbra\Desktop\TIA\2025 Fall\CP 321\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dwbra\Desktop\TIA\2026 Spring\CP 321\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EC755B14-9B97-4E71-BA9F-2FA1E5AB672A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{986DD922-B731-40C6-B5E0-20A72B1C60B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13155" tabRatio="728" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Documentation" sheetId="6" r:id="rId1"/>
     <sheet name="Schedule" sheetId="3" r:id="rId2"/>
     <sheet name="Tracking" sheetId="2" r:id="rId3"/>
     <sheet name="Schedule (double)" sheetId="9" state="hidden" r:id="rId4"/>
     <sheet name="Tracking (double)" sheetId="10" state="hidden" r:id="rId5"/>
     <sheet name="info" sheetId="7" state="hidden" r:id="rId6"/>
   </sheets>
   <definedNames>
     <definedName name="ActFDate" localSheetId="3">'Schedule (double)'!$C$6:$C$102</definedName>
     <definedName name="ActFDate">Schedule!$C$6:$C$53</definedName>
     <definedName name="CompFlag" localSheetId="3">'Schedule (double)'!$K$6:$K$102</definedName>
     <definedName name="CompFlag">Schedule!$K$6:$K$53</definedName>
     <definedName name="ExamDate" localSheetId="3">'Schedule (double)'!#REF!</definedName>
     <definedName name="ExamDate" localSheetId="4">Schedule!#REF!</definedName>
     <definedName name="ExamDate">Schedule!#REF!</definedName>
     <definedName name="LessonDays">info!$F$6:$H$55</definedName>
     <definedName name="LessonDaysDouble">info!$I$6:$K$55</definedName>
     <definedName name="MasterTable" localSheetId="3">#REF!</definedName>
     <definedName name="MasterTable" localSheetId="4">#REF!</definedName>
     <definedName name="MasterTable">#REF!</definedName>
     <definedName name="PgCnt" localSheetId="3">'Schedule (double)'!$J$6:$J$102</definedName>
@@ -998,51 +998,51 @@
   <c r="O92" i="9" s="1"/>
   <c r="N93" i="9" l="1"/>
   <c r="O93" i="9" s="1"/>
   <c r="N94" i="9" l="1"/>
   <c r="O94" i="9" s="1"/>
   <c r="N95" i="9" l="1"/>
   <c r="O95" i="9" s="1"/>
   <c r="N96" i="9" l="1"/>
   <c r="O96" i="9" s="1"/>
   <c r="N99" i="9" l="1"/>
   <c r="O99" i="9" s="1"/>
   <c r="N97" i="9"/>
   <c r="O97" i="9" s="1"/>
   <c r="N101" i="9" l="1"/>
   <c r="O101" i="9" s="1"/>
   <c r="N98" i="9"/>
   <c r="O98" i="9" s="1"/>
   <c r="N100" i="9" l="1"/>
   <c r="O100" i="9" s="1"/>
   <c r="N102" i="9" l="1"/>
   <c r="O102" i="9" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="979" uniqueCount="298">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="980" uniqueCount="299">
   <si>
     <t>Pages</t>
   </si>
   <si>
     <t>% Complete</t>
   </si>
   <si>
     <t>Total Pages</t>
   </si>
   <si>
     <t>Completed Pages</t>
   </si>
   <si>
     <t>Actual Finish Date</t>
   </si>
   <si>
     <t>Completed?</t>
   </si>
   <si>
     <t>Duration (Days)</t>
   </si>
   <si>
     <t>Proj Pace</t>
   </si>
   <si>
@@ -1660,74 +1660,65 @@
       <t>Within the options available in the TIA study platform and app, you will see a feature called "</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Today</t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>."  This is</t>
     </r>
   </si>
   <si>
-    <t>The adjusted start date on the Schedule tab is 7/15/2025, but you can enter a different date, and the</t>
-[...1 lines deleted...]
-  <si>
     <t>Work Section 5 Drill Problems, Review Formulas</t>
   </si>
   <si>
-    <t>Make sure you are registered for the exam through the SOA as soon as possible! (deadline is September 29)</t>
-[...1 lines deleted...]
-  <si>
     <t>Allocate half days to take the exams for 2014 - 2025 under real exam conditions - 3 hr exam, no breaks</t>
   </si>
   <si>
     <t>*3 minutes per point rule - this is based on prior exam structure.  However, it's still a good rule of thumb to get through the exam and have time to review at the end.  The SOA has</t>
   </si>
   <si>
     <t>stated that the exam questions will still be written as if it were a 2.5 hr exam, hopefully allowing a little bit of time to go back to specific questions with the additional time at the end</t>
   </si>
   <si>
     <t>Save newer exams (2014-2025) for last two weeks</t>
   </si>
   <si>
-    <t xml:space="preserve">This spreadsheet tracks your study progress for the CP 321 Exam (Fall 2025) </t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.soa.org/education/exam-req/fsa2025/cp-321/</t>
   </si>
   <si>
     <t>As this is a new exam, you will need to pull questions from various former exams to put together a "full length" practice from prior exams</t>
   </si>
   <si>
     <t>1. Plan and Product Provisions</t>
   </si>
   <si>
     <t>2. Manual Rates</t>
   </si>
   <si>
     <t>3. Reserving</t>
   </si>
   <si>
     <t>4. Financial Statements</t>
   </si>
   <si>
     <t>5. Asset Adequacy</t>
   </si>
   <si>
     <t>6. Retiree Group Benefits</t>
   </si>
   <si>
     <t>Group Disability Income Benefits</t>
@@ -1940,50 +1931,62 @@
     <t>Pricing Medicare Supplement Benefit</t>
   </si>
   <si>
     <t>Best Estimate Assumptions for Expenses</t>
   </si>
   <si>
     <t>Practice for Preparing Health Contract Reserves</t>
   </si>
   <si>
     <t>Supplemental Comments for CP321-104-25</t>
   </si>
   <si>
     <t>ALM for Life, Annuities and Pensions (Sec. 2, 5, 6)</t>
   </si>
   <si>
     <t>Modeling in Life Insurance - A Mgmt Perspective</t>
   </si>
   <si>
     <t>Eaton, Insuring LTC, Ch. 8</t>
   </si>
   <si>
     <t>Health Insurance Accting Basics for Actuaries (Sec. 4-7)</t>
   </si>
   <si>
     <t>Accting for Long-Duration Benefits Under US GAAP (Sec. IV)</t>
+  </si>
+  <si>
+    <t>Make sure you are registered for the exam through the SOA as soon as possible! (deadline is February 16)</t>
+  </si>
+  <si>
+    <t>Post Exam</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This spreadsheet tracks your study progress for the CP 321 Exam (Spring 2026) </t>
+  </si>
+  <si>
+    <t>The adjusted start date on the Schedule tab is 12/1/2025, but you can enter a different date, and the</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
   <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2310,51 +2313,51 @@
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="51">
+  <cellXfs count="52">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="4" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
@@ -2458,50 +2461,54 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="92" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" indent="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="18" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="93">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Followed Hyperlink" xfId="4" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="6" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="8" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="10" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="12" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="15" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="17" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="19" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="21" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="23" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="25" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="27" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="29" builtinId="9" hidden="1"/>
@@ -2704,192 +2711,192 @@
                 <c:pt idx="0">
                   <c:v>Proj Pace</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
               <c:f>Schedule!$B$6:$B$53</c:f>
               <c:numCache>
                 <c:formatCode>m/d/yyyy</c:formatCode>
                 <c:ptCount val="48"/>
                 <c:pt idx="0">
-                  <c:v>45854</c:v>
+                  <c:v>45993</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45855.901589527813</c:v>
+                  <c:v>45994.777694423603</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45857.327781673674</c:v>
+                  <c:v>45996.110965241307</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45857.327781673674</c:v>
+                  <c:v>45996.110965241307</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45859.229371201487</c:v>
+                  <c:v>45997.88865966491</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45861.130960729301</c:v>
+                  <c:v>45999.666354088513</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45862.081755493207</c:v>
+                  <c:v>46000.555201300318</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45863.983345021021</c:v>
+                  <c:v>46002.332895723921</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45866.360331930795</c:v>
+                  <c:v>46004.55501375343</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45866.835729312748</c:v>
+                  <c:v>46004.999437359329</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45868.737318840562</c:v>
+                  <c:v>46006.777131782932</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45870.163510986422</c:v>
+                  <c:v>46008.110402600636</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45871.589703132282</c:v>
+                  <c:v>46009.44367341834</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>45873.015895278142</c:v>
+                  <c:v>46010.776944236044</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>45875.392882187916</c:v>
+                  <c:v>46012.999062265553</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>45877.29447171573</c:v>
+                  <c:v>46014.776756689156</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>45879.196061243543</c:v>
+                  <c:v>46016.554451112759</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>45881.097650771357</c:v>
+                  <c:v>46018.332145536362</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>45882.99924029917</c:v>
+                  <c:v>46020.109839959965</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>45884.42543244503</c:v>
+                  <c:v>46021.443110777669</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>45885.376227208937</c:v>
+                  <c:v>46022.331957989474</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>45886.327021972844</c:v>
+                  <c:v>46023.220805201279</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>45887.277816736751</c:v>
+                  <c:v>46024.109652413084</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>45889.179406264564</c:v>
+                  <c:v>46025.887346836687</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>45892.982585320198</c:v>
+                  <c:v>46029.442735683901</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>45896.785764375833</c:v>
+                  <c:v>46032.998124531114</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>45898.687353903646</c:v>
+                  <c:v>46034.775818954717</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>45901.06434081342</c:v>
+                  <c:v>46036.997936984226</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>45901.539738195374</c:v>
+                  <c:v>46037.442360590125</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>45903.441327723187</c:v>
+                  <c:v>46039.220055013728</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>45904.867519869047</c:v>
+                  <c:v>46040.553325831432</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>45908.670698924681</c:v>
+                  <c:v>46044.108714678645</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>45910.572288452495</c:v>
+                  <c:v>46045.886409102248</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>45912.949275362269</c:v>
+                  <c:v>46048.108527131757</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>45914.850864890082</c:v>
+                  <c:v>46049.88622155536</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>45915.801659653989</c:v>
+                  <c:v>46050.775068767165</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>45917.703249181803</c:v>
+                  <c:v>46052.552763190768</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>45919.129441327663</c:v>
+                  <c:v>46053.886034008472</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>45921.98182561939</c:v>
+                  <c:v>46056.55257564388</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>45924.834209911118</c:v>
+                  <c:v>46059.219117279288</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>45927.211196820892</c:v>
+                  <c:v>46061.441235308797</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>45929.588183730666</c:v>
+                  <c:v>46063.663353338306</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>45931.96517064044</c:v>
+                  <c:v>46065.885471367816</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>45934.817554932168</c:v>
+                  <c:v>46068.552013003224</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>45935.768349696074</c:v>
+                  <c:v>46069.440860215029</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>45937.194541841935</c:v>
+                  <c:v>46070.774131032733</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>45938.145336605841</c:v>
+                  <c:v>46071.662978244538</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>45940.046926133655</c:v>
+                  <c:v>46073.440672668141</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Schedule!$M$6:$M$53</c:f>
               <c:numCache>
                 <c:formatCode>0</c:formatCode>
                 <c:ptCount val="48"/>
                 <c:pt idx="1">
                   <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>20</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>39</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>61</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>80</c:v>
                 </c:pt>
@@ -3040,192 +3047,192 @@
                 <c:pt idx="0">
                   <c:v>Your Pace</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:schemeClr val="accent3"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
               <c:f>Schedule!$B$6:$B$53</c:f>
               <c:numCache>
                 <c:formatCode>m/d/yyyy</c:formatCode>
                 <c:ptCount val="48"/>
                 <c:pt idx="0">
-                  <c:v>45854</c:v>
+                  <c:v>45993</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45855.901589527813</c:v>
+                  <c:v>45994.777694423603</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45857.327781673674</c:v>
+                  <c:v>45996.110965241307</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45857.327781673674</c:v>
+                  <c:v>45996.110965241307</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45859.229371201487</c:v>
+                  <c:v>45997.88865966491</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45861.130960729301</c:v>
+                  <c:v>45999.666354088513</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45862.081755493207</c:v>
+                  <c:v>46000.555201300318</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45863.983345021021</c:v>
+                  <c:v>46002.332895723921</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45866.360331930795</c:v>
+                  <c:v>46004.55501375343</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45866.835729312748</c:v>
+                  <c:v>46004.999437359329</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45868.737318840562</c:v>
+                  <c:v>46006.777131782932</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45870.163510986422</c:v>
+                  <c:v>46008.110402600636</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45871.589703132282</c:v>
+                  <c:v>46009.44367341834</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>45873.015895278142</c:v>
+                  <c:v>46010.776944236044</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>45875.392882187916</c:v>
+                  <c:v>46012.999062265553</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>45877.29447171573</c:v>
+                  <c:v>46014.776756689156</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>45879.196061243543</c:v>
+                  <c:v>46016.554451112759</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>45881.097650771357</c:v>
+                  <c:v>46018.332145536362</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>45882.99924029917</c:v>
+                  <c:v>46020.109839959965</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>45884.42543244503</c:v>
+                  <c:v>46021.443110777669</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>45885.376227208937</c:v>
+                  <c:v>46022.331957989474</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>45886.327021972844</c:v>
+                  <c:v>46023.220805201279</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>45887.277816736751</c:v>
+                  <c:v>46024.109652413084</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>45889.179406264564</c:v>
+                  <c:v>46025.887346836687</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>45892.982585320198</c:v>
+                  <c:v>46029.442735683901</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>45896.785764375833</c:v>
+                  <c:v>46032.998124531114</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>45898.687353903646</c:v>
+                  <c:v>46034.775818954717</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>45901.06434081342</c:v>
+                  <c:v>46036.997936984226</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>45901.539738195374</c:v>
+                  <c:v>46037.442360590125</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>45903.441327723187</c:v>
+                  <c:v>46039.220055013728</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>45904.867519869047</c:v>
+                  <c:v>46040.553325831432</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>45908.670698924681</c:v>
+                  <c:v>46044.108714678645</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>45910.572288452495</c:v>
+                  <c:v>46045.886409102248</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>45912.949275362269</c:v>
+                  <c:v>46048.108527131757</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>45914.850864890082</c:v>
+                  <c:v>46049.88622155536</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>45915.801659653989</c:v>
+                  <c:v>46050.775068767165</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>45917.703249181803</c:v>
+                  <c:v>46052.552763190768</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>45919.129441327663</c:v>
+                  <c:v>46053.886034008472</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>45921.98182561939</c:v>
+                  <c:v>46056.55257564388</c:v>
                 </c:pt>
                 <c:pt idx="39">
-                  <c:v>45924.834209911118</c:v>
+                  <c:v>46059.219117279288</c:v>
                 </c:pt>
                 <c:pt idx="40">
-                  <c:v>45927.211196820892</c:v>
+                  <c:v>46061.441235308797</c:v>
                 </c:pt>
                 <c:pt idx="41">
-                  <c:v>45929.588183730666</c:v>
+                  <c:v>46063.663353338306</c:v>
                 </c:pt>
                 <c:pt idx="42">
-                  <c:v>45931.96517064044</c:v>
+                  <c:v>46065.885471367816</c:v>
                 </c:pt>
                 <c:pt idx="43">
-                  <c:v>45934.817554932168</c:v>
+                  <c:v>46068.552013003224</c:v>
                 </c:pt>
                 <c:pt idx="44">
-                  <c:v>45935.768349696074</c:v>
+                  <c:v>46069.440860215029</c:v>
                 </c:pt>
                 <c:pt idx="45">
-                  <c:v>45937.194541841935</c:v>
+                  <c:v>46070.774131032733</c:v>
                 </c:pt>
                 <c:pt idx="46">
-                  <c:v>45938.145336605841</c:v>
+                  <c:v>46071.662978244538</c:v>
                 </c:pt>
                 <c:pt idx="47">
-                  <c:v>45940.046926133655</c:v>
+                  <c:v>46073.440672668141</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>Schedule!$N$6:$N$53</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="48"/>
                 <c:pt idx="1">
                   <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>10</c:v>
                 </c:pt>
@@ -6526,66 +6533,66 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A6:J45"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="125" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.796875" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <sheetData>
     <row r="6" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A6" s="21" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A7" s="45" t="s">
-        <v>211</v>
+        <v>297</v>
       </c>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A8" s="45" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="10" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A10" s="21" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A11" s="45" t="s">
-        <v>204</v>
+        <v>298</v>
       </c>
     </row>
     <row r="12" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A12" s="45" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A13" s="45" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A14" s="45" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="15" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A15" s="45" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="16" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A16" s="45" t="s">
         <v>113</v>
@@ -6718,83 +6725,83 @@
       </c>
     </row>
     <row r="45" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A45" s="21"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="83" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri,Regular"&amp;K000000TIA Suggested Study Schedule - CP 321 Fall 2025&amp;R&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddHeader>
     <oddFooter>&amp;L&amp;"Calibri,Regular"&amp;K000000© 2025 The Infinite Actuary, LLC&amp;R&amp;"Calibri,Regular"&amp;K000000Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:Q94"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" zoomScalePageLayoutView="125" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" zoomScalePageLayoutView="125" workbookViewId="0">
       <pane xSplit="3" ySplit="5" topLeftCell="D6" activePane="bottomRight" state="frozen"/>
       <selection activeCell="A7" sqref="A7"/>
       <selection pane="topRight" activeCell="A7" sqref="A7"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
       <selection pane="bottomRight" activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.796875" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="3.33203125" style="1" customWidth="1"/>
     <col min="2" max="3" width="11.46484375" style="1" customWidth="1"/>
     <col min="4" max="4" width="20.19921875" style="1" customWidth="1"/>
     <col min="5" max="5" width="18.73046875" style="1" customWidth="1"/>
     <col min="6" max="6" width="9.73046875" style="1" customWidth="1"/>
     <col min="7" max="7" width="53.73046875" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="17.19921875" style="6" customWidth="1"/>
     <col min="9" max="9" width="12.796875" style="1" customWidth="1"/>
     <col min="10" max="10" width="8.796875" style="1"/>
     <col min="11" max="11" width="14.46484375" style="1" customWidth="1"/>
     <col min="12" max="15" width="8.73046875" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16384" width="8.796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" ht="23.25" customHeight="1" x14ac:dyDescent="0.7">
       <c r="D1" s="2">
-        <v>45853</v>
+        <v>45992</v>
       </c>
       <c r="H1" s="3"/>
-      <c r="I1" s="49" t="s">
+      <c r="I1" s="50" t="s">
         <v>1</v>
       </c>
-      <c r="J1" s="50"/>
+      <c r="J1" s="51"/>
       <c r="K1" s="4">
         <f>K3/K2</f>
         <v>1.3986013986013986E-2</v>
       </c>
     </row>
     <row r="2" spans="1:17" x14ac:dyDescent="0.45">
       <c r="H2" s="3"/>
       <c r="I2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="K2" s="5">
         <f>SUM(J6:J53)</f>
         <v>715</v>
       </c>
     </row>
     <row r="3" spans="1:17" x14ac:dyDescent="0.45">
       <c r="H3" s="3"/>
       <c r="I3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="K3" s="1">
         <f>SUMIF(K6:K53,"Yes",J6:J53)</f>
         <v>10</v>
       </c>
     </row>
@@ -6826,2598 +6833,2598 @@
         <v>16</v>
       </c>
       <c r="J5" s="8" t="s">
         <v>0</v>
       </c>
       <c r="K5" s="8" t="s">
         <v>5</v>
       </c>
       <c r="L5" s="8" t="s">
         <v>6</v>
       </c>
       <c r="M5" s="10" t="s">
         <v>7</v>
       </c>
       <c r="N5" s="11" t="s">
         <v>8</v>
       </c>
       <c r="O5" s="12" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A6" s="13"/>
       <c r="B6" s="30">
         <f>D1+L6</f>
-        <v>45854</v>
+        <v>45993</v>
       </c>
       <c r="C6" s="31">
-        <v>45853</v>
+        <v>45992</v>
       </c>
       <c r="D6" s="36" t="s">
         <v>20</v>
       </c>
       <c r="E6" s="32"/>
       <c r="F6" s="32"/>
       <c r="G6" s="36" t="s">
         <v>21</v>
       </c>
       <c r="H6" s="32"/>
       <c r="I6" s="32"/>
       <c r="J6" s="32"/>
       <c r="K6" s="33" t="s">
         <v>202</v>
       </c>
       <c r="L6" s="34">
         <f>ROUND(VLOOKUP(G6,LessonDays,3,FALSE)*TargetDays/0.25,0)*0.25</f>
         <v>1</v>
       </c>
       <c r="M6" s="16"/>
       <c r="N6" s="17"/>
       <c r="O6" s="18"/>
     </row>
     <row r="7" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A7" s="13"/>
       <c r="B7" s="22">
         <f t="shared" ref="B7:B53" si="0">B6+L7</f>
-        <v>45855.901589527813</v>
+        <v>45994.777694423603</v>
       </c>
       <c r="C7" s="23">
-        <v>45854</v>
+        <v>45993</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="F7" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="J7" s="1">
         <v>10</v>
       </c>
       <c r="K7" s="14" t="s">
         <v>202</v>
       </c>
       <c r="L7" s="15">
         <f t="shared" ref="L7:L13" si="1">VLOOKUP(G7,LessonDays,3,FALSE)*TargetDays</f>
-        <v>1.901589527816737</v>
+        <v>1.7776944236059018</v>
       </c>
       <c r="M7" s="16">
         <f>SUM($J$6:J7)</f>
         <v>10</v>
       </c>
       <c r="N7" s="17">
         <f t="shared" ref="N7:N53" si="2">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B7)</f>
         <v>10</v>
       </c>
       <c r="O7" s="18">
         <f t="shared" ref="O7:O13" si="3">N7/M7</f>
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A8" s="13"/>
       <c r="B8" s="22">
         <f t="shared" si="0"/>
-        <v>45857.327781673674</v>
+        <v>45996.110965241307</v>
       </c>
       <c r="C8" s="23"/>
       <c r="D8" s="1" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="F8" s="1">
         <v>1.2</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="J8" s="1">
         <v>10</v>
       </c>
       <c r="K8" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L8" s="15">
         <f t="shared" ref="L8" si="4">VLOOKUP(G8,LessonDays,3,FALSE)*TargetDays</f>
-        <v>1.4261921458625526</v>
+        <v>1.3332708177044261</v>
       </c>
       <c r="M8" s="16">
         <f>SUM($J$6:J8)</f>
         <v>20</v>
       </c>
       <c r="N8" s="17">
         <f t="shared" ref="N8" si="5">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B8)</f>
         <v>10</v>
       </c>
       <c r="O8" s="18">
         <f t="shared" ref="O8" si="6">N8/M8</f>
         <v>0.5</v>
       </c>
     </row>
     <row r="9" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A9" s="13"/>
       <c r="B9" s="22">
         <f>B7+L9</f>
-        <v>45857.327781673674</v>
+        <v>45996.110965241307</v>
       </c>
       <c r="C9" s="23"/>
       <c r="D9" s="1" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="F9" s="1">
         <v>1.3</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="J9" s="1">
         <v>19</v>
       </c>
       <c r="K9" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L9" s="15">
         <f t="shared" si="1"/>
-        <v>1.4261921458625526</v>
+        <v>1.3332708177044261</v>
       </c>
       <c r="M9" s="16">
         <f>SUM($J$6:J9)</f>
         <v>39</v>
       </c>
       <c r="N9" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O9" s="18">
         <f t="shared" si="3"/>
         <v>0.25641025641025639</v>
       </c>
     </row>
     <row r="10" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A10" s="13"/>
       <c r="B10" s="22">
         <f t="shared" si="0"/>
-        <v>45859.229371201487</v>
+        <v>45997.88865966491</v>
       </c>
       <c r="C10" s="23"/>
       <c r="D10" s="1" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="F10" s="1">
         <v>1.4</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="J10" s="1">
         <v>22</v>
       </c>
       <c r="K10" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L10" s="15">
         <f t="shared" si="1"/>
-        <v>1.901589527816737</v>
+        <v>1.7776944236059018</v>
       </c>
       <c r="M10" s="16">
         <f>SUM($J$6:J10)</f>
         <v>61</v>
       </c>
       <c r="N10" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O10" s="18">
         <f t="shared" si="3"/>
         <v>0.16393442622950818</v>
       </c>
     </row>
     <row r="11" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A11" s="13"/>
       <c r="B11" s="22">
         <f t="shared" si="0"/>
-        <v>45861.130960729301</v>
+        <v>45999.666354088513</v>
       </c>
       <c r="C11" s="23"/>
       <c r="D11" s="1" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="F11" s="1">
         <v>1.5</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="J11" s="1">
         <v>19</v>
       </c>
       <c r="K11" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L11" s="15">
         <f t="shared" si="1"/>
-        <v>1.901589527816737</v>
+        <v>1.7776944236059018</v>
       </c>
       <c r="M11" s="16">
         <f>SUM($J$6:J11)</f>
         <v>80</v>
       </c>
       <c r="N11" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O11" s="18">
         <f t="shared" si="3"/>
         <v>0.125</v>
       </c>
     </row>
     <row r="12" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A12" s="13"/>
       <c r="B12" s="22">
         <f t="shared" si="0"/>
-        <v>45862.081755493207</v>
+        <v>46000.555201300318</v>
       </c>
       <c r="C12" s="23"/>
       <c r="D12" s="1" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="F12" s="1">
         <v>1.6</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="J12" s="1">
         <v>7</v>
       </c>
       <c r="K12" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L12" s="15">
         <f t="shared" si="1"/>
-        <v>0.95079476390836848</v>
+        <v>0.8888472118029509</v>
       </c>
       <c r="M12" s="16">
         <f>SUM($J$6:J12)</f>
         <v>87</v>
       </c>
       <c r="N12" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O12" s="18">
         <f t="shared" si="3"/>
         <v>0.11494252873563218</v>
       </c>
     </row>
     <row r="13" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A13" s="13"/>
       <c r="B13" s="30">
         <f t="shared" si="0"/>
-        <v>45863.983345021021</v>
+        <v>46002.332895723921</v>
       </c>
       <c r="C13" s="31"/>
       <c r="D13" s="32" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="E13" s="32"/>
       <c r="F13" s="32"/>
       <c r="G13" s="32" t="s">
         <v>59</v>
       </c>
       <c r="H13" s="32"/>
       <c r="I13" s="32"/>
       <c r="J13" s="32"/>
       <c r="K13" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L13" s="34">
         <f t="shared" si="1"/>
-        <v>1.901589527816737</v>
+        <v>1.7776944236059018</v>
       </c>
       <c r="M13" s="16">
         <f>SUM($J$6:J13)</f>
         <v>87</v>
       </c>
       <c r="N13" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O13" s="18">
         <f t="shared" si="3"/>
         <v>0.11494252873563218</v>
       </c>
     </row>
     <row r="14" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A14" s="13"/>
       <c r="B14" s="22">
         <f t="shared" si="0"/>
-        <v>45866.360331930795</v>
+        <v>46004.55501375343</v>
       </c>
       <c r="C14" s="23"/>
       <c r="D14" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F14" s="1">
         <v>2.1</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="H14" s="1" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J14" s="1">
         <v>16</v>
       </c>
       <c r="K14" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L14" s="15">
         <f t="shared" ref="L14:L28" si="7">VLOOKUP(G14,LessonDays,3,FALSE)*TargetDays</f>
-        <v>2.3769869097709213</v>
+        <v>2.222118029507377</v>
       </c>
       <c r="M14" s="16">
         <f>SUM($J$6:J14)</f>
         <v>103</v>
       </c>
       <c r="N14" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O14" s="18">
         <f t="shared" ref="O14:O51" si="8">N14/M14</f>
         <v>9.7087378640776698E-2</v>
       </c>
       <c r="Q14" s="20"/>
     </row>
     <row r="15" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A15" s="13"/>
       <c r="B15" s="22">
         <f t="shared" si="0"/>
-        <v>45866.835729312748</v>
+        <v>46004.999437359329</v>
       </c>
       <c r="C15" s="23"/>
       <c r="D15" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F15" s="1">
         <v>2.2000000000000002</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J15" s="1">
         <v>2</v>
       </c>
       <c r="K15" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L15" s="15">
         <f t="shared" si="7"/>
-        <v>0.47539738195418424</v>
+        <v>0.44442360590147545</v>
       </c>
       <c r="M15" s="16">
         <f>SUM($J$6:J15)</f>
         <v>105</v>
       </c>
       <c r="N15" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O15" s="18">
         <f t="shared" si="8"/>
         <v>9.5238095238095233E-2</v>
       </c>
       <c r="Q15" s="20"/>
     </row>
     <row r="16" spans="1:17" x14ac:dyDescent="0.45">
       <c r="A16" s="13"/>
       <c r="B16" s="22">
         <f t="shared" si="0"/>
-        <v>45868.737318840562</v>
+        <v>46006.777131782932</v>
       </c>
       <c r="C16" s="23"/>
       <c r="D16" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F16" s="1">
         <v>2.2999999999999998</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="H16" s="1" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J16" s="1">
         <v>6</v>
       </c>
       <c r="K16" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L16" s="15">
         <f t="shared" si="7"/>
-        <v>1.901589527816737</v>
+        <v>1.7776944236059018</v>
       </c>
       <c r="M16" s="16">
         <f>SUM($J$6:J16)</f>
         <v>111</v>
       </c>
       <c r="N16" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O16" s="18">
         <f t="shared" si="8"/>
         <v>9.0090090090090086E-2</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A17" s="13"/>
       <c r="B17" s="22">
         <f t="shared" si="0"/>
-        <v>45870.163510986422</v>
+        <v>46008.110402600636</v>
       </c>
       <c r="C17" s="23"/>
       <c r="D17" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F17" s="1">
         <v>2.4</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="H17" s="1" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J17" s="1">
         <v>11</v>
       </c>
       <c r="K17" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L17" s="15">
         <f t="shared" si="7"/>
-        <v>1.4261921458625526</v>
+        <v>1.3332708177044261</v>
       </c>
       <c r="M17" s="16">
         <f>SUM($J$6:J17)</f>
         <v>122</v>
       </c>
       <c r="N17" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O17" s="18">
         <f t="shared" si="8"/>
         <v>8.1967213114754092E-2</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A18" s="13"/>
       <c r="B18" s="22">
         <f t="shared" si="0"/>
-        <v>45871.589703132282</v>
+        <v>46009.44367341834</v>
       </c>
       <c r="C18" s="23"/>
       <c r="D18" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F18" s="1">
         <v>2.5</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="H18" s="1" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J18" s="1">
         <v>2</v>
       </c>
       <c r="K18" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L18" s="15">
         <f t="shared" si="7"/>
-        <v>1.4261921458625526</v>
+        <v>1.3332708177044261</v>
       </c>
       <c r="M18" s="16">
         <f>SUM($J$6:J18)</f>
         <v>124</v>
       </c>
       <c r="N18" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O18" s="18">
         <f t="shared" si="8"/>
         <v>8.0645161290322578E-2</v>
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A19" s="13"/>
       <c r="B19" s="22">
         <f t="shared" si="0"/>
-        <v>45873.015895278142</v>
+        <v>46010.776944236044</v>
       </c>
       <c r="C19" s="23"/>
       <c r="D19" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F19" s="1">
         <v>2.6</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J19" s="1">
         <v>30</v>
       </c>
       <c r="K19" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L19" s="15">
         <f t="shared" si="7"/>
-        <v>1.4261921458625526</v>
+        <v>1.3332708177044261</v>
       </c>
       <c r="M19" s="16">
         <f>SUM($J$6:J19)</f>
         <v>154</v>
       </c>
       <c r="N19" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O19" s="18">
         <f t="shared" si="8"/>
         <v>6.4935064935064929E-2</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A20" s="13"/>
       <c r="B20" s="22">
         <f t="shared" si="0"/>
-        <v>45875.392882187916</v>
+        <v>46012.999062265553</v>
       </c>
       <c r="C20" s="23"/>
       <c r="D20" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F20" s="1">
         <v>2.7</v>
       </c>
       <c r="G20" s="48" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="H20" s="1" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J20" s="1">
         <v>32</v>
       </c>
       <c r="K20" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L20" s="15">
         <f t="shared" si="7"/>
-        <v>2.3769869097709213</v>
+        <v>2.222118029507377</v>
       </c>
       <c r="M20" s="16">
         <f>SUM($J$6:J20)</f>
         <v>186</v>
       </c>
       <c r="N20" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O20" s="18">
         <f t="shared" si="8"/>
         <v>5.3763440860215055E-2</v>
       </c>
     </row>
     <row r="21" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A21" s="13"/>
       <c r="B21" s="22">
         <f t="shared" si="0"/>
-        <v>45877.29447171573</v>
+        <v>46014.776756689156</v>
       </c>
       <c r="C21" s="23"/>
       <c r="D21" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F21" s="1">
         <v>2.8</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J21" s="1">
         <v>11</v>
       </c>
       <c r="K21" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L21" s="15">
         <f t="shared" si="7"/>
-        <v>1.901589527816737</v>
+        <v>1.7776944236059018</v>
       </c>
       <c r="M21" s="16">
         <f>SUM($J$6:J21)</f>
         <v>197</v>
       </c>
       <c r="N21" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O21" s="18">
         <f t="shared" si="8"/>
         <v>5.0761421319796954E-2</v>
       </c>
     </row>
     <row r="22" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A22" s="13"/>
       <c r="B22" s="22">
         <f t="shared" si="0"/>
-        <v>45879.196061243543</v>
+        <v>46016.554451112759</v>
       </c>
       <c r="C22" s="23"/>
       <c r="D22" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F22" s="1">
         <v>2.9</v>
       </c>
       <c r="G22" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J22" s="1">
         <v>20</v>
       </c>
       <c r="K22" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L22" s="15">
         <f t="shared" si="7"/>
-        <v>1.901589527816737</v>
+        <v>1.7776944236059018</v>
       </c>
       <c r="M22" s="16">
         <f>SUM($J$6:J22)</f>
         <v>217</v>
       </c>
       <c r="N22" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O22" s="18">
         <f t="shared" si="8"/>
         <v>4.6082949308755762E-2</v>
       </c>
     </row>
     <row r="23" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A23" s="13"/>
       <c r="B23" s="22">
         <f t="shared" si="0"/>
-        <v>45881.097650771357</v>
+        <v>46018.332145536362</v>
       </c>
       <c r="C23" s="23"/>
       <c r="D23" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F23" s="15">
         <v>2.1</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J23" s="1">
         <v>21</v>
       </c>
       <c r="K23" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L23" s="15">
         <f t="shared" ref="L23:L24" si="9">VLOOKUP(G23,LessonDays,3,FALSE)*TargetDays</f>
-        <v>1.901589527816737</v>
+        <v>1.7776944236059018</v>
       </c>
       <c r="M23" s="16">
         <f>SUM($J$6:J23)</f>
         <v>238</v>
       </c>
       <c r="N23" s="17">
         <f t="shared" ref="N23:N24" si="10">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B23)</f>
         <v>10</v>
       </c>
       <c r="O23" s="18">
         <f t="shared" ref="O23:O24" si="11">N23/M23</f>
         <v>4.2016806722689079E-2</v>
       </c>
     </row>
     <row r="24" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A24" s="13"/>
       <c r="B24" s="22">
         <f t="shared" si="0"/>
-        <v>45882.99924029917</v>
+        <v>46020.109839959965</v>
       </c>
       <c r="C24" s="23"/>
       <c r="D24" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F24" s="1">
         <v>2.11</v>
       </c>
       <c r="G24" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="H24" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J24" s="1">
         <v>18</v>
       </c>
       <c r="K24" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L24" s="15">
         <f t="shared" si="9"/>
-        <v>1.901589527816737</v>
+        <v>1.7776944236059018</v>
       </c>
       <c r="M24" s="16">
         <f>SUM($J$6:J24)</f>
         <v>256</v>
       </c>
       <c r="N24" s="17">
         <f t="shared" si="10"/>
         <v>10</v>
       </c>
       <c r="O24" s="18">
         <f t="shared" si="11"/>
         <v>3.90625E-2</v>
       </c>
     </row>
     <row r="25" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A25" s="13"/>
       <c r="B25" s="22">
         <f t="shared" si="0"/>
-        <v>45884.42543244503</v>
+        <v>46021.443110777669</v>
       </c>
       <c r="C25" s="23"/>
       <c r="D25" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F25" s="1">
         <v>2.12</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J25" s="1">
         <v>21</v>
       </c>
       <c r="K25" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L25" s="15">
         <f t="shared" ref="L25:L26" si="12">VLOOKUP(G25,LessonDays,3,FALSE)*TargetDays</f>
-        <v>1.4261921458625526</v>
+        <v>1.3332708177044261</v>
       </c>
       <c r="M25" s="16">
         <f>SUM($J$6:J25)</f>
         <v>277</v>
       </c>
       <c r="N25" s="17">
         <f t="shared" ref="N25:N26" si="13">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B25)</f>
         <v>10</v>
       </c>
       <c r="O25" s="18">
         <f t="shared" ref="O25:O26" si="14">N25/M25</f>
         <v>3.6101083032490974E-2</v>
       </c>
     </row>
     <row r="26" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A26" s="13"/>
       <c r="B26" s="22">
         <f t="shared" si="0"/>
-        <v>45885.376227208937</v>
+        <v>46022.331957989474</v>
       </c>
       <c r="C26" s="23"/>
       <c r="D26" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F26" s="1">
         <v>2.13</v>
       </c>
       <c r="G26" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="H26" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J26" s="1">
         <v>8</v>
       </c>
       <c r="K26" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L26" s="15">
         <f t="shared" si="12"/>
-        <v>0.95079476390836848</v>
+        <v>0.8888472118029509</v>
       </c>
       <c r="M26" s="16">
         <f>SUM($J$6:J26)</f>
         <v>285</v>
       </c>
       <c r="N26" s="17">
         <f t="shared" si="13"/>
         <v>10</v>
       </c>
       <c r="O26" s="18">
         <f t="shared" si="14"/>
         <v>3.5087719298245612E-2</v>
       </c>
     </row>
     <row r="27" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A27" s="13"/>
       <c r="B27" s="22">
         <f t="shared" si="0"/>
-        <v>45886.327021972844</v>
+        <v>46023.220805201279</v>
       </c>
       <c r="C27" s="23"/>
       <c r="D27" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F27" s="1">
         <v>2.14</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>83</v>
       </c>
       <c r="H27" s="1" t="s">
         <v>86</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J27" s="1">
         <v>8</v>
       </c>
       <c r="K27" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L27" s="15">
         <f t="shared" si="7"/>
-        <v>0.95079476390836848</v>
+        <v>0.8888472118029509</v>
       </c>
       <c r="M27" s="16">
         <f>SUM($J$6:J27)</f>
         <v>293</v>
       </c>
       <c r="N27" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O27" s="18">
         <f t="shared" si="8"/>
         <v>3.4129692832764506E-2</v>
       </c>
     </row>
     <row r="28" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A28" s="13"/>
       <c r="B28" s="22">
         <f t="shared" si="0"/>
-        <v>45887.277816736751</v>
+        <v>46024.109652413084</v>
       </c>
       <c r="C28" s="23"/>
       <c r="D28" s="1" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="F28" s="1">
         <v>2.15</v>
       </c>
       <c r="G28" t="s">
         <v>84</v>
       </c>
       <c r="H28" t="s">
         <v>85</v>
       </c>
       <c r="I28" s="1" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="J28" s="1">
         <v>11</v>
       </c>
       <c r="K28" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L28" s="15">
         <f t="shared" si="7"/>
-        <v>0.95079476390836848</v>
+        <v>0.8888472118029509</v>
       </c>
       <c r="M28" s="16">
         <f>SUM($J$6:J28)</f>
         <v>304</v>
       </c>
       <c r="N28" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O28" s="18">
         <f t="shared" si="8"/>
         <v>3.2894736842105261E-2</v>
       </c>
     </row>
     <row r="29" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A29" s="13"/>
       <c r="B29" s="30">
         <f t="shared" si="0"/>
-        <v>45889.179406264564</v>
+        <v>46025.887346836687</v>
       </c>
       <c r="C29" s="31"/>
       <c r="D29" s="32" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="E29" s="32"/>
       <c r="F29" s="32"/>
       <c r="G29" s="32" t="s">
         <v>60</v>
       </c>
       <c r="H29" s="32"/>
       <c r="I29" s="32"/>
       <c r="J29" s="32"/>
       <c r="K29" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L29" s="34">
         <f>VLOOKUP(G29,LessonDays,3,FALSE)*TargetDays</f>
-        <v>1.901589527816737</v>
+        <v>1.7776944236059018</v>
       </c>
       <c r="M29" s="16">
         <f>SUM($J$6:J29)</f>
         <v>304</v>
       </c>
       <c r="N29" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O29" s="18">
         <f t="shared" si="8"/>
         <v>3.2894736842105261E-2</v>
       </c>
     </row>
     <row r="30" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A30" s="13"/>
       <c r="B30" s="22">
         <f t="shared" si="0"/>
-        <v>45892.982585320198</v>
+        <v>46029.442735683901</v>
       </c>
       <c r="C30" s="23"/>
       <c r="D30" s="1" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="F30" s="1">
         <v>3.1</v>
       </c>
       <c r="G30" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="H30" s="1" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="I30" s="1" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="J30" s="1">
         <v>16</v>
       </c>
       <c r="K30" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L30" s="15">
         <f t="shared" ref="L30:L36" si="15">VLOOKUP(G30,LessonDays,3,FALSE)*TargetDays</f>
-        <v>3.8031790556334739</v>
+        <v>3.5553888472118036</v>
       </c>
       <c r="M30" s="16">
         <f>SUM($J$6:J30)</f>
         <v>320</v>
       </c>
       <c r="N30" s="17">
         <f t="shared" ref="N30:N36" si="16">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B30)</f>
         <v>10</v>
       </c>
       <c r="O30" s="18">
         <f t="shared" si="8"/>
         <v>3.125E-2</v>
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A31" s="13"/>
       <c r="B31" s="22">
         <f t="shared" si="0"/>
-        <v>45896.785764375833</v>
+        <v>46032.998124531114</v>
       </c>
       <c r="C31" s="23"/>
       <c r="D31" s="1" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="F31" s="1">
         <v>3.2</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="J31" s="1">
         <v>49</v>
       </c>
       <c r="K31" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L31" s="15">
         <f t="shared" si="15"/>
-        <v>3.8031790556334739</v>
+        <v>3.5553888472118036</v>
       </c>
       <c r="M31" s="16">
         <f>SUM($J$6:J31)</f>
         <v>369</v>
       </c>
       <c r="N31" s="17">
         <f t="shared" si="16"/>
         <v>10</v>
       </c>
       <c r="O31" s="18">
         <f t="shared" si="8"/>
         <v>2.7100271002710029E-2</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A32" s="13"/>
       <c r="B32" s="22">
         <f t="shared" si="0"/>
-        <v>45898.687353903646</v>
+        <v>46034.775818954717</v>
       </c>
       <c r="C32" s="23"/>
       <c r="D32" s="1" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="F32" s="1">
         <v>3.3</v>
       </c>
       <c r="G32" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="J32" s="1">
         <v>11</v>
       </c>
       <c r="K32" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L32" s="15">
         <f t="shared" si="15"/>
-        <v>1.901589527816737</v>
+        <v>1.7776944236059018</v>
       </c>
       <c r="M32" s="16">
         <f>SUM($J$6:J32)</f>
         <v>380</v>
       </c>
       <c r="N32" s="17">
         <f t="shared" si="16"/>
         <v>10</v>
       </c>
       <c r="O32" s="18">
         <f t="shared" si="8"/>
         <v>2.6315789473684209E-2</v>
       </c>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A33" s="13"/>
       <c r="B33" s="22">
         <f t="shared" si="0"/>
-        <v>45901.06434081342</v>
+        <v>46036.997936984226</v>
       </c>
       <c r="C33" s="23"/>
       <c r="D33" s="1" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="F33" s="1">
         <v>3.4</v>
       </c>
       <c r="G33" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="H33" s="1" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="I33" s="1" t="s">
-        <v>249</v>
+        <v>246</v>
       </c>
       <c r="J33" s="1">
         <v>19</v>
       </c>
       <c r="K33" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L33" s="15">
         <f t="shared" si="15"/>
-        <v>2.3769869097709213</v>
+        <v>2.222118029507377</v>
       </c>
       <c r="M33" s="16">
         <f>SUM($J$6:J33)</f>
         <v>399</v>
       </c>
       <c r="N33" s="17">
         <f t="shared" si="16"/>
         <v>10</v>
       </c>
       <c r="O33" s="18">
         <f t="shared" si="8"/>
         <v>2.5062656641604009E-2</v>
       </c>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A34" s="13"/>
       <c r="B34" s="22">
         <f t="shared" si="0"/>
-        <v>45901.539738195374</v>
+        <v>46037.442360590125</v>
       </c>
       <c r="C34" s="23"/>
       <c r="D34" s="1" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="F34" s="1">
         <v>3.5</v>
       </c>
       <c r="G34" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="H34" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="I34" s="1" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>249</v>
       </c>
       <c r="J34" s="1">
         <v>1</v>
       </c>
       <c r="K34" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L34" s="15">
         <f t="shared" si="15"/>
-        <v>0.47539738195418424</v>
+        <v>0.44442360590147545</v>
       </c>
       <c r="M34" s="16">
         <f>SUM($J$6:J34)</f>
         <v>400</v>
       </c>
       <c r="N34" s="17">
         <f t="shared" si="16"/>
         <v>10</v>
       </c>
       <c r="O34" s="18">
         <f t="shared" si="8"/>
         <v>2.5000000000000001E-2</v>
       </c>
     </row>
     <row r="35" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A35" s="13"/>
       <c r="B35" s="30">
         <f t="shared" si="0"/>
-        <v>45903.441327723187</v>
+        <v>46039.220055013728</v>
       </c>
       <c r="C35" s="31"/>
       <c r="D35" s="32" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="E35" s="32"/>
       <c r="F35" s="32"/>
       <c r="G35" s="32" t="s">
         <v>61</v>
       </c>
       <c r="H35" s="32"/>
       <c r="I35" s="32"/>
       <c r="J35" s="32"/>
       <c r="K35" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L35" s="34">
         <f t="shared" si="15"/>
-        <v>1.901589527816737</v>
+        <v>1.7776944236059018</v>
       </c>
       <c r="M35" s="16">
         <f>SUM($J$6:J35)</f>
         <v>400</v>
       </c>
       <c r="N35" s="17">
         <f t="shared" si="16"/>
         <v>10</v>
       </c>
       <c r="O35" s="18">
         <f t="shared" si="8"/>
         <v>2.5000000000000001E-2</v>
       </c>
     </row>
     <row r="36" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A36" s="13"/>
       <c r="B36" s="22">
         <f t="shared" si="0"/>
-        <v>45904.867519869047</v>
+        <v>46040.553325831432</v>
       </c>
       <c r="C36" s="23"/>
       <c r="D36" s="1" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="F36" s="1">
         <v>4.0999999999999996</v>
       </c>
       <c r="G36" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>251</v>
+        <v>248</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="J36" s="1">
         <v>8</v>
       </c>
       <c r="K36" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L36" s="15">
         <f t="shared" si="15"/>
-        <v>1.4261921458625526</v>
+        <v>1.3332708177044261</v>
       </c>
       <c r="M36" s="16">
         <f>SUM($J$6:J36)</f>
         <v>408</v>
       </c>
       <c r="N36" s="17">
         <f t="shared" si="16"/>
         <v>10</v>
       </c>
       <c r="O36" s="18">
         <f t="shared" si="8"/>
         <v>2.4509803921568627E-2</v>
       </c>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A37" s="13"/>
       <c r="B37" s="22">
         <f t="shared" si="0"/>
-        <v>45908.670698924681</v>
+        <v>46044.108714678645</v>
       </c>
       <c r="C37" s="23"/>
       <c r="D37" s="1" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="F37" s="1">
         <v>4.2</v>
       </c>
       <c r="G37" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="J37" s="1">
         <v>50</v>
       </c>
       <c r="K37" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L37" s="15">
         <f t="shared" ref="L37:L38" si="17">VLOOKUP(G37,LessonDays,3,FALSE)*TargetDays</f>
-        <v>3.8031790556334739</v>
+        <v>3.5553888472118036</v>
       </c>
       <c r="M37" s="16">
         <f>SUM($J$6:J37)</f>
         <v>458</v>
       </c>
       <c r="N37" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O37" s="18">
         <f t="shared" ref="O37:O38" si="18">N37/M37</f>
         <v>2.1834061135371178E-2</v>
       </c>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A38" s="13"/>
       <c r="B38" s="30">
         <f t="shared" si="0"/>
-        <v>45910.572288452495</v>
+        <v>46045.886409102248</v>
       </c>
       <c r="C38" s="31"/>
       <c r="D38" s="32" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="E38" s="32"/>
       <c r="F38" s="32"/>
       <c r="G38" s="32" t="s">
         <v>170</v>
       </c>
       <c r="H38" s="32"/>
       <c r="I38" s="32"/>
       <c r="J38" s="32"/>
       <c r="K38" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L38" s="34">
         <f t="shared" si="17"/>
-        <v>1.901589527816737</v>
+        <v>1.7776944236059018</v>
       </c>
       <c r="M38" s="16">
         <f>SUM($J$6:J38)</f>
         <v>458</v>
       </c>
       <c r="N38" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O38" s="18">
         <f t="shared" si="18"/>
         <v>2.1834061135371178E-2</v>
       </c>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A39" s="13"/>
       <c r="B39" s="22">
         <f t="shared" si="0"/>
-        <v>45912.949275362269</v>
+        <v>46048.108527131757</v>
       </c>
       <c r="C39" s="23"/>
       <c r="D39" s="1" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="F39" s="1">
         <v>5.0999999999999996</v>
       </c>
       <c r="G39" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="H39" s="1" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="J39" s="1">
         <v>28</v>
       </c>
       <c r="K39" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L39" s="15">
         <f t="shared" ref="L39:L51" si="19">VLOOKUP(G39,LessonDays,3,FALSE)*TargetDays</f>
-        <v>2.3769869097709213</v>
+        <v>2.222118029507377</v>
       </c>
       <c r="M39" s="16">
         <f>SUM($J$6:J39)</f>
         <v>486</v>
       </c>
       <c r="N39" s="17">
         <f t="shared" ref="N39:N51" si="20">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B39)</f>
         <v>10</v>
       </c>
       <c r="O39" s="18">
         <f t="shared" si="8"/>
         <v>2.0576131687242798E-2</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A40" s="13"/>
       <c r="B40" s="22">
         <f t="shared" si="0"/>
-        <v>45914.850864890082</v>
+        <v>46049.88622155536</v>
       </c>
       <c r="C40" s="23"/>
       <c r="D40" s="1" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="F40" s="1">
         <v>5.2</v>
       </c>
       <c r="G40" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="H40" s="1" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="J40" s="1">
         <v>17</v>
       </c>
       <c r="K40" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L40" s="15">
         <f t="shared" si="19"/>
-        <v>1.901589527816737</v>
+        <v>1.7776944236059018</v>
       </c>
       <c r="M40" s="16">
         <f>SUM($J$6:J40)</f>
         <v>503</v>
       </c>
       <c r="N40" s="17">
         <f t="shared" si="20"/>
         <v>10</v>
       </c>
       <c r="O40" s="18">
         <f t="shared" si="8"/>
         <v>1.9880715705765408E-2</v>
       </c>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A41" s="13"/>
       <c r="B41" s="22">
         <f t="shared" si="0"/>
-        <v>45915.801659653989</v>
+        <v>46050.775068767165</v>
       </c>
       <c r="C41" s="23"/>
       <c r="D41" s="1" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="F41" s="1">
         <v>5.3</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="H41" s="1" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="J41" s="1">
         <v>11</v>
       </c>
       <c r="K41" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L41" s="15">
         <f t="shared" si="19"/>
-        <v>0.95079476390836848</v>
+        <v>0.8888472118029509</v>
       </c>
       <c r="M41" s="16">
         <f>SUM($J$6:J41)</f>
         <v>514</v>
       </c>
       <c r="N41" s="17">
         <f t="shared" si="20"/>
         <v>10</v>
       </c>
       <c r="O41" s="18">
         <f t="shared" si="8"/>
         <v>1.9455252918287938E-2</v>
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A42" s="13"/>
       <c r="B42" s="30">
         <f t="shared" si="0"/>
-        <v>45917.703249181803</v>
+        <v>46052.552763190768</v>
       </c>
       <c r="C42" s="31"/>
       <c r="D42" s="32" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="E42" s="32"/>
       <c r="F42" s="32"/>
       <c r="G42" s="32" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="H42" s="32"/>
       <c r="I42" s="32"/>
       <c r="J42" s="32"/>
       <c r="K42" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L42" s="34">
         <f t="shared" si="19"/>
-        <v>1.901589527816737</v>
+        <v>1.7776944236059018</v>
       </c>
       <c r="M42" s="16">
         <f>SUM($J$6:J42)</f>
         <v>514</v>
       </c>
       <c r="N42" s="17">
         <f t="shared" si="20"/>
         <v>10</v>
       </c>
       <c r="O42" s="18">
         <f t="shared" si="8"/>
         <v>1.9455252918287938E-2</v>
       </c>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A43" s="13"/>
       <c r="B43" s="22">
         <f t="shared" si="0"/>
-        <v>45919.129441327663</v>
+        <v>46053.886034008472</v>
       </c>
       <c r="C43" s="23"/>
       <c r="D43" s="1" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="F43" s="1">
         <v>6.1</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="H43" s="1" t="s">
-        <v>262</v>
+        <v>259</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="J43" s="1">
         <v>11</v>
       </c>
       <c r="K43" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L43" s="15">
         <f t="shared" si="19"/>
-        <v>1.4261921458625526</v>
+        <v>1.3332708177044261</v>
       </c>
       <c r="M43" s="16">
         <f>SUM($J$6:J43)</f>
         <v>525</v>
       </c>
       <c r="N43" s="17">
         <f t="shared" si="20"/>
         <v>10</v>
       </c>
       <c r="O43" s="18">
         <f t="shared" si="8"/>
         <v>1.9047619047619049E-2</v>
       </c>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A44" s="13"/>
       <c r="B44" s="22">
         <f t="shared" si="0"/>
-        <v>45921.98182561939</v>
+        <v>46056.55257564388</v>
       </c>
       <c r="C44" s="23"/>
       <c r="D44" s="1" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="F44" s="1">
         <v>6.2</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="H44" s="1" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="J44" s="1">
         <v>35</v>
       </c>
       <c r="K44" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L44" s="15">
         <f t="shared" si="19"/>
-        <v>2.8523842917251052</v>
+        <v>2.6665416354088523</v>
       </c>
       <c r="M44" s="16">
         <f>SUM($J$6:J44)</f>
         <v>560</v>
       </c>
       <c r="N44" s="17">
         <f t="shared" si="20"/>
         <v>10</v>
       </c>
       <c r="O44" s="18">
         <f t="shared" si="8"/>
         <v>1.7857142857142856E-2</v>
       </c>
     </row>
     <row r="45" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A45" s="13"/>
       <c r="B45" s="22">
         <f t="shared" si="0"/>
-        <v>45924.834209911118</v>
+        <v>46059.219117279288</v>
       </c>
       <c r="C45" s="23"/>
       <c r="D45" s="1" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="F45" s="1">
         <v>6.3</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="H45" s="1" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="J45" s="1">
         <v>42</v>
       </c>
       <c r="K45" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L45" s="15">
         <f t="shared" ref="L45:L46" si="21">VLOOKUP(G45,LessonDays,3,FALSE)*TargetDays</f>
-        <v>2.8523842917251052</v>
+        <v>2.6665416354088523</v>
       </c>
       <c r="M45" s="16">
         <f>SUM($J$6:J45)</f>
         <v>602</v>
       </c>
       <c r="N45" s="17">
         <f t="shared" ref="N45:N46" si="22">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B45)</f>
         <v>10</v>
       </c>
       <c r="O45" s="18">
         <f t="shared" ref="O45:O46" si="23">N45/M45</f>
         <v>1.6611295681063124E-2</v>
       </c>
     </row>
     <row r="46" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A46" s="13"/>
       <c r="B46" s="22">
         <f t="shared" si="0"/>
-        <v>45927.211196820892</v>
+        <v>46061.441235308797</v>
       </c>
       <c r="C46" s="23"/>
       <c r="D46" s="1" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="F46" s="1">
         <v>6.4</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="H46" s="1" t="s">
-        <v>264</v>
+        <v>261</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="J46" s="1">
         <v>9</v>
       </c>
       <c r="K46" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L46" s="15">
         <f t="shared" si="21"/>
-        <v>2.3769869097709213</v>
+        <v>2.222118029507377</v>
       </c>
       <c r="M46" s="16">
         <f>SUM($J$6:J46)</f>
         <v>611</v>
       </c>
       <c r="N46" s="17">
         <f t="shared" si="22"/>
         <v>10</v>
       </c>
       <c r="O46" s="18">
         <f t="shared" si="23"/>
         <v>1.6366612111292964E-2</v>
       </c>
     </row>
     <row r="47" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A47" s="13"/>
       <c r="B47" s="22">
         <f t="shared" si="0"/>
-        <v>45929.588183730666</v>
+        <v>46063.663353338306</v>
       </c>
       <c r="C47" s="23"/>
       <c r="D47" s="1" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="F47" s="1">
         <v>6.5</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="H47" s="1" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="J47" s="1">
         <v>14</v>
       </c>
       <c r="K47" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L47" s="15">
         <f t="shared" ref="L47:L50" si="24">VLOOKUP(G47,LessonDays,3,FALSE)*TargetDays</f>
-        <v>2.3769869097709213</v>
+        <v>2.222118029507377</v>
       </c>
       <c r="M47" s="16">
         <f>SUM($J$6:J47)</f>
         <v>625</v>
       </c>
       <c r="N47" s="17">
         <f t="shared" ref="N47:N50" si="25">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B47)</f>
         <v>10</v>
       </c>
       <c r="O47" s="18">
         <f t="shared" ref="O47:O50" si="26">N47/M47</f>
         <v>1.6E-2</v>
       </c>
     </row>
     <row r="48" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A48" s="13"/>
       <c r="B48" s="22">
         <f t="shared" si="0"/>
-        <v>45931.96517064044</v>
+        <v>46065.885471367816</v>
       </c>
       <c r="C48" s="23"/>
       <c r="D48" s="1" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="F48" s="1">
         <v>6.6</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="H48" s="1" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="I48" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="J48" s="1">
         <v>18</v>
       </c>
       <c r="K48" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L48" s="15">
         <f t="shared" si="24"/>
-        <v>2.3769869097709213</v>
+        <v>2.222118029507377</v>
       </c>
       <c r="M48" s="16">
         <f>SUM($J$6:J48)</f>
         <v>643</v>
       </c>
       <c r="N48" s="17">
         <f t="shared" si="25"/>
         <v>10</v>
       </c>
       <c r="O48" s="18">
         <f t="shared" si="26"/>
         <v>1.5552099533437015E-2</v>
       </c>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A49" s="13"/>
       <c r="B49" s="22">
         <f t="shared" si="0"/>
-        <v>45934.817554932168</v>
+        <v>46068.552013003224</v>
       </c>
       <c r="C49" s="23"/>
       <c r="D49" s="1" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="F49" s="1">
         <v>6.7</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="H49" s="1" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="I49" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="J49" s="1">
         <v>38</v>
       </c>
       <c r="K49" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L49" s="15">
         <f t="shared" si="24"/>
-        <v>2.8523842917251052</v>
+        <v>2.6665416354088523</v>
       </c>
       <c r="M49" s="16">
         <f>SUM($J$6:J49)</f>
         <v>681</v>
       </c>
       <c r="N49" s="17">
         <f t="shared" si="25"/>
         <v>10</v>
       </c>
       <c r="O49" s="18">
         <f t="shared" si="26"/>
         <v>1.4684287812041116E-2</v>
       </c>
     </row>
     <row r="50" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A50" s="13"/>
       <c r="B50" s="22">
         <f t="shared" si="0"/>
-        <v>45935.768349696074</v>
+        <v>46069.440860215029</v>
       </c>
       <c r="C50" s="23"/>
       <c r="D50" s="1" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="F50" s="1">
         <v>6.8</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="H50" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="I50" s="1" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>269</v>
       </c>
       <c r="J50" s="1">
         <v>5</v>
       </c>
       <c r="K50" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L50" s="15">
         <f t="shared" si="24"/>
-        <v>0.95079476390836848</v>
+        <v>0.8888472118029509</v>
       </c>
       <c r="M50" s="16">
         <f>SUM($J$6:J50)</f>
         <v>686</v>
       </c>
       <c r="N50" s="17">
         <f t="shared" si="25"/>
         <v>10</v>
       </c>
       <c r="O50" s="18">
         <f t="shared" si="26"/>
         <v>1.4577259475218658E-2</v>
       </c>
     </row>
     <row r="51" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A51" s="13"/>
       <c r="B51" s="22">
         <f t="shared" si="0"/>
-        <v>45937.194541841935</v>
+        <v>46070.774131032733</v>
       </c>
       <c r="C51" s="23"/>
       <c r="D51" s="1" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="F51" s="1">
         <v>6.9</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="H51" s="1" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="I51" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="J51" s="1">
         <v>27</v>
       </c>
       <c r="K51" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L51" s="15">
         <f t="shared" si="19"/>
-        <v>1.4261921458625526</v>
+        <v>1.3332708177044261</v>
       </c>
       <c r="M51" s="16">
         <f>SUM($J$6:J51)</f>
         <v>713</v>
       </c>
       <c r="N51" s="17">
         <f t="shared" si="20"/>
         <v>10</v>
       </c>
       <c r="O51" s="18">
         <f t="shared" si="8"/>
         <v>1.4025245441795231E-2</v>
       </c>
     </row>
     <row r="52" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A52" s="13"/>
       <c r="B52" s="22">
         <f t="shared" si="0"/>
-        <v>45938.145336605841</v>
+        <v>46071.662978244538</v>
       </c>
       <c r="C52" s="23"/>
       <c r="D52" s="1" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="F52" s="15">
         <v>6.1</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="H52" s="1" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="I52" s="1" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="J52" s="1">
         <v>2</v>
       </c>
       <c r="K52" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L52" s="15">
         <f t="shared" ref="L52" si="27">VLOOKUP(G52,LessonDays,3,FALSE)*TargetDays</f>
-        <v>0.95079476390836848</v>
+        <v>0.8888472118029509</v>
       </c>
       <c r="M52" s="16">
         <f>SUM($J$6:J52)</f>
         <v>715</v>
       </c>
       <c r="N52" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O52" s="18">
         <f t="shared" ref="O52" si="28">N52/M52</f>
         <v>1.3986013986013986E-2</v>
       </c>
     </row>
     <row r="53" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A53" s="13"/>
       <c r="B53" s="30">
         <f t="shared" si="0"/>
-        <v>45940.046926133655</v>
+        <v>46073.440672668141</v>
       </c>
       <c r="C53" s="31"/>
       <c r="D53" s="32" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="E53" s="32"/>
       <c r="F53" s="32"/>
       <c r="G53" s="32" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="H53" s="32"/>
       <c r="I53" s="32"/>
       <c r="J53" s="32"/>
       <c r="K53" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L53" s="34">
         <f t="shared" ref="L53" si="29">VLOOKUP(G53,LessonDays,3,FALSE)*TargetDays</f>
-        <v>1.901589527816737</v>
+        <v>1.7776944236059018</v>
       </c>
       <c r="M53" s="16">
         <f>SUM($J$6:J53)</f>
         <v>715</v>
       </c>
       <c r="N53" s="17">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="O53" s="18">
         <f t="shared" ref="O53" si="30">N53/M53</f>
         <v>1.3986013986013986E-2</v>
       </c>
     </row>
     <row r="54" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B54" s="22"/>
       <c r="C54" s="22"/>
       <c r="G54"/>
       <c r="H54" s="1"/>
       <c r="K54" s="14"/>
       <c r="L54" s="15"/>
       <c r="M54" s="19"/>
       <c r="N54" s="19"/>
       <c r="O54" s="29"/>
     </row>
     <row r="55" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B55" s="40" t="s">
         <v>46</v>
       </c>
       <c r="C55" s="22"/>
       <c r="D55" s="35" t="s">
-        <v>206</v>
+        <v>295</v>
       </c>
       <c r="L55" s="15"/>
     </row>
     <row r="56" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B56" s="40"/>
       <c r="C56" s="22"/>
       <c r="D56" s="35" t="s">
         <v>114</v>
       </c>
       <c r="L56" s="15"/>
     </row>
     <row r="57" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B57" s="22"/>
       <c r="C57" s="22"/>
       <c r="D57" s="41" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="H57" s="1"/>
       <c r="L57" s="15"/>
     </row>
     <row r="58" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B58" s="43"/>
       <c r="C58" s="22"/>
       <c r="D58" s="38"/>
       <c r="H58" s="1"/>
       <c r="L58" s="15"/>
     </row>
     <row r="59" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A59" s="44">
         <f>B90-31</f>
-        <v>45950</v>
+        <v>46077</v>
       </c>
       <c r="B59" s="22">
         <f>info!B4</f>
-        <v>45945</v>
+        <v>46078</v>
       </c>
       <c r="C59" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D59" s="24" t="s">
         <v>70</v>
       </c>
       <c r="H59" s="1"/>
       <c r="L59" s="15"/>
     </row>
     <row r="60" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A60" s="44">
         <f>A59+14</f>
-        <v>45964</v>
+        <v>46091</v>
       </c>
       <c r="B60" s="22">
         <f>B59+14</f>
-        <v>45959</v>
+        <v>46092</v>
       </c>
       <c r="C60" s="22"/>
       <c r="D60" s="25" t="s">
         <v>71</v>
       </c>
       <c r="H60" s="1"/>
       <c r="L60" s="15"/>
     </row>
     <row r="61" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A61" s="44"/>
       <c r="B61" s="22"/>
       <c r="C61" s="22"/>
       <c r="D61" s="26"/>
       <c r="H61" s="1"/>
       <c r="L61" s="15"/>
     </row>
     <row r="62" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A62" s="44">
         <f>A60</f>
-        <v>45964</v>
+        <v>46091</v>
       </c>
       <c r="B62" s="22">
         <f>B90-17</f>
-        <v>45964</v>
+        <v>46091</v>
       </c>
       <c r="C62" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D62" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H62" s="1"/>
       <c r="L62" s="15"/>
     </row>
     <row r="63" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A63" s="44">
         <f>A62+13</f>
-        <v>45977</v>
+        <v>46104</v>
       </c>
       <c r="B63" s="22">
         <f>B62+14</f>
-        <v>45978</v>
+        <v>46105</v>
       </c>
       <c r="C63" s="22"/>
       <c r="D63" s="25" t="s">
         <v>22</v>
       </c>
       <c r="H63" s="1"/>
       <c r="L63" s="15"/>
     </row>
     <row r="64" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A64" s="44"/>
       <c r="B64" s="22"/>
       <c r="C64" s="22"/>
       <c r="D64" s="25" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="H64" s="1"/>
       <c r="L64" s="15"/>
     </row>
     <row r="65" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A65" s="44"/>
       <c r="B65" s="22"/>
       <c r="C65" s="22"/>
       <c r="D65" s="25" t="s">
         <v>68</v>
       </c>
       <c r="H65" s="1"/>
       <c r="L65" s="15"/>
     </row>
     <row r="66" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A66" s="44"/>
       <c r="B66" s="22"/>
       <c r="C66" s="22"/>
       <c r="D66" s="25" t="s">
         <v>17</v>
       </c>
       <c r="H66" s="1"/>
       <c r="L66" s="15"/>
     </row>
     <row r="67" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A67" s="44"/>
       <c r="B67" s="22"/>
       <c r="C67" s="22"/>
       <c r="D67" s="25" t="s">
         <v>73</v>
       </c>
       <c r="H67" s="1"/>
       <c r="L67" s="15"/>
     </row>
     <row r="68" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A68" s="44"/>
       <c r="B68" s="22"/>
       <c r="C68" s="22"/>
       <c r="D68" s="25"/>
       <c r="H68" s="1"/>
       <c r="L68" s="15"/>
     </row>
     <row r="69" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A69" s="44">
         <f>A62</f>
-        <v>45964</v>
+        <v>46091</v>
       </c>
       <c r="B69" s="22">
         <f>B90-17</f>
-        <v>45964</v>
+        <v>46091</v>
       </c>
       <c r="C69" s="22"/>
       <c r="D69" s="24" t="s">
         <v>138</v>
       </c>
       <c r="H69" s="1"/>
       <c r="L69" s="15"/>
     </row>
     <row r="70" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A70" s="44"/>
       <c r="B70" s="22"/>
       <c r="C70" s="22"/>
       <c r="D70" s="25"/>
       <c r="H70" s="1"/>
       <c r="L70" s="15"/>
     </row>
     <row r="71" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A71" s="44">
         <f>A59</f>
-        <v>45950</v>
+        <v>46077</v>
       </c>
       <c r="B71" s="22">
         <f>info!B4</f>
-        <v>45945</v>
+        <v>46078</v>
       </c>
       <c r="C71" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D71" s="28" t="s">
         <v>24</v>
       </c>
       <c r="H71" s="1"/>
       <c r="L71" s="15"/>
     </row>
     <row r="72" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A72" s="44">
         <f>A71+23</f>
-        <v>45973</v>
+        <v>46100</v>
       </c>
       <c r="B72" s="22">
         <f>B90-8</f>
-        <v>45973</v>
+        <v>46100</v>
       </c>
       <c r="C72" s="22"/>
       <c r="D72" s="25" t="str">
         <f>"Start using these no later than "&amp;TEXT(B71,"mm/d")</f>
-        <v>Start using these no later than 10/15</v>
+        <v>Start using these no later than 02/25</v>
       </c>
       <c r="H72" s="1"/>
       <c r="L72" s="15"/>
     </row>
     <row r="73" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A73" s="44"/>
       <c r="B73" s="22"/>
       <c r="C73" s="22"/>
       <c r="D73" s="27" t="s">
         <v>119</v>
       </c>
       <c r="H73" s="1"/>
       <c r="L73" s="15"/>
     </row>
     <row r="74" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A74" s="44"/>
       <c r="B74" s="22"/>
       <c r="C74" s="22"/>
       <c r="D74" s="27" t="s">
         <v>18</v>
       </c>
       <c r="H74" s="1"/>
       <c r="L74" s="15"/>
     </row>
     <row r="75" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A75" s="44"/>
       <c r="B75" s="22"/>
       <c r="C75" s="22"/>
       <c r="D75" s="27" t="s">
         <v>23</v>
       </c>
       <c r="H75" s="1"/>
       <c r="L75" s="15"/>
     </row>
     <row r="76" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A76" s="44"/>
       <c r="B76" s="22"/>
       <c r="C76" s="22"/>
       <c r="D76" s="26"/>
       <c r="H76" s="1"/>
       <c r="L76" s="15"/>
     </row>
     <row r="77" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A77" s="44">
         <f>A72-2</f>
-        <v>45971</v>
+        <v>46098</v>
       </c>
       <c r="B77" s="22">
         <f>B90-10</f>
-        <v>45971</v>
+        <v>46098</v>
       </c>
       <c r="C77" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D77" s="24" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="H77" s="1"/>
       <c r="L77" s="15"/>
     </row>
     <row r="78" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A78" s="44">
         <f>A77+7</f>
-        <v>45978</v>
+        <v>46105</v>
       </c>
       <c r="B78" s="22">
         <f>B77+7</f>
-        <v>45978</v>
+        <v>46105</v>
       </c>
       <c r="C78" s="22"/>
       <c r="D78" s="27" t="s">
         <v>78</v>
       </c>
       <c r="H78" s="1"/>
       <c r="L78" s="15"/>
     </row>
     <row r="79" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A79" s="44"/>
       <c r="B79" s="22"/>
       <c r="C79" s="22"/>
       <c r="D79" s="25" t="s">
         <v>74</v>
       </c>
       <c r="H79" s="1"/>
       <c r="L79" s="15"/>
     </row>
     <row r="80" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A80" s="44"/>
       <c r="B80" s="22"/>
       <c r="C80" s="22"/>
       <c r="D80" s="25" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="H80" s="1"/>
       <c r="L80" s="15"/>
     </row>
     <row r="81" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A81" s="44"/>
       <c r="B81" s="22"/>
       <c r="C81" s="22"/>
       <c r="D81" s="25" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="H81" s="1"/>
       <c r="L81" s="15"/>
     </row>
     <row r="82" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A82" s="44"/>
       <c r="B82" s="22"/>
       <c r="C82" s="22"/>
       <c r="D82" s="25" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="H82" s="1"/>
       <c r="L82" s="15"/>
     </row>
     <row r="83" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A83" s="44"/>
       <c r="B83" s="22"/>
       <c r="C83" s="22"/>
       <c r="D83" s="27"/>
       <c r="H83" s="1"/>
       <c r="L83" s="15"/>
     </row>
     <row r="84" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A84" s="44">
         <f>A72</f>
-        <v>45973</v>
+        <v>46100</v>
       </c>
       <c r="B84" s="22">
         <f>B90-8</f>
-        <v>45973</v>
+        <v>46100</v>
       </c>
       <c r="C84" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D84" s="24" t="s">
         <v>75</v>
       </c>
       <c r="H84" s="1"/>
       <c r="L84" s="15"/>
     </row>
     <row r="85" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A85" s="44">
         <f>A84+7</f>
-        <v>45980</v>
+        <v>46107</v>
       </c>
       <c r="B85" s="22">
         <f>B84+7</f>
-        <v>45980</v>
+        <v>46107</v>
       </c>
       <c r="C85" s="22"/>
       <c r="D85" s="27" t="s">
         <v>76</v>
       </c>
       <c r="H85" s="1"/>
       <c r="L85" s="15"/>
     </row>
     <row r="86" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A86" s="22"/>
       <c r="B86" s="22"/>
       <c r="C86" s="22"/>
       <c r="D86" s="27" t="s">
         <v>79</v>
       </c>
       <c r="H86" s="1"/>
       <c r="L86" s="15"/>
     </row>
     <row r="87" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A87" s="22"/>
       <c r="B87" s="22"/>
       <c r="C87" s="22"/>
       <c r="D87" s="27" t="s">
         <v>80</v>
       </c>
       <c r="H87" s="1"/>
       <c r="L87" s="15"/>
     </row>
     <row r="88" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A88" s="22"/>
       <c r="B88" s="22"/>
       <c r="C88" s="22"/>
       <c r="D88" s="25" t="s">
         <v>77</v>
       </c>
       <c r="H88" s="1"/>
       <c r="L88" s="15"/>
     </row>
     <row r="89" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A89" s="22"/>
       <c r="B89" s="22"/>
       <c r="C89" s="22"/>
       <c r="D89" s="27"/>
       <c r="H89" s="1"/>
       <c r="L89" s="15"/>
     </row>
     <row r="90" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A90" s="42"/>
       <c r="B90" s="42">
-        <v>45981</v>
+        <v>46108</v>
       </c>
       <c r="C90" s="37"/>
       <c r="D90" s="35" t="s">
         <v>66</v>
       </c>
       <c r="H90" s="1"/>
       <c r="L90" s="15"/>
     </row>
     <row r="91" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A91" s="22"/>
       <c r="B91" s="22"/>
       <c r="C91" s="22"/>
       <c r="D91" s="26"/>
       <c r="H91" s="1"/>
       <c r="L91" s="15"/>
     </row>
     <row r="92" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A92" s="22"/>
-      <c r="B92" s="22">
-        <v>45983</v>
+      <c r="B92" s="49" t="s">
+        <v>296</v>
       </c>
       <c r="C92" s="22"/>
       <c r="D92" s="24" t="s">
         <v>65</v>
       </c>
       <c r="H92" s="1"/>
       <c r="L92" s="15"/>
     </row>
     <row r="93" spans="1:12" x14ac:dyDescent="0.45">
       <c r="H93" s="1"/>
       <c r="L93" s="15"/>
     </row>
     <row r="94" spans="1:12" x14ac:dyDescent="0.45">
       <c r="L94" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="I1:J1"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K6:K54" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"No,Yes"</formula1>
     </dataValidation>
   </dataValidations>
@@ -9427,51 +9434,51 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="64" fitToHeight="0" orientation="landscape" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri,Regular"&amp;K000000TIA Suggested Study Schedule - CP 321 Fall 2025&amp;R&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddHeader>
     <oddFooter>&amp;L&amp;"Calibri,Regular"&amp;K000000© 2025 The Infinite Actuary, LLC&amp;R&amp;"Calibri,Regular"&amp;K000000Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="53" max="11" man="1"/>
   </rowBreaks>
   <ignoredErrors>
     <ignoredError sqref="A83:A90 A59:A79" unlockedFormula="1"/>
   </ignoredErrors>
   <drawing r:id="rId3"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="B58"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="70" zoomScaleNormal="70" zoomScalePageLayoutView="80" workbookViewId="0"/>
+    <sheetView showGridLines="0" topLeftCell="A18" zoomScale="70" zoomScaleNormal="70" zoomScalePageLayoutView="80" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.796875" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <sheetData>
     <row r="58" spans="2:2" x14ac:dyDescent="0.45">
       <c r="B58" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="49" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri,Regular"&amp;K000000TIA Suggested Study Schedule - CP 321 Fall 2025&amp;R&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddHeader>
     <oddFooter>&amp;L&amp;"Calibri,Regular"&amp;K000000© 2025 The Infinite Actuary, LLC&amp;R&amp;"Calibri,Regular"&amp;K000000Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
@@ -9489,54 +9496,54 @@
       <selection pane="bottomLeft" activeCell="L107" sqref="L107"/>
       <selection pane="bottomRight" activeCell="L107" sqref="L107"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.796875" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="3.46484375" style="1" customWidth="1"/>
     <col min="2" max="3" width="11.46484375" style="1" customWidth="1"/>
     <col min="4" max="4" width="20.19921875" style="1" customWidth="1"/>
     <col min="5" max="5" width="18.73046875" style="1" customWidth="1"/>
     <col min="6" max="6" width="9.73046875" style="1" customWidth="1"/>
     <col min="7" max="7" width="53.73046875" style="1" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="17.19921875" style="6" customWidth="1"/>
     <col min="9" max="9" width="12.796875" style="1" customWidth="1"/>
     <col min="10" max="10" width="8.796875" style="1"/>
     <col min="11" max="11" width="14.46484375" style="1" customWidth="1"/>
     <col min="12" max="15" width="8.73046875" style="1" bestFit="1" customWidth="1"/>
     <col min="16" max="16384" width="8.796875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="23.25" customHeight="1" x14ac:dyDescent="0.7">
       <c r="D1" s="2">
         <v>44920</v>
       </c>
       <c r="H1" s="3"/>
-      <c r="I1" s="49" t="s">
+      <c r="I1" s="50" t="s">
         <v>1</v>
       </c>
-      <c r="J1" s="50"/>
+      <c r="J1" s="51"/>
       <c r="K1" s="4">
         <f>K3/K2</f>
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.45">
       <c r="H2" s="3"/>
       <c r="I2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="K2" s="5">
         <f>SUM(J6:J102)</f>
         <v>1298</v>
       </c>
     </row>
     <row r="3" spans="1:15" x14ac:dyDescent="0.45">
       <c r="H3" s="3"/>
       <c r="I3" s="1" t="s">
         <v>3</v>
       </c>
       <c r="K3" s="1">
         <f>SUMIF(K6:K102,"Yes",J6:J102)</f>
         <v>0</v>
       </c>
     </row>
@@ -10156,51 +10163,51 @@
       </c>
     </row>
     <row r="19" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A19" s="13"/>
       <c r="B19" s="30" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C19" s="31"/>
       <c r="D19" s="32" t="s">
         <v>173</v>
       </c>
       <c r="E19" s="32"/>
       <c r="F19" s="32"/>
       <c r="G19" s="32" t="s">
         <v>59</v>
       </c>
       <c r="H19" s="32"/>
       <c r="I19" s="32"/>
       <c r="J19" s="32"/>
       <c r="K19" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L19" s="34">
         <f t="shared" ref="L19:L42" si="10">VLOOKUP(G19,LessonDaysDouble,3,FALSE)*TargetDays</f>
-        <v>0.95079476390836848</v>
+        <v>0.8888472118029509</v>
       </c>
       <c r="M19" s="16">
         <f>SUM($J$6:J19)</f>
         <v>178</v>
       </c>
       <c r="N19" s="17">
         <f t="shared" ref="N19:N42" si="11">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B19)</f>
         <v>0</v>
       </c>
       <c r="O19" s="18">
         <f t="shared" ref="O19:O54" si="12">N19/M19</f>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A20" s="13"/>
       <c r="B20" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C20" s="23"/>
       <c r="D20" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F20" s="1">
@@ -10689,51 +10696,51 @@
       </c>
     </row>
     <row r="31" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A31" s="13"/>
       <c r="B31" s="30" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C31" s="31"/>
       <c r="D31" s="32" t="s">
         <v>186</v>
       </c>
       <c r="E31" s="32"/>
       <c r="F31" s="32"/>
       <c r="G31" s="32" t="s">
         <v>60</v>
       </c>
       <c r="H31" s="32"/>
       <c r="I31" s="32"/>
       <c r="J31" s="32"/>
       <c r="K31" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L31" s="34">
         <f t="shared" si="10"/>
-        <v>0.95079476390836848</v>
+        <v>0.8888472118029509</v>
       </c>
       <c r="M31" s="16">
         <f>SUM($J$6:J31)</f>
         <v>309</v>
       </c>
       <c r="N31" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="O31" s="18">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A32" s="13"/>
       <c r="B32" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C32" s="23"/>
       <c r="D32" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F32" s="1">
@@ -11177,51 +11184,51 @@
       </c>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A42" s="13"/>
       <c r="B42" s="30" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C42" s="31"/>
       <c r="D42" s="32" t="s">
         <v>172</v>
       </c>
       <c r="E42" s="32"/>
       <c r="F42" s="32"/>
       <c r="G42" s="32" t="s">
         <v>61</v>
       </c>
       <c r="H42" s="32"/>
       <c r="I42" s="32"/>
       <c r="J42" s="32"/>
       <c r="K42" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L42" s="34">
         <f t="shared" si="10"/>
-        <v>0.95079476390836848</v>
+        <v>0.8888472118029509</v>
       </c>
       <c r="M42" s="16">
         <f>SUM($J$6:J42)</f>
         <v>474</v>
       </c>
       <c r="N42" s="17">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="O42" s="18">
         <f t="shared" ref="O42" si="21">N42/M42</f>
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A43" s="13"/>
       <c r="B43" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C43" s="23"/>
       <c r="D43" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F43" s="1">
@@ -11627,134 +11634,134 @@
       </c>
       <c r="C52" s="23"/>
       <c r="D52" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F52" s="15">
         <v>4.0999999999999996</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>83</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>86</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J52" s="1">
         <v>8</v>
       </c>
       <c r="K52" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L52" s="15">
         <f t="shared" si="25"/>
-        <v>0.47539738195418424</v>
+        <v>0.44442360590147545</v>
       </c>
       <c r="M52" s="16">
         <f>SUM($J$6:J52)</f>
         <v>638</v>
       </c>
       <c r="N52" s="17">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="O52" s="18">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A53" s="13"/>
       <c r="B53" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C53" s="23"/>
       <c r="D53" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F53" s="1">
         <v>4.1100000000000003</v>
       </c>
       <c r="G53" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H53" s="1" t="s">
         <v>85</v>
       </c>
       <c r="I53" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J53" s="1">
         <v>11</v>
       </c>
       <c r="K53" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L53" s="15">
         <f t="shared" si="25"/>
-        <v>0.47539738195418424</v>
+        <v>0.44442360590147545</v>
       </c>
       <c r="M53" s="16">
         <f>SUM($J$6:J53)</f>
         <v>649</v>
       </c>
       <c r="N53" s="17">
         <f t="shared" si="28"/>
         <v>0</v>
       </c>
       <c r="O53" s="18">
         <f t="shared" si="29"/>
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A54" s="13"/>
       <c r="B54" s="30" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C54" s="31"/>
       <c r="D54" s="32" t="s">
         <v>171</v>
       </c>
       <c r="E54" s="32"/>
       <c r="F54" s="32"/>
       <c r="G54" s="32" t="s">
         <v>170</v>
       </c>
       <c r="H54" s="32"/>
       <c r="I54" s="32"/>
       <c r="J54" s="32"/>
       <c r="K54" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L54" s="34">
         <f t="shared" ref="L54:L91" si="30">VLOOKUP(G54,LessonDaysDouble,3,FALSE)*TargetDays</f>
-        <v>0.95079476390836848</v>
+        <v>0.8888472118029509</v>
       </c>
       <c r="M54" s="16">
         <f>SUM($J$6:J54)</f>
         <v>649</v>
       </c>
       <c r="N54" s="17">
         <f t="shared" ref="N54" si="31">SUMIFS(PgCnt,CompFlag,"Yes",ActFDate,"&lt;="&amp;B54)</f>
         <v>0</v>
       </c>
       <c r="O54" s="18">
         <f t="shared" si="12"/>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A55" s="13"/>
       <c r="B55" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C55" s="23"/>
       <c r="D55" s="1" t="s">
         <v>173</v>
       </c>
       <c r="F55" s="1">
@@ -12288,51 +12295,51 @@
       </c>
     </row>
     <row r="67" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A67" s="13"/>
       <c r="B67" s="30" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C67" s="31"/>
       <c r="D67" s="32" t="s">
         <v>173</v>
       </c>
       <c r="E67" s="32"/>
       <c r="F67" s="32"/>
       <c r="G67" s="32" t="s">
         <v>59</v>
       </c>
       <c r="H67" s="32"/>
       <c r="I67" s="32"/>
       <c r="J67" s="32"/>
       <c r="K67" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L67" s="34">
         <f t="shared" si="30"/>
-        <v>0.95079476390836848</v>
+        <v>0.8888472118029509</v>
       </c>
       <c r="M67" s="16">
         <f>SUM($J$6:J67)</f>
         <v>827</v>
       </c>
       <c r="N67" s="17">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="O67" s="18">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A68" s="13"/>
       <c r="B68" s="22" t="e">
         <f t="shared" si="0"/>
         <v>#N/A</v>
       </c>
       <c r="C68" s="23"/>
       <c r="D68" s="1" t="s">
         <v>186</v>
       </c>
       <c r="F68" s="1">
@@ -12821,51 +12828,51 @@
       </c>
     </row>
     <row r="79" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A79" s="13"/>
       <c r="B79" s="30" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C79" s="31"/>
       <c r="D79" s="32" t="s">
         <v>186</v>
       </c>
       <c r="E79" s="32"/>
       <c r="F79" s="32"/>
       <c r="G79" s="32" t="s">
         <v>60</v>
       </c>
       <c r="H79" s="32"/>
       <c r="I79" s="32"/>
       <c r="J79" s="32"/>
       <c r="K79" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L79" s="34">
         <f t="shared" ref="L79" si="44">VLOOKUP(G79,LessonDaysDouble,3,FALSE)*TargetDays</f>
-        <v>0.95079476390836848</v>
+        <v>0.8888472118029509</v>
       </c>
       <c r="M79" s="16">
         <f>SUM($J$6:J79)</f>
         <v>958</v>
       </c>
       <c r="N79" s="17">
         <f t="shared" si="41"/>
         <v>0</v>
       </c>
       <c r="O79" s="18">
         <f t="shared" si="42"/>
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A80" s="13"/>
       <c r="B80" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C80" s="23"/>
       <c r="D80" s="1" t="s">
         <v>172</v>
       </c>
       <c r="F80" s="1">
@@ -13309,51 +13316,51 @@
       </c>
     </row>
     <row r="90" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A90" s="13"/>
       <c r="B90" s="30" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C90" s="31"/>
       <c r="D90" s="32" t="s">
         <v>172</v>
       </c>
       <c r="E90" s="32"/>
       <c r="F90" s="32"/>
       <c r="G90" s="32" t="s">
         <v>61</v>
       </c>
       <c r="H90" s="32"/>
       <c r="I90" s="32"/>
       <c r="J90" s="32"/>
       <c r="K90" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L90" s="34">
         <f t="shared" si="30"/>
-        <v>0.95079476390836848</v>
+        <v>0.8888472118029509</v>
       </c>
       <c r="M90" s="16">
         <f>SUM($J$6:J90)</f>
         <v>1123</v>
       </c>
       <c r="N90" s="17">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="O90" s="18">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A91" s="13"/>
       <c r="B91" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C91" s="23"/>
       <c r="D91" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F91" s="1">
@@ -13759,245 +13766,245 @@
       </c>
       <c r="C100" s="23"/>
       <c r="D100" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F100" s="15">
         <v>4.0999999999999996</v>
       </c>
       <c r="G100" s="1" t="s">
         <v>83</v>
       </c>
       <c r="H100" s="1" t="s">
         <v>86</v>
       </c>
       <c r="I100" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J100" s="1">
         <v>8</v>
       </c>
       <c r="K100" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L100" s="15">
         <f t="shared" si="48"/>
-        <v>0.47539738195418424</v>
+        <v>0.44442360590147545</v>
       </c>
       <c r="M100" s="16">
         <f>SUM($J$6:J100)</f>
         <v>1287</v>
       </c>
       <c r="N100" s="17">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
       <c r="O100" s="18">
         <f t="shared" si="52"/>
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A101" s="13"/>
       <c r="B101" s="22" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C101" s="23"/>
       <c r="D101" s="1" t="s">
         <v>171</v>
       </c>
       <c r="F101" s="1">
         <v>4.1100000000000003</v>
       </c>
       <c r="G101" s="1" t="s">
         <v>84</v>
       </c>
       <c r="H101" s="1" t="s">
         <v>85</v>
       </c>
       <c r="I101" s="1" t="s">
         <v>63</v>
       </c>
       <c r="J101" s="1">
         <v>11</v>
       </c>
       <c r="K101" s="14" t="s">
         <v>10</v>
       </c>
       <c r="L101" s="15">
         <f t="shared" si="48"/>
-        <v>0.47539738195418424</v>
+        <v>0.44442360590147545</v>
       </c>
       <c r="M101" s="16">
         <f>SUM($J$6:J101)</f>
         <v>1298</v>
       </c>
       <c r="N101" s="17">
         <f t="shared" si="51"/>
         <v>0</v>
       </c>
       <c r="O101" s="18">
         <f t="shared" si="52"/>
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:15" x14ac:dyDescent="0.45">
       <c r="A102" s="13"/>
       <c r="B102" s="30" t="e">
         <f t="shared" si="43"/>
         <v>#N/A</v>
       </c>
       <c r="C102" s="31"/>
       <c r="D102" s="32" t="s">
         <v>171</v>
       </c>
       <c r="E102" s="32"/>
       <c r="F102" s="32"/>
       <c r="G102" s="32" t="s">
         <v>170</v>
       </c>
       <c r="H102" s="32"/>
       <c r="I102" s="32"/>
       <c r="J102" s="32"/>
       <c r="K102" s="33" t="s">
         <v>10</v>
       </c>
       <c r="L102" s="34">
         <f t="shared" ref="L102" si="53">VLOOKUP(G102,LessonDaysDouble,3,FALSE)*TargetDays</f>
-        <v>0.95079476390836848</v>
+        <v>0.8888472118029509</v>
       </c>
       <c r="M102" s="16">
         <f>SUM($J$6:J102)</f>
         <v>1298</v>
       </c>
       <c r="N102" s="17">
         <f t="shared" si="32"/>
         <v>0</v>
       </c>
       <c r="O102" s="18">
         <f t="shared" si="33"/>
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B103" s="22"/>
       <c r="C103" s="22"/>
       <c r="H103" s="1"/>
       <c r="K103" s="14"/>
       <c r="L103" s="15"/>
       <c r="M103" s="19"/>
       <c r="N103" s="19"/>
       <c r="O103" s="29"/>
     </row>
     <row r="104" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B104" s="40" t="s">
         <v>46</v>
       </c>
       <c r="C104" s="22"/>
       <c r="D104" s="35" t="str">
         <f>Schedule!D55</f>
-        <v>Make sure you are registered for the exam through the SOA as soon as possible! (deadline is September 29)</v>
+        <v>Make sure you are registered for the exam through the SOA as soon as possible! (deadline is February 16)</v>
       </c>
       <c r="L104" s="15"/>
     </row>
     <row r="105" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B105" s="40"/>
       <c r="C105" s="22"/>
       <c r="D105" s="35" t="str">
         <f>Schedule!D56</f>
         <v>After you register with the SOA, you will then have to register with the computer center, Prometric.  Spots may fill up, so do this ASAP!</v>
       </c>
       <c r="L105" s="15"/>
     </row>
     <row r="106" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B106" s="22"/>
       <c r="C106" s="22"/>
       <c r="D106" s="41" t="s">
         <v>64</v>
       </c>
       <c r="H106" s="1"/>
       <c r="L106" s="15"/>
     </row>
     <row r="107" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B107" s="43"/>
       <c r="C107" s="22"/>
       <c r="D107" s="38"/>
       <c r="H107" s="1"/>
       <c r="L107" s="15"/>
     </row>
     <row r="108" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B108" s="22">
         <f>Schedule!B59</f>
-        <v>45945</v>
+        <v>46078</v>
       </c>
       <c r="C108" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D108" s="24" t="s">
         <v>70</v>
       </c>
       <c r="H108" s="1"/>
       <c r="L108" s="15"/>
     </row>
     <row r="109" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B109" s="22">
         <f>Schedule!B60</f>
-        <v>45959</v>
+        <v>46092</v>
       </c>
       <c r="C109" s="22"/>
       <c r="D109" s="25" t="s">
         <v>71</v>
       </c>
       <c r="H109" s="1"/>
       <c r="L109" s="15"/>
     </row>
     <row r="110" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B110" s="22"/>
       <c r="C110" s="22"/>
       <c r="D110" s="26"/>
       <c r="H110" s="1"/>
       <c r="L110" s="15"/>
     </row>
     <row r="111" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B111" s="22">
         <f>Schedule!B62</f>
-        <v>45964</v>
+        <v>46091</v>
       </c>
       <c r="C111" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D111" s="24" t="s">
         <v>72</v>
       </c>
       <c r="H111" s="1"/>
       <c r="L111" s="15"/>
     </row>
     <row r="112" spans="1:15" x14ac:dyDescent="0.45">
       <c r="B112" s="22">
         <f>Schedule!B63</f>
-        <v>45978</v>
+        <v>46105</v>
       </c>
       <c r="C112" s="22"/>
       <c r="D112" s="25" t="s">
         <v>22</v>
       </c>
       <c r="H112" s="1"/>
       <c r="L112" s="15"/>
     </row>
     <row r="113" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B113" s="22"/>
       <c r="C113" s="22"/>
       <c r="D113" s="25" t="s">
         <v>137</v>
       </c>
       <c r="H113" s="1"/>
       <c r="L113" s="15"/>
     </row>
     <row r="114" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B114" s="22"/>
       <c r="C114" s="22"/>
       <c r="D114" s="25" t="s">
         <v>68</v>
       </c>
       <c r="H114" s="1"/>
       <c r="L114" s="15"/>
@@ -14008,261 +14015,261 @@
       <c r="D115" s="25" t="s">
         <v>17</v>
       </c>
       <c r="H115" s="1"/>
       <c r="L115" s="15"/>
     </row>
     <row r="116" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B116" s="22"/>
       <c r="C116" s="22"/>
       <c r="D116" s="25" t="s">
         <v>73</v>
       </c>
       <c r="H116" s="1"/>
       <c r="L116" s="15"/>
     </row>
     <row r="117" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B117" s="22"/>
       <c r="C117" s="22"/>
       <c r="D117" s="25"/>
       <c r="H117" s="1"/>
       <c r="L117" s="15"/>
     </row>
     <row r="118" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B118" s="22">
         <f>Schedule!B69</f>
-        <v>45964</v>
+        <v>46091</v>
       </c>
       <c r="C118" s="22"/>
       <c r="D118" s="24" t="s">
         <v>138</v>
       </c>
       <c r="H118" s="1"/>
       <c r="L118" s="15"/>
     </row>
     <row r="119" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B119" s="22"/>
       <c r="C119" s="22"/>
       <c r="D119" s="25"/>
       <c r="H119" s="1"/>
       <c r="L119" s="15"/>
     </row>
     <row r="120" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B120" s="22">
         <f>Schedule!B71</f>
-        <v>45945</v>
+        <v>46078</v>
       </c>
       <c r="C120" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D120" s="28" t="s">
         <v>24</v>
       </c>
       <c r="H120" s="1"/>
       <c r="L120" s="15"/>
     </row>
     <row r="121" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B121" s="22">
         <f>Schedule!B72</f>
-        <v>45973</v>
+        <v>46100</v>
       </c>
       <c r="C121" s="22"/>
       <c r="D121" s="25" t="str">
         <f>"Start using these no later than "&amp;TEXT(B120,"mm/d")</f>
-        <v>Start using these no later than 10/15</v>
+        <v>Start using these no later than 02/25</v>
       </c>
       <c r="H121" s="1"/>
       <c r="L121" s="15"/>
     </row>
     <row r="122" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B122" s="22"/>
       <c r="C122" s="22"/>
       <c r="D122" s="27" t="s">
         <v>119</v>
       </c>
       <c r="H122" s="1"/>
       <c r="L122" s="15"/>
     </row>
     <row r="123" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B123" s="22"/>
       <c r="C123" s="22"/>
       <c r="D123" s="27" t="s">
         <v>18</v>
       </c>
       <c r="H123" s="1"/>
       <c r="L123" s="15"/>
     </row>
     <row r="124" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B124" s="22"/>
       <c r="C124" s="22"/>
       <c r="D124" s="27" t="s">
         <v>23</v>
       </c>
       <c r="H124" s="1"/>
       <c r="L124" s="15"/>
     </row>
     <row r="125" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B125" s="22"/>
       <c r="C125" s="22"/>
       <c r="D125" s="26"/>
       <c r="H125" s="1"/>
       <c r="L125" s="15"/>
     </row>
     <row r="126" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B126" s="22">
         <f>Schedule!B77</f>
-        <v>45971</v>
+        <v>46098</v>
       </c>
       <c r="C126" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D126" s="24" t="s">
         <v>139</v>
       </c>
       <c r="H126" s="1"/>
       <c r="L126" s="15"/>
     </row>
     <row r="127" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B127" s="22">
         <f>Schedule!B78</f>
-        <v>45978</v>
+        <v>46105</v>
       </c>
       <c r="C127" s="22"/>
       <c r="D127" s="27" t="s">
         <v>78</v>
       </c>
       <c r="H127" s="1"/>
       <c r="L127" s="15"/>
     </row>
     <row r="128" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B128" s="22"/>
       <c r="C128" s="22"/>
       <c r="D128" s="25" t="s">
         <v>74</v>
       </c>
       <c r="H128" s="1"/>
       <c r="L128" s="15"/>
     </row>
     <row r="129" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B129" s="22"/>
       <c r="C129" s="22"/>
       <c r="D129" s="25" t="s">
         <v>118</v>
       </c>
       <c r="H129" s="1"/>
       <c r="L129" s="15"/>
     </row>
     <row r="130" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B130" s="22"/>
       <c r="C130" s="22"/>
       <c r="D130" s="27"/>
       <c r="H130" s="1"/>
       <c r="L130" s="15"/>
     </row>
     <row r="131" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B131" s="22">
         <f>Schedule!B84</f>
-        <v>45973</v>
+        <v>46100</v>
       </c>
       <c r="C131" s="22" t="s">
         <v>69</v>
       </c>
       <c r="D131" s="24" t="s">
         <v>75</v>
       </c>
       <c r="H131" s="1"/>
       <c r="L131" s="15"/>
     </row>
     <row r="132" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B132" s="22">
         <f>Schedule!B85</f>
-        <v>45980</v>
+        <v>46107</v>
       </c>
       <c r="C132" s="22"/>
       <c r="D132" s="27" t="s">
         <v>76</v>
       </c>
       <c r="H132" s="1"/>
       <c r="L132" s="15"/>
     </row>
     <row r="133" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B133" s="22"/>
       <c r="C133" s="22"/>
       <c r="D133" s="27" t="s">
         <v>79</v>
       </c>
       <c r="H133" s="1"/>
       <c r="L133" s="15"/>
     </row>
     <row r="134" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B134" s="22"/>
       <c r="C134" s="22"/>
       <c r="D134" s="27" t="s">
         <v>80</v>
       </c>
       <c r="H134" s="1"/>
       <c r="L134" s="15"/>
     </row>
     <row r="135" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B135" s="22"/>
       <c r="C135" s="22"/>
       <c r="D135" s="25" t="s">
         <v>77</v>
       </c>
       <c r="H135" s="1"/>
       <c r="L135" s="15"/>
     </row>
     <row r="136" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B136" s="22"/>
       <c r="C136" s="22"/>
       <c r="D136" s="27"/>
       <c r="H136" s="1"/>
       <c r="L136" s="15"/>
     </row>
     <row r="137" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B137" s="42">
         <f>Schedule!B90</f>
-        <v>45981</v>
+        <v>46108</v>
       </c>
       <c r="C137" s="37"/>
       <c r="D137" s="35" t="s">
         <v>66</v>
       </c>
       <c r="H137" s="1"/>
       <c r="L137" s="15"/>
     </row>
     <row r="138" spans="2:12" x14ac:dyDescent="0.45">
       <c r="B138" s="22"/>
       <c r="C138" s="22"/>
       <c r="D138" s="26"/>
       <c r="H138" s="1"/>
       <c r="L138" s="15"/>
     </row>
     <row r="139" spans="2:12" x14ac:dyDescent="0.45">
-      <c r="B139" s="22">
+      <c r="B139" s="22" t="str">
         <f>Schedule!B92</f>
-        <v>45983</v>
+        <v>Post Exam</v>
       </c>
       <c r="C139" s="22"/>
       <c r="D139" s="24" t="s">
         <v>65</v>
       </c>
       <c r="H139" s="1"/>
       <c r="L139" s="15"/>
     </row>
     <row r="140" spans="2:12" x14ac:dyDescent="0.45">
       <c r="H140" s="1"/>
       <c r="L140" s="15"/>
     </row>
     <row r="141" spans="2:12" x14ac:dyDescent="0.45">
       <c r="L141" s="15"/>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="I1:J1"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K6:K103" xr:uid="{00000000-0002-0000-0300-000000000000}">
       <formula1>"No,Yes"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
@@ -14293,87 +14300,87 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.796875" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <sheetData>
     <row r="58" spans="2:2" x14ac:dyDescent="0.45">
       <c r="B58" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="83" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;L&amp;"Calibri,Regular"&amp;K000000TIA Suggested Study Schedule - GH RM Spring 2023&amp;R&amp;"Calibri,Regular"&amp;K000000www.theinfiniteactuary.com</oddHeader>
     <oddFooter>&amp;L&amp;"Calibri,Regular"&amp;K000000© 2023 The Infinite Actuary, LLC&amp;R&amp;"Calibri,Regular"&amp;K000000Page &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A2:K87"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B4" sqref="B4"/>
+      <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="11.46484375" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="17.73046875" customWidth="1"/>
     <col min="6" max="6" width="65.53125" customWidth="1"/>
     <col min="9" max="9" width="52.53125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A2" t="s">
         <v>27</v>
       </c>
       <c r="B2" s="39">
         <f>StartDate</f>
-        <v>45853</v>
+        <v>45992</v>
       </c>
     </row>
     <row r="3" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A3" t="s">
         <v>31</v>
       </c>
       <c r="B3" s="39">
         <f>B4-7</f>
-        <v>45938</v>
+        <v>46071</v>
       </c>
       <c r="I3" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" s="39">
-        <v>45945</v>
+        <v>46078</v>
       </c>
       <c r="G4">
         <f>SUM(G6:G55)</f>
         <v>46.5</v>
       </c>
       <c r="J4">
         <f>SUM(J6:J55)*2</f>
         <v>93</v>
       </c>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A5" t="s">
         <v>33</v>
       </c>
       <c r="B5">
         <f>B4-B3</f>
         <v>7</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>25</v>
       </c>
       <c r="H5" t="s">
@@ -14396,489 +14403,489 @@
       </c>
       <c r="F6" t="s">
         <v>21</v>
       </c>
       <c r="G6">
         <v>0.5</v>
       </c>
       <c r="H6">
         <f>G6/$G$4</f>
         <v>1.0752688172043012E-2</v>
       </c>
       <c r="I6" t="s">
         <v>21</v>
       </c>
       <c r="J6">
         <v>0.5</v>
       </c>
       <c r="K6">
         <f>J6/$J$4</f>
         <v>5.3763440860215058E-3</v>
       </c>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.45">
       <c r="B7" s="39"/>
       <c r="F7" s="1" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7">
         <f t="shared" ref="H7:H55" si="0">G7/$G$4</f>
         <v>2.1505376344086023E-2</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="J7">
         <v>1</v>
       </c>
       <c r="K7">
         <f t="shared" ref="K7:K37" si="1">J7/$J$4</f>
         <v>1.0752688172043012E-2</v>
       </c>
     </row>
     <row r="8" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A8" t="s">
         <v>30</v>
       </c>
       <c r="B8">
         <f>G4</f>
         <v>46.5</v>
       </c>
       <c r="F8" s="1" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="G8">
         <v>0.75</v>
       </c>
       <c r="H8">
         <f t="shared" si="0"/>
         <v>1.6129032258064516E-2</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="J8">
         <v>0.75</v>
       </c>
       <c r="K8">
         <f t="shared" si="1"/>
         <v>8.0645161290322578E-3</v>
       </c>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A9" t="s">
         <v>34</v>
       </c>
       <c r="B9">
         <f>B4-B2</f>
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="F9" s="1" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="G9">
         <v>0.75</v>
       </c>
       <c r="H9">
         <f t="shared" si="0"/>
         <v>1.6129032258064516E-2</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="J9">
         <v>0.75</v>
       </c>
       <c r="K9">
         <f t="shared" si="1"/>
         <v>8.0645161290322578E-3</v>
       </c>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A10" t="s">
         <v>29</v>
       </c>
       <c r="B10">
         <f>IF(B2&gt;DATE(2015,7,1),MIN(B3-B2+45/B9*B5,B4-B2),B8)</f>
-        <v>88.423913043478265</v>
+        <v>82.662790697674424</v>
       </c>
       <c r="F10" s="1" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="H10">
         <f t="shared" si="0"/>
         <v>2.1505376344086023E-2</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="J10">
         <v>1</v>
       </c>
       <c r="K10">
         <f t="shared" si="1"/>
         <v>1.0752688172043012E-2</v>
       </c>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A11" t="s">
         <v>32</v>
       </c>
       <c r="B11" s="39">
         <f>TargetDays+B2</f>
-        <v>45941.42391304348</v>
+        <v>46074.662790697672</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="H11">
         <f t="shared" si="0"/>
         <v>2.1505376344086023E-2</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="J11">
         <v>1</v>
       </c>
       <c r="K11">
         <f t="shared" si="1"/>
         <v>1.0752688172043012E-2</v>
       </c>
     </row>
     <row r="12" spans="1:11" x14ac:dyDescent="0.45">
       <c r="F12" s="1" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="G12">
         <v>0.5</v>
       </c>
       <c r="H12">
         <f t="shared" si="0"/>
         <v>1.0752688172043012E-2</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="J12">
         <v>0.5</v>
       </c>
       <c r="K12">
         <f t="shared" si="1"/>
         <v>5.3763440860215058E-3</v>
       </c>
     </row>
     <row r="13" spans="1:11" x14ac:dyDescent="0.45">
       <c r="E13">
         <v>2</v>
       </c>
       <c r="F13" s="1" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="G13">
         <v>1.25</v>
       </c>
       <c r="H13">
         <f t="shared" si="0"/>
         <v>2.6881720430107527E-2</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="J13">
         <v>1.25</v>
       </c>
       <c r="K13">
         <f t="shared" si="1"/>
         <v>1.3440860215053764E-2</v>
       </c>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.45">
       <c r="F14" s="1" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="G14">
         <v>0.25</v>
       </c>
       <c r="H14">
         <f t="shared" si="0"/>
         <v>5.3763440860215058E-3</v>
       </c>
       <c r="I14" s="1" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="J14">
         <v>0.25</v>
       </c>
       <c r="K14">
         <f t="shared" si="1"/>
         <v>2.6881720430107529E-3</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.45">
       <c r="F15" s="1" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="G15">
         <v>1</v>
       </c>
       <c r="H15">
         <f t="shared" si="0"/>
         <v>2.1505376344086023E-2</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="J15">
         <v>1</v>
       </c>
       <c r="K15">
         <f t="shared" si="1"/>
         <v>1.0752688172043012E-2</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.45">
       <c r="F16" s="1" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="G16">
         <v>0.75</v>
       </c>
       <c r="H16">
         <f t="shared" si="0"/>
         <v>1.6129032258064516E-2</v>
       </c>
       <c r="I16" s="1" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="J16">
         <v>0.75</v>
       </c>
       <c r="K16">
         <f t="shared" si="1"/>
         <v>8.0645161290322578E-3</v>
       </c>
     </row>
     <row r="17" spans="2:11" x14ac:dyDescent="0.45">
       <c r="B17" s="39"/>
       <c r="F17" s="1" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="G17">
         <v>0.75</v>
       </c>
       <c r="H17">
         <f t="shared" si="0"/>
         <v>1.6129032258064516E-2</v>
       </c>
       <c r="I17" s="1" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="J17">
         <v>0.75</v>
       </c>
       <c r="K17">
         <f t="shared" si="1"/>
         <v>8.0645161290322578E-3</v>
       </c>
     </row>
     <row r="18" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F18" s="1" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="G18">
         <v>0.75</v>
       </c>
       <c r="H18">
         <f t="shared" si="0"/>
         <v>1.6129032258064516E-2</v>
       </c>
       <c r="I18" s="1" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="J18">
         <v>0.75</v>
       </c>
       <c r="K18">
         <f t="shared" si="1"/>
         <v>8.0645161290322578E-3</v>
       </c>
     </row>
     <row r="19" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F19" s="48" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="G19">
         <v>1.25</v>
       </c>
       <c r="H19">
         <f t="shared" si="0"/>
         <v>2.6881720430107527E-2</v>
       </c>
       <c r="I19" s="48" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="J19">
         <v>1.25</v>
       </c>
       <c r="K19">
         <f t="shared" si="1"/>
         <v>1.3440860215053764E-2</v>
       </c>
     </row>
     <row r="20" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F20" s="1" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="G20">
         <v>1</v>
       </c>
       <c r="H20">
         <f t="shared" si="0"/>
         <v>2.1505376344086023E-2</v>
       </c>
       <c r="I20" s="1" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="J20">
         <v>1</v>
       </c>
       <c r="K20">
         <f t="shared" si="1"/>
         <v>1.0752688172043012E-2</v>
       </c>
     </row>
     <row r="21" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F21" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="G21">
         <v>1</v>
       </c>
       <c r="H21">
         <f t="shared" si="0"/>
         <v>2.1505376344086023E-2</v>
       </c>
       <c r="I21" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="J21">
         <v>1</v>
       </c>
       <c r="K21">
         <f t="shared" si="1"/>
         <v>1.0752688172043012E-2</v>
       </c>
     </row>
     <row r="22" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F22" s="1" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="G22">
         <v>1</v>
       </c>
       <c r="H22">
         <f t="shared" si="0"/>
         <v>2.1505376344086023E-2</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="J22">
         <v>1</v>
       </c>
       <c r="K22">
         <f t="shared" si="1"/>
         <v>1.0752688172043012E-2</v>
       </c>
     </row>
     <row r="23" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F23" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="G23">
         <v>1</v>
       </c>
       <c r="H23">
         <f t="shared" si="0"/>
         <v>2.1505376344086023E-2</v>
       </c>
       <c r="I23" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="J23">
         <v>1</v>
       </c>
       <c r="K23">
         <f t="shared" si="1"/>
         <v>1.0752688172043012E-2</v>
       </c>
     </row>
     <row r="24" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F24" s="1" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="G24">
         <v>0.75</v>
       </c>
       <c r="H24">
         <f t="shared" si="0"/>
         <v>1.6129032258064516E-2</v>
       </c>
       <c r="I24" s="1" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="J24">
         <v>0.75</v>
       </c>
       <c r="K24">
         <f t="shared" si="1"/>
         <v>8.0645161290322578E-3</v>
       </c>
     </row>
     <row r="25" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F25" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="G25">
         <v>0.5</v>
       </c>
       <c r="H25">
         <f t="shared" si="0"/>
         <v>1.0752688172043012E-2</v>
       </c>
       <c r="I25" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="J25">
         <v>0.5</v>
       </c>
       <c r="K25">
         <f t="shared" si="1"/>
         <v>5.3763440860215058E-3</v>
       </c>
     </row>
     <row r="26" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F26" s="1" t="s">
         <v>83</v>
       </c>
       <c r="G26">
         <v>0.5</v>
       </c>
       <c r="H26">
         <f t="shared" si="0"/>
         <v>1.0752688172043012E-2</v>
       </c>
       <c r="I26" s="1" t="s">
         <v>83</v>
       </c>
       <c r="J26">
         <v>0.5</v>
@@ -14893,489 +14900,489 @@
         <v>84</v>
       </c>
       <c r="G27">
         <v>0.5</v>
       </c>
       <c r="H27">
         <f t="shared" si="0"/>
         <v>1.0752688172043012E-2</v>
       </c>
       <c r="I27" t="s">
         <v>84</v>
       </c>
       <c r="J27">
         <v>0.5</v>
       </c>
       <c r="K27">
         <f t="shared" si="1"/>
         <v>5.3763440860215058E-3</v>
       </c>
     </row>
     <row r="28" spans="2:11" x14ac:dyDescent="0.45">
       <c r="E28">
         <v>3</v>
       </c>
       <c r="F28" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="G28">
         <v>2</v>
       </c>
       <c r="H28">
         <f t="shared" si="0"/>
         <v>4.3010752688172046E-2</v>
       </c>
       <c r="I28" t="s">
-        <v>259</v>
+        <v>256</v>
       </c>
       <c r="J28">
         <v>2</v>
       </c>
       <c r="K28">
         <f t="shared" si="1"/>
         <v>2.1505376344086023E-2</v>
       </c>
     </row>
     <row r="29" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F29" s="1" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="G29">
         <v>2</v>
       </c>
       <c r="H29">
         <f t="shared" si="0"/>
         <v>4.3010752688172046E-2</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>260</v>
+        <v>257</v>
       </c>
       <c r="J29">
         <v>2</v>
       </c>
       <c r="K29">
         <f t="shared" si="1"/>
         <v>2.1505376344086023E-2</v>
       </c>
     </row>
     <row r="30" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F30" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="G30">
         <v>1</v>
       </c>
       <c r="H30">
         <f t="shared" si="0"/>
         <v>2.1505376344086023E-2</v>
       </c>
       <c r="I30" t="s">
-        <v>261</v>
+        <v>258</v>
       </c>
       <c r="J30">
         <v>1</v>
       </c>
       <c r="K30">
         <f t="shared" si="1"/>
         <v>1.0752688172043012E-2</v>
       </c>
     </row>
     <row r="31" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F31" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="G31">
         <v>1.25</v>
       </c>
       <c r="H31">
         <f t="shared" si="0"/>
         <v>2.6881720430107527E-2</v>
       </c>
       <c r="I31" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="J31">
         <v>1.25</v>
       </c>
       <c r="K31">
         <f t="shared" si="1"/>
         <v>1.3440860215053764E-2</v>
       </c>
     </row>
     <row r="32" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F32" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="G32">
         <v>0.25</v>
       </c>
       <c r="H32">
         <f t="shared" si="0"/>
         <v>5.3763440860215058E-3</v>
       </c>
       <c r="I32" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="J32">
         <v>0.25</v>
       </c>
       <c r="K32">
         <f t="shared" si="1"/>
         <v>2.6881720430107529E-3</v>
       </c>
     </row>
     <row r="33" spans="2:11" x14ac:dyDescent="0.45">
       <c r="E33">
         <v>4</v>
       </c>
       <c r="F33" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="G33">
         <v>0.75</v>
       </c>
       <c r="H33">
         <f t="shared" si="0"/>
         <v>1.6129032258064516E-2</v>
       </c>
       <c r="I33" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="J33">
         <v>0.75</v>
       </c>
       <c r="K33">
         <f t="shared" si="1"/>
         <v>8.0645161290322578E-3</v>
       </c>
     </row>
     <row r="34" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F34" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="G34">
         <v>2</v>
       </c>
       <c r="H34">
         <f t="shared" si="0"/>
         <v>4.3010752688172046E-2</v>
       </c>
       <c r="I34" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="J34">
         <v>2</v>
       </c>
       <c r="K34">
         <f t="shared" si="1"/>
         <v>2.1505376344086023E-2</v>
       </c>
     </row>
     <row r="35" spans="2:11" x14ac:dyDescent="0.45">
       <c r="E35">
         <v>5</v>
       </c>
       <c r="F35" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="G35">
         <v>1.25</v>
       </c>
       <c r="H35">
         <f t="shared" si="0"/>
         <v>2.6881720430107527E-2</v>
       </c>
       <c r="I35" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="J35">
         <v>1.25</v>
       </c>
       <c r="K35">
         <f t="shared" si="1"/>
         <v>1.3440860215053764E-2</v>
       </c>
     </row>
     <row r="36" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F36" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="G36">
         <v>1</v>
       </c>
       <c r="H36">
         <f t="shared" si="0"/>
         <v>2.1505376344086023E-2</v>
       </c>
       <c r="I36" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="J36">
         <v>1</v>
       </c>
       <c r="K36">
         <f t="shared" si="1"/>
         <v>1.0752688172043012E-2</v>
       </c>
     </row>
     <row r="37" spans="2:11" x14ac:dyDescent="0.45">
       <c r="B37" s="39"/>
       <c r="F37" s="1" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="G37">
         <v>0.5</v>
       </c>
       <c r="H37">
         <f t="shared" si="0"/>
         <v>1.0752688172043012E-2</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="J37">
         <v>0.5</v>
       </c>
       <c r="K37">
         <f t="shared" si="1"/>
         <v>5.3763440860215058E-3</v>
       </c>
     </row>
     <row r="38" spans="2:11" x14ac:dyDescent="0.45">
       <c r="E38">
         <v>6</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="G38">
         <v>0.75</v>
       </c>
       <c r="H38">
         <f t="shared" si="0"/>
         <v>1.6129032258064516E-2</v>
       </c>
       <c r="I38" s="1" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="J38">
         <v>0.75</v>
       </c>
       <c r="K38">
         <f t="shared" ref="K38:K53" si="2">J38/$J$4</f>
         <v>8.0645161290322578E-3</v>
       </c>
     </row>
     <row r="39" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F39" s="1" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="G39">
         <v>1.5</v>
       </c>
       <c r="H39">
         <f t="shared" si="0"/>
         <v>3.2258064516129031E-2</v>
       </c>
       <c r="I39" s="1" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="J39">
         <v>1.5</v>
       </c>
       <c r="K39">
         <f t="shared" si="2"/>
         <v>1.6129032258064516E-2</v>
       </c>
     </row>
     <row r="40" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F40" s="1" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="G40">
         <v>1.25</v>
       </c>
       <c r="H40">
         <f t="shared" si="0"/>
         <v>2.6881720430107527E-2</v>
       </c>
       <c r="I40" s="1" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="J40">
         <v>1.25</v>
       </c>
       <c r="K40">
         <f t="shared" si="2"/>
         <v>1.3440860215053764E-2</v>
       </c>
     </row>
     <row r="41" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F41" s="1" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="G41">
         <v>1.5</v>
       </c>
       <c r="H41">
         <f t="shared" si="0"/>
         <v>3.2258064516129031E-2</v>
       </c>
       <c r="I41" s="1" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="J41">
         <v>1.5</v>
       </c>
       <c r="K41">
         <f t="shared" si="2"/>
         <v>1.6129032258064516E-2</v>
       </c>
     </row>
     <row r="42" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F42" s="1" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="G42">
         <v>0.5</v>
       </c>
       <c r="H42">
         <f t="shared" si="0"/>
         <v>1.0752688172043012E-2</v>
       </c>
       <c r="I42" s="1" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="J42">
         <v>0.5</v>
       </c>
       <c r="K42">
         <f t="shared" ref="K42:K47" si="3">J42/$J$4</f>
         <v>5.3763440860215058E-3</v>
       </c>
     </row>
     <row r="43" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F43" s="1" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="G43">
         <v>0.75</v>
       </c>
       <c r="H43">
         <f t="shared" si="0"/>
         <v>1.6129032258064516E-2</v>
       </c>
       <c r="I43" s="1" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="J43">
         <v>0.75</v>
       </c>
       <c r="K43">
         <f t="shared" si="3"/>
         <v>8.0645161290322578E-3</v>
       </c>
     </row>
     <row r="44" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F44" s="1" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="G44">
         <v>0.5</v>
       </c>
       <c r="H44">
         <f t="shared" si="0"/>
         <v>1.0752688172043012E-2</v>
       </c>
       <c r="I44" s="1" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="J44">
         <v>0.5</v>
       </c>
       <c r="K44">
         <f t="shared" si="3"/>
         <v>5.3763440860215058E-3</v>
       </c>
     </row>
     <row r="45" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F45" s="1" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="G45">
         <v>1.5</v>
       </c>
       <c r="H45">
         <f t="shared" si="0"/>
         <v>3.2258064516129031E-2</v>
       </c>
       <c r="I45" s="1" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="J45">
         <v>1.5</v>
       </c>
       <c r="K45">
         <f t="shared" si="3"/>
         <v>1.6129032258064516E-2</v>
       </c>
     </row>
     <row r="46" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F46" s="1" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="G46">
         <v>1.25</v>
       </c>
       <c r="H46">
         <f t="shared" si="0"/>
         <v>2.6881720430107527E-2</v>
       </c>
       <c r="I46" s="1" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="J46">
         <v>1.25</v>
       </c>
       <c r="K46">
         <f t="shared" si="3"/>
         <v>1.3440860215053764E-2</v>
       </c>
     </row>
     <row r="47" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F47" s="1" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="G47">
         <v>1.25</v>
       </c>
       <c r="H47">
         <f t="shared" si="0"/>
         <v>2.6881720430107527E-2</v>
       </c>
       <c r="I47" s="1" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="J47">
         <v>1.25</v>
       </c>
       <c r="K47">
         <f t="shared" si="3"/>
         <v>1.3440860215053764E-2</v>
       </c>
     </row>
     <row r="48" spans="2:11" x14ac:dyDescent="0.45">
       <c r="F48" s="1"/>
       <c r="H48">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="I48" s="1"/>
       <c r="K48">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="6:11" x14ac:dyDescent="0.45">
       <c r="F49" s="1"/>
       <c r="H49">
         <f t="shared" si="0"/>
@@ -15455,83 +15462,83 @@
     </row>
     <row r="53" spans="6:11" x14ac:dyDescent="0.45">
       <c r="F53" t="s">
         <v>170</v>
       </c>
       <c r="G53">
         <v>1</v>
       </c>
       <c r="H53">
         <f t="shared" si="0"/>
         <v>2.1505376344086023E-2</v>
       </c>
       <c r="I53" t="s">
         <v>170</v>
       </c>
       <c r="J53">
         <v>1</v>
       </c>
       <c r="K53">
         <f t="shared" si="2"/>
         <v>1.0752688172043012E-2</v>
       </c>
     </row>
     <row r="54" spans="6:11" x14ac:dyDescent="0.45">
       <c r="F54" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="G54">
         <v>1</v>
       </c>
       <c r="H54">
         <f t="shared" si="0"/>
         <v>2.1505376344086023E-2</v>
       </c>
       <c r="I54" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="J54">
         <v>1</v>
       </c>
       <c r="K54">
         <f t="shared" ref="K54:K55" si="4">J54/$J$4</f>
         <v>1.0752688172043012E-2</v>
       </c>
     </row>
     <row r="55" spans="6:11" x14ac:dyDescent="0.45">
       <c r="F55" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="G55">
         <v>1</v>
       </c>
       <c r="H55">
         <f t="shared" si="0"/>
         <v>2.1505376344086023E-2</v>
       </c>
       <c r="I55" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="J55">
         <v>1</v>
       </c>
       <c r="K55">
         <f t="shared" si="4"/>
         <v>1.0752688172043012E-2</v>
       </c>
     </row>
     <row r="59" spans="6:11" x14ac:dyDescent="0.45">
       <c r="F59" t="s">
         <v>82</v>
       </c>
       <c r="G59">
         <v>2.25</v>
       </c>
       <c r="H59">
         <f>G59/$G$4</f>
         <v>4.8387096774193547E-2</v>
       </c>
       <c r="I59" t="s">
         <v>82</v>
       </c>
       <c r="J59">
         <v>2.25</v>