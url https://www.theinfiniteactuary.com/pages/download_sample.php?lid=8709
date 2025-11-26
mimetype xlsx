--- v0 (2025-10-09)
+++ v1 (2025-11-26)
@@ -30,58 +30,58 @@
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/pivotTables/pivotTable2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.pivotTable+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28730"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr codeName="ThisWorkbook" hidePivotFieldList="1" autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dwbra\Desktop\TIA\2025 Fall\GH 101\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\dwbra\Desktop\TIA\2026 Spring\GH 101\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ED6C36BC-E90C-4B4F-BF6C-9D723D2801FF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B7C6F7DC-E17A-4AA1-B187-6E07CB2BA152}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="20715" windowHeight="13155" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Tracking-old (2)" sheetId="18" state="hidden" r:id="rId1"/>
     <sheet name="Documentation" sheetId="6" r:id="rId2"/>
     <sheet name="Study Schedule" sheetId="13" r:id="rId3"/>
     <sheet name="Key Dates" sheetId="15" r:id="rId4"/>
     <sheet name="Tracking-old" sheetId="17" state="hidden" r:id="rId5"/>
     <sheet name="Hidden Background Info" sheetId="11" state="hidden" r:id="rId6"/>
     <sheet name="Tracking" sheetId="19" r:id="rId7"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId8"/>
   </externalReferences>
   <definedNames>
     <definedName name="ActFDate" localSheetId="3">#REF!</definedName>
     <definedName name="ActFDate" localSheetId="6">[1]Schedule!$C$6:$C$97</definedName>
     <definedName name="ActFDate">'Study Schedule'!$M$15:$M$53</definedName>
     <definedName name="CompFlag" localSheetId="3">#REF!</definedName>
     <definedName name="CompFlag" localSheetId="6">[1]Schedule!$K$6:$K$97</definedName>
     <definedName name="CompFlag">#REF!</definedName>
     <definedName name="days_available">'Study Schedule'!$D$10</definedName>
     <definedName name="DOLPgCnt">'Study Schedule'!$E$15:$E$53</definedName>
     <definedName name="exam_date">'Study Schedule'!$D$7</definedName>
@@ -119,102 +119,102 @@
   <pivotCaches>
     <pivotCache cacheId="0" r:id="rId9"/>
   </pivotCaches>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="P45" i="13" l="1"/>
+  <c r="A11" i="6" l="1"/>
+  <c r="P45" i="13"/>
   <c r="Q45" i="13" s="1"/>
   <c r="O45" i="13"/>
   <c r="P44" i="13"/>
   <c r="Q44" i="13" s="1"/>
   <c r="O44" i="13"/>
   <c r="P43" i="13"/>
   <c r="O43" i="13"/>
   <c r="P42" i="13"/>
   <c r="O42" i="13"/>
   <c r="P41" i="13"/>
   <c r="O41" i="13"/>
   <c r="P40" i="13"/>
   <c r="Q40" i="13" s="1"/>
   <c r="O40" i="13"/>
   <c r="P39" i="13"/>
   <c r="O39" i="13"/>
   <c r="P38" i="13"/>
   <c r="O38" i="13"/>
   <c r="P37" i="13"/>
   <c r="Q37" i="13" s="1"/>
   <c r="O37" i="13"/>
   <c r="P36" i="13"/>
   <c r="O36" i="13"/>
   <c r="P35" i="13"/>
   <c r="O35" i="13"/>
   <c r="K39" i="11"/>
   <c r="K33" i="11"/>
   <c r="K24" i="11"/>
   <c r="K18" i="11"/>
   <c r="C49" i="11"/>
   <c r="C50" i="11" s="1"/>
   <c r="C51" i="11" s="1"/>
   <c r="K221" i="11"/>
   <c r="K213" i="11"/>
   <c r="K203" i="11"/>
   <c r="C15" i="11"/>
   <c r="C16" i="11" s="1"/>
   <c r="C17" i="11" s="1"/>
   <c r="C18" i="11" s="1"/>
   <c r="C19" i="11" s="1"/>
   <c r="C20" i="11" s="1"/>
   <c r="C21" i="11" s="1"/>
   <c r="Q38" i="13" l="1"/>
   <c r="Q42" i="13"/>
   <c r="Q43" i="13"/>
   <c r="Q35" i="13"/>
   <c r="Q36" i="13"/>
   <c r="Q39" i="13"/>
   <c r="Q41" i="13"/>
-  <c r="A11" i="6" l="1"/>
-  <c r="AD4" i="18"/>
+  <c r="AD4" i="18" l="1"/>
   <c r="AD5" i="18" s="1"/>
   <c r="AD6" i="18" s="1"/>
   <c r="AD7" i="18" s="1"/>
   <c r="AD8" i="18" s="1"/>
   <c r="AD9" i="18" s="1"/>
   <c r="AD10" i="18" s="1"/>
   <c r="AD11" i="18" s="1"/>
   <c r="AD12" i="18" s="1"/>
   <c r="AD13" i="18" s="1"/>
   <c r="AD14" i="18" s="1"/>
   <c r="AD15" i="18" s="1"/>
   <c r="AD16" i="18" s="1"/>
   <c r="AD17" i="18" s="1"/>
   <c r="AD18" i="18" s="1"/>
   <c r="AD19" i="18" s="1"/>
   <c r="AD20" i="18" s="1"/>
   <c r="AD21" i="18" s="1"/>
   <c r="AD22" i="18" s="1"/>
   <c r="AD23" i="18" s="1"/>
   <c r="AD24" i="18" s="1"/>
   <c r="AD25" i="18" s="1"/>
   <c r="AD26" i="18" s="1"/>
   <c r="AD27" i="18" s="1"/>
   <c r="AD28" i="18" s="1"/>
   <c r="AD29" i="18" s="1"/>
@@ -621,51 +621,50 @@
   <c r="AD166" i="17" s="1"/>
   <c r="AD167" i="17" s="1"/>
   <c r="AD168" i="17" s="1"/>
   <c r="AD169" i="17" s="1"/>
   <c r="AD170" i="17" s="1"/>
   <c r="AD171" i="17" s="1"/>
   <c r="AD172" i="17" s="1"/>
   <c r="AD173" i="17" s="1"/>
   <c r="AD174" i="17" s="1"/>
   <c r="AD175" i="17" s="1"/>
   <c r="AD176" i="17" s="1"/>
   <c r="AD177" i="17" s="1"/>
   <c r="AD178" i="17" s="1"/>
   <c r="AD179" i="17" s="1"/>
   <c r="AD180" i="17" s="1"/>
   <c r="AD181" i="17" s="1"/>
   <c r="AD182" i="17" s="1"/>
   <c r="AD183" i="17" s="1"/>
   <c r="AD184" i="17" s="1"/>
   <c r="AD185" i="17" s="1"/>
   <c r="K42" i="11" l="1"/>
   <c r="K193" i="11"/>
   <c r="K163" i="11"/>
   <c r="K156" i="11"/>
   <c r="J175" i="11"/>
-  <c r="A41" i="15"/>
   <c r="L15" i="13" l="1"/>
   <c r="AC4" i="18" s="1"/>
   <c r="AE4" i="18" s="1"/>
   <c r="AC4" i="17" l="1"/>
   <c r="AE4" i="17" s="1"/>
   <c r="K65" i="11"/>
   <c r="K57" i="11"/>
   <c r="J108" i="11" l="1"/>
   <c r="J107" i="11"/>
   <c r="I88" i="11"/>
   <c r="H88" i="11"/>
   <c r="H93" i="11" l="1"/>
   <c r="H84" i="11" l="1"/>
   <c r="H72" i="11" l="1"/>
   <c r="D141" i="11"/>
   <c r="D136" i="11"/>
   <c r="D120" i="11"/>
   <c r="D113" i="11"/>
   <c r="D96" i="11"/>
   <c r="D89" i="11"/>
   <c r="I70" i="11"/>
   <c r="H70" i="11" l="1"/>
   <c r="H69" i="11"/>
   <c r="H68" i="11"/>
   <c r="H67" i="11"/>
@@ -698,50 +697,51 @@
   <c r="K39" i="13"/>
   <c r="K49" i="13"/>
   <c r="K21" i="13"/>
   <c r="K29" i="13"/>
   <c r="K37" i="13"/>
   <c r="K45" i="13"/>
   <c r="K53" i="13"/>
   <c r="K31" i="13"/>
   <c r="K22" i="13"/>
   <c r="K30" i="13"/>
   <c r="K38" i="13"/>
   <c r="K46" i="13"/>
   <c r="K23" i="13"/>
   <c r="K24" i="13"/>
   <c r="K32" i="13"/>
   <c r="K40" i="13"/>
   <c r="K48" i="13"/>
   <c r="K25" i="13"/>
   <c r="K41" i="13"/>
   <c r="K16" i="13"/>
   <c r="K18" i="13"/>
   <c r="K19" i="13"/>
   <c r="K17" i="13"/>
   <c r="A11" i="15"/>
   <c r="A22" i="15"/>
+  <c r="C23" i="15" s="1"/>
   <c r="H11" i="11"/>
   <c r="G11" i="11"/>
   <c r="F11" i="11"/>
   <c r="E11" i="11"/>
   <c r="A38" i="11" l="1"/>
   <c r="A219" i="11"/>
   <c r="A215" i="11"/>
   <c r="A203" i="11"/>
   <c r="A210" i="11"/>
   <c r="A206" i="11"/>
   <c r="A222" i="11"/>
   <c r="A221" i="11"/>
   <c r="A217" i="11"/>
   <c r="A202" i="11"/>
   <c r="A198" i="11"/>
   <c r="A209" i="11"/>
   <c r="A205" i="11"/>
   <c r="A200" i="11"/>
   <c r="A211" i="11"/>
   <c r="A214" i="11"/>
   <c r="A199" i="11"/>
   <c r="A213" i="11"/>
   <c r="A207" i="11"/>
   <c r="A218" i="11"/>
   <c r="A220" i="11"/>
@@ -917,51 +917,50 @@
   <c r="A107" i="11"/>
   <c r="A115" i="11"/>
   <c r="A169" i="11"/>
   <c r="A173" i="11"/>
   <c r="A25" i="11"/>
   <c r="A187" i="11"/>
   <c r="A28" i="11"/>
   <c r="A35" i="11"/>
   <c r="A52" i="11"/>
   <c r="A76" i="11"/>
   <c r="A100" i="11"/>
   <c r="A116" i="11"/>
   <c r="A183" i="11"/>
   <c r="A192" i="11"/>
   <c r="A48" i="11"/>
   <c r="A69" i="11"/>
   <c r="A85" i="11"/>
   <c r="A109" i="11"/>
   <c r="L16" i="13"/>
   <c r="L17" i="13" s="1"/>
   <c r="L18" i="13" s="1"/>
   <c r="L19" i="13" s="1"/>
   <c r="L20" i="13" s="1"/>
   <c r="M12" i="13"/>
   <c r="A23" i="15"/>
-  <c r="C23" i="15"/>
   <c r="A14" i="11"/>
   <c r="L21" i="13" l="1"/>
   <c r="L22" i="13" s="1"/>
   <c r="L23" i="13" s="1"/>
   <c r="L24" i="13" s="1"/>
   <c r="L25" i="13" s="1"/>
   <c r="L26" i="13" s="1"/>
   <c r="L27" i="13" s="1"/>
   <c r="L28" i="13" s="1"/>
   <c r="L29" i="13" s="1"/>
   <c r="L30" i="13" s="1"/>
   <c r="L31" i="13" s="1"/>
   <c r="L32" i="13" s="1"/>
   <c r="L33" i="13" s="1"/>
   <c r="L34" i="13" s="1"/>
   <c r="L35" i="13" s="1"/>
   <c r="L36" i="13" s="1"/>
   <c r="L37" i="13" s="1"/>
   <c r="L38" i="13" s="1"/>
   <c r="L39" i="13" s="1"/>
   <c r="L40" i="13" s="1"/>
   <c r="L41" i="13" s="1"/>
   <c r="L42" i="13" s="1"/>
   <c r="L43" i="13" s="1"/>
   <c r="L44" i="13" s="1"/>
@@ -3146,59 +3145,53 @@
   <si>
     <t>GHDP 147-25:  Attempting to Boil the Ocean - High Level Overview of Medicaid and its Risk-Based Managed Care Programs</t>
   </si>
   <si>
     <t>Hard Pill to Swallow - Math Dynamics of the ACA - GHDP 146-25</t>
   </si>
   <si>
     <t>Medicaid and Risk Based Managed Care Programs - GHDP 147-25</t>
   </si>
   <si>
     <t>Retiree Health Benefits - GHDP 145-24</t>
   </si>
   <si>
     <t>Canadian Group LTD Experience Report</t>
   </si>
   <si>
     <t>Group Life Waiver Study Based on 2009-2015 Canadian Group LTD Termination Experience Report</t>
   </si>
   <si>
     <t>Eaton, Insuring LTC, Ch. 9</t>
   </si>
   <si>
     <t>Eaton, Insuring LTC, Ch. 10</t>
   </si>
   <si>
-    <t xml:space="preserve">This spreadsheet tracks your study progress for the GH 101 Exam (Fall 2025) and was </t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.soa.org/education/exam-req/fsa2025/gh-101/</t>
   </si>
   <si>
-    <t>Make sure you are registered for the exam through the SOA as soon as possible! (deadline is September 29)</t>
-[...1 lines deleted...]
-  <si>
     <t>Save newer exams (2014-2025) for last two weeks</t>
   </si>
   <si>
     <t>Allocate half days or full days to take the exams for 2014-2025 under real exam conditions - 3 hr exam session in one sitting, no dedicated read through or break time</t>
   </si>
   <si>
     <t>SOA Introductory Videos</t>
   </si>
   <si>
     <t>SOA Intro Videos</t>
   </si>
   <si>
     <t>1. Plan and Product Provisions</t>
   </si>
   <si>
     <t>GH101-100-25: Bluhm, Indiv Insurance, Ch 5</t>
   </si>
   <si>
     <t>3. Underwriting and Funding</t>
   </si>
   <si>
     <t>GH101-101-25:  Illustrative Examples on Experience Rating and Funding Methods</t>
   </si>
   <si>
     <t>Skwire, Group Insurance, Ch 34 (p. 579-585)</t>
@@ -3231,50 +3224,56 @@
     <t>GH101-103-25:  Health Plan Payroll Contribution Strategies</t>
   </si>
   <si>
     <t>Health Plan Payroll Contributions - GH101-103-25</t>
   </si>
   <si>
     <t>Flexible Accounts - GH101-105-25</t>
   </si>
   <si>
     <t>Consumers to the Rescue?  HDHPs and HSAs</t>
   </si>
   <si>
     <t>Recommend an Employee Benefits Strategy - GH101-104-25</t>
   </si>
   <si>
     <t>Functional Approach to Designing and Evaluating EE Bfts - GH101-106-25</t>
   </si>
   <si>
     <t>Strategic Benefit Plan Management - GH101-106-25</t>
   </si>
   <si>
     <t>stated that the exam questions will still be written as if it were a 2.5 hr exam, hopefully allowing a little bit of time to go back to specific questions with the additional time at the end</t>
   </si>
   <si>
     <t>*3 minutes per point rule - this is based on prior exam structure.  However, it's still a good rule of thumb to get through the exam and have time to review at the end.  The SOA has</t>
+  </si>
+  <si>
+    <t xml:space="preserve">This spreadsheet tracks your study progress for the GH 101 Exam (Spring 2026) and was </t>
+  </si>
+  <si>
+    <t>Make sure you are registered for the exam through the SOA as soon as possible! (deadline is February 16)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="0.0"/>
   </numFmts>
   <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -3836,51 +3835,51 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="109">
+  <cellXfs count="107">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="9" fontId="4" fillId="3" borderId="1" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
@@ -4138,56 +4137,50 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="2" fontId="0" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="93">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Followed Hyperlink" xfId="4" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="6" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="8" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="10" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="12" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="15" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="17" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="19" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="21" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="23" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="25" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="27" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="29" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="31" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="33" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="35" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="37" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="39" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="41" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="43" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="45" builtinId="9" hidden="1"/>
     <cellStyle name="Followed Hyperlink" xfId="47" builtinId="9" hidden="1"/>
@@ -4290,51 +4283,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:pivotSource>
-    <c:name>[TIA-GH-101-Study-Schedule-Fall-2025.xlsx]Tracking-old (2)!PivotTable1</c:name>
+    <c:name>[TIA-GH-101-Study-Schedule-Spring-2026.xlsx]Tracking-old (2)!PivotTable1</c:name>
     <c:fmtId val="3"/>
   </c:pivotSource>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Study Schedule Projection</a:t>
@@ -5808,58 +5801,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
@@ -5880,51 +5873,51 @@
       </c14:pivotOptions>
     </c:ext>
     <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{E28EC0CA-F0BB-4C9C-879D-F8772B89E7AC}">
       <c16:pivotOptions16>
         <c16:showExpandCollapseFieldButtons val="1"/>
       </c16:pivotOptions16>
     </c:ext>
   </c:extLst>
 </c:chartSpace>
 </file>
 
 <file path=xl/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:pivotSource>
-    <c:name>[TIA-GH-101-Study-Schedule-Fall-2025.xlsx]Tracking-old!PivotTable1</c:name>
+    <c:name>[TIA-GH-101-Study-Schedule-Spring-2026.xlsx]Tracking-old!PivotTable1</c:name>
     <c:fmtId val="2"/>
   </c:pivotSource>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="65000"/>
                     <a:lumOff val="35000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Study Schedule Projection</a:t>
@@ -7280,58 +7273,58 @@
         <a:effectLst/>
       </c:spPr>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr sz="900" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1">
                   <a:lumMod val="65000"/>
                   <a:lumOff val="35000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
           <a:endParaRPr lang="en-US"/>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
     <c:extLst>
       <c:ext xmlns:c16r3="http://schemas.microsoft.com/office/drawing/2017/03/chart" uri="{56B9EC1D-385E-4148-901F-78D8002777C0}">
         <c16r3:dataDisplayOptions16>
           <c16r3:dispNaAsBlank val="1"/>
         </c16r3:dataDisplayOptions16>
       </c:ext>
     </c:extLst>
-    <c:showDLblsOverMax val="0"/>
   </c:chart>
   <c:spPr>
     <a:solidFill>
       <a:schemeClr val="bg1"/>
     </a:solidFill>
     <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
       <a:solidFill>
         <a:schemeClr val="tx1">
           <a:lumMod val="15000"/>
           <a:lumOff val="85000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="en-US"/>
     </a:p>
@@ -7451,165 +7444,165 @@
                 <c:pt idx="0">
                   <c:v>Proj Pace</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="00B050"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
               <c:f>'Study Schedule'!$L$15:$L$53</c:f>
               <c:numCache>
                 <c:formatCode>m/d/yyyy</c:formatCode>
                 <c:ptCount val="39"/>
                 <c:pt idx="0">
-                  <c:v>45853.5</c:v>
+                  <c:v>45992.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45854.440573770495</c:v>
+                  <c:v>45993.354508196724</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45858.014754098367</c:v>
+                  <c:v>45996.601639344262</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45860.021311475415</c:v>
+                  <c:v>45998.424590163937</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45861.3381147541</c:v>
+                  <c:v>45999.620901639348</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45865.476639344262</c:v>
+                  <c:v>46003.380737704923</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45866.040983606559</c:v>
+                  <c:v>46003.893442622953</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45867.922131147541</c:v>
+                  <c:v>46005.602459016394</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45870.618442622952</c:v>
+                  <c:v>46008.052049180325</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45871.872540983604</c:v>
+                  <c:v>46009.191393442619</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45873.753688524586</c:v>
+                  <c:v>46010.90040983606</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45878.958196721309</c:v>
+                  <c:v>46015.628688524586</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45880.839344262291</c:v>
+                  <c:v>46017.337704918027</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>45883.849180327867</c:v>
+                  <c:v>46020.072131147535</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>45885.793032786882</c:v>
+                  <c:v>46021.838114754093</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>45886.16926229508</c:v>
+                  <c:v>46022.17991803278</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>45886.670901639343</c:v>
+                  <c:v>46022.6356557377</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>45887.047131147541</c:v>
+                  <c:v>46022.977459016387</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>45887.86229508197</c:v>
+                  <c:v>46023.718032786877</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>45889.743442622952</c:v>
+                  <c:v>46025.427049180318</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>45893.129508196726</c:v>
+                  <c:v>46028.503278688513</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>45894.759836065576</c:v>
+                  <c:v>46029.984426229494</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>45896.640983606558</c:v>
+                  <c:v>46031.693442622935</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>45898.459426229507</c:v>
+                  <c:v>46033.345491803266</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>45899.14918032787</c:v>
+                  <c:v>46033.97213114753</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>45900.403278688522</c:v>
+                  <c:v>46035.111475409823</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>45905.043442622948</c:v>
+                  <c:v>46039.327049180312</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>45906.736475409831</c:v>
+                  <c:v>46040.86516393441</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>45908.492213114747</c:v>
+                  <c:v>46042.460245901624</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>45916.267622950814</c:v>
+                  <c:v>46049.524180327855</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>45918.148770491796</c:v>
+                  <c:v>46051.233196721296</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>45918.838524590159</c:v>
+                  <c:v>46051.85983606556</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>45920.155327868844</c:v>
+                  <c:v>46053.05614754097</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>45922.914344262288</c:v>
+                  <c:v>46055.562704918018</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>45924.732786885237</c:v>
+                  <c:v>46057.21475409835</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>45926.049590163922</c:v>
+                  <c:v>46058.41106557376</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>45927.61721311474</c:v>
+                  <c:v>46059.835245901631</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>45928.118852459003</c:v>
+                  <c:v>46060.290983606552</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>45929.999999999985</c:v>
+                  <c:v>46061.999999999993</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Study Schedule'!$O$15:$O$53</c:f>
               <c:numCache>
                 <c:formatCode>0</c:formatCode>
                 <c:ptCount val="39"/>
                 <c:pt idx="1">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>15</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>22</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>28</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>38</c:v>
                 </c:pt>
@@ -7733,165 +7726,165 @@
                 <c:pt idx="0">
                   <c:v>Your Pace</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:spPr>
             <a:ln w="28575" cap="rnd">
               <a:solidFill>
                 <a:srgbClr val="0000FF"/>
               </a:solidFill>
               <a:round/>
             </a:ln>
             <a:effectLst/>
           </c:spPr>
           <c:marker>
             <c:symbol val="none"/>
           </c:marker>
           <c:cat>
             <c:numRef>
               <c:f>'Study Schedule'!$L$15:$L$53</c:f>
               <c:numCache>
                 <c:formatCode>m/d/yyyy</c:formatCode>
                 <c:ptCount val="39"/>
                 <c:pt idx="0">
-                  <c:v>45853.5</c:v>
+                  <c:v>45992.5</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>45854.440573770495</c:v>
+                  <c:v>45993.354508196724</c:v>
                 </c:pt>
                 <c:pt idx="2">
-                  <c:v>45858.014754098367</c:v>
+                  <c:v>45996.601639344262</c:v>
                 </c:pt>
                 <c:pt idx="3">
-                  <c:v>45860.021311475415</c:v>
+                  <c:v>45998.424590163937</c:v>
                 </c:pt>
                 <c:pt idx="4">
-                  <c:v>45861.3381147541</c:v>
+                  <c:v>45999.620901639348</c:v>
                 </c:pt>
                 <c:pt idx="5">
-                  <c:v>45865.476639344262</c:v>
+                  <c:v>46003.380737704923</c:v>
                 </c:pt>
                 <c:pt idx="6">
-                  <c:v>45866.040983606559</c:v>
+                  <c:v>46003.893442622953</c:v>
                 </c:pt>
                 <c:pt idx="7">
-                  <c:v>45867.922131147541</c:v>
+                  <c:v>46005.602459016394</c:v>
                 </c:pt>
                 <c:pt idx="8">
-                  <c:v>45870.618442622952</c:v>
+                  <c:v>46008.052049180325</c:v>
                 </c:pt>
                 <c:pt idx="9">
-                  <c:v>45871.872540983604</c:v>
+                  <c:v>46009.191393442619</c:v>
                 </c:pt>
                 <c:pt idx="10">
-                  <c:v>45873.753688524586</c:v>
+                  <c:v>46010.90040983606</c:v>
                 </c:pt>
                 <c:pt idx="11">
-                  <c:v>45878.958196721309</c:v>
+                  <c:v>46015.628688524586</c:v>
                 </c:pt>
                 <c:pt idx="12">
-                  <c:v>45880.839344262291</c:v>
+                  <c:v>46017.337704918027</c:v>
                 </c:pt>
                 <c:pt idx="13">
-                  <c:v>45883.849180327867</c:v>
+                  <c:v>46020.072131147535</c:v>
                 </c:pt>
                 <c:pt idx="14">
-                  <c:v>45885.793032786882</c:v>
+                  <c:v>46021.838114754093</c:v>
                 </c:pt>
                 <c:pt idx="15">
-                  <c:v>45886.16926229508</c:v>
+                  <c:v>46022.17991803278</c:v>
                 </c:pt>
                 <c:pt idx="16">
-                  <c:v>45886.670901639343</c:v>
+                  <c:v>46022.6356557377</c:v>
                 </c:pt>
                 <c:pt idx="17">
-                  <c:v>45887.047131147541</c:v>
+                  <c:v>46022.977459016387</c:v>
                 </c:pt>
                 <c:pt idx="18">
-                  <c:v>45887.86229508197</c:v>
+                  <c:v>46023.718032786877</c:v>
                 </c:pt>
                 <c:pt idx="19">
-                  <c:v>45889.743442622952</c:v>
+                  <c:v>46025.427049180318</c:v>
                 </c:pt>
                 <c:pt idx="20">
-                  <c:v>45893.129508196726</c:v>
+                  <c:v>46028.503278688513</c:v>
                 </c:pt>
                 <c:pt idx="21">
-                  <c:v>45894.759836065576</c:v>
+                  <c:v>46029.984426229494</c:v>
                 </c:pt>
                 <c:pt idx="22">
-                  <c:v>45896.640983606558</c:v>
+                  <c:v>46031.693442622935</c:v>
                 </c:pt>
                 <c:pt idx="23">
-                  <c:v>45898.459426229507</c:v>
+                  <c:v>46033.345491803266</c:v>
                 </c:pt>
                 <c:pt idx="24">
-                  <c:v>45899.14918032787</c:v>
+                  <c:v>46033.97213114753</c:v>
                 </c:pt>
                 <c:pt idx="25">
-                  <c:v>45900.403278688522</c:v>
+                  <c:v>46035.111475409823</c:v>
                 </c:pt>
                 <c:pt idx="26">
-                  <c:v>45905.043442622948</c:v>
+                  <c:v>46039.327049180312</c:v>
                 </c:pt>
                 <c:pt idx="27">
-                  <c:v>45906.736475409831</c:v>
+                  <c:v>46040.86516393441</c:v>
                 </c:pt>
                 <c:pt idx="28">
-                  <c:v>45908.492213114747</c:v>
+                  <c:v>46042.460245901624</c:v>
                 </c:pt>
                 <c:pt idx="29">
-                  <c:v>45916.267622950814</c:v>
+                  <c:v>46049.524180327855</c:v>
                 </c:pt>
                 <c:pt idx="30">
-                  <c:v>45918.148770491796</c:v>
+                  <c:v>46051.233196721296</c:v>
                 </c:pt>
                 <c:pt idx="31">
-                  <c:v>45918.838524590159</c:v>
+                  <c:v>46051.85983606556</c:v>
                 </c:pt>
                 <c:pt idx="32">
-                  <c:v>45920.155327868844</c:v>
+                  <c:v>46053.05614754097</c:v>
                 </c:pt>
                 <c:pt idx="33">
-                  <c:v>45922.914344262288</c:v>
+                  <c:v>46055.562704918018</c:v>
                 </c:pt>
                 <c:pt idx="34">
-                  <c:v>45924.732786885237</c:v>
+                  <c:v>46057.21475409835</c:v>
                 </c:pt>
                 <c:pt idx="35">
-                  <c:v>45926.049590163922</c:v>
+                  <c:v>46058.41106557376</c:v>
                 </c:pt>
                 <c:pt idx="36">
-                  <c:v>45927.61721311474</c:v>
+                  <c:v>46059.835245901631</c:v>
                 </c:pt>
                 <c:pt idx="37">
-                  <c:v>45928.118852459003</c:v>
+                  <c:v>46060.290983606552</c:v>
                 </c:pt>
                 <c:pt idx="38">
-                  <c:v>45929.999999999985</c:v>
+                  <c:v>46061.999999999993</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Study Schedule'!$P$15:$P$53</c:f>
               <c:numCache>
                 <c:formatCode>General</c:formatCode>
                 <c:ptCount val="39"/>
                 <c:pt idx="1">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="2">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="3">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>6</c:v>
                 </c:pt>
@@ -15432,189 +15425,189 @@
   </cols>
   <sheetData>
     <row r="3" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC3" t="s">
         <v>190</v>
       </c>
       <c r="AD3" t="s">
         <v>191</v>
       </c>
       <c r="AE3" s="26" t="s">
         <v>192</v>
       </c>
       <c r="AH3" t="s">
         <v>193</v>
       </c>
       <c r="AI3" t="s">
         <v>194</v>
       </c>
       <c r="AJ3" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="4" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC4" s="11">
         <f>IF(ISBLANK('Study Schedule'!L15),AC3,'Study Schedule'!L15)</f>
-        <v>45853.5</v>
+        <v>45992.5</v>
       </c>
       <c r="AD4" s="25">
         <f>'Study Schedule'!E15</f>
         <v>0</v>
       </c>
       <c r="AE4" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC4)</f>
         <v>0</v>
       </c>
       <c r="AH4" s="27">
         <v>45124.5</v>
       </c>
       <c r="AI4">
         <v>1</v>
       </c>
       <c r="AJ4">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC5" s="11">
         <f>IF(ISBLANK('Study Schedule'!L16),AC4,'Study Schedule'!L16)</f>
-        <v>45854.440573770495</v>
+        <v>45993.354508196724</v>
       </c>
       <c r="AD5" s="25">
         <f>AD4+'Study Schedule'!E16</f>
         <v>6</v>
       </c>
       <c r="AE5" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC5)</f>
         <v>6</v>
       </c>
       <c r="AH5" s="27">
         <v>45126.41710648148</v>
       </c>
       <c r="AI5">
         <v>10</v>
       </c>
       <c r="AJ5">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC6" s="11">
         <f>IF(ISBLANK('Study Schedule'!L17),AC5,'Study Schedule'!L17)</f>
-        <v>45858.014754098367</v>
+        <v>45996.601639344262</v>
       </c>
       <c r="AD6" s="25">
         <f>AD5+'Study Schedule'!E17</f>
         <v>15</v>
       </c>
       <c r="AE6" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC6)</f>
         <v>6</v>
       </c>
       <c r="AH6" s="27">
         <v>45127.354363425926</v>
       </c>
       <c r="AI6">
         <v>15</v>
       </c>
       <c r="AJ6">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC7" s="11">
         <f>IF(ISBLANK('Study Schedule'!L18),AC6,'Study Schedule'!L18)</f>
-        <v>45860.021311475415</v>
+        <v>45998.424590163937</v>
       </c>
       <c r="AD7" s="25">
         <f>AD6+'Study Schedule'!E18</f>
         <v>22</v>
       </c>
       <c r="AE7" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC7)</f>
         <v>6</v>
       </c>
       <c r="AH7" s="27">
         <v>45128.291608796295</v>
       </c>
       <c r="AI7">
         <v>22</v>
       </c>
       <c r="AJ7">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC8" s="11">
         <f>IF(ISBLANK('Study Schedule'!L19),AC7,'Study Schedule'!L19)</f>
-        <v>45861.3381147541</v>
+        <v>45999.620901639348</v>
       </c>
       <c r="AD8" s="25">
         <f>AD7+'Study Schedule'!E19</f>
         <v>28</v>
       </c>
       <c r="AE8" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC8)</f>
         <v>6</v>
       </c>
       <c r="AH8" s="27">
         <v>45129.143657407411</v>
       </c>
       <c r="AI8">
         <v>31</v>
       </c>
       <c r="AJ8">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC9" s="11">
         <f>IF(ISBLANK('Study Schedule'!L20),AC8,'Study Schedule'!L20)</f>
-        <v>45865.476639344262</v>
+        <v>46003.380737704923</v>
       </c>
       <c r="AD9" s="25">
         <f>AD8+'Study Schedule'!E20</f>
         <v>38</v>
       </c>
       <c r="AE9" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC9)</f>
         <v>6</v>
       </c>
       <c r="AH9" s="27">
         <v>45129.74009259259</v>
       </c>
       <c r="AI9">
         <v>37</v>
       </c>
       <c r="AJ9">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC10" s="11">
         <f>IF(ISBLANK('Study Schedule'!L21),AC9,'Study Schedule'!L21)</f>
-        <v>45866.040983606559</v>
+        <v>46003.893442622953</v>
       </c>
       <c r="AD10" s="25">
         <f>AD9+'Study Schedule'!E21</f>
         <v>43</v>
       </c>
       <c r="AE10" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC10)</f>
         <v>6</v>
       </c>
       <c r="AH10" s="27">
         <v>45131.827604166669</v>
       </c>
       <c r="AI10">
         <v>47</v>
       </c>
       <c r="AJ10">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC11" s="11" t="e">
         <f>IF(ISBLANK('Study Schedule'!#REF!),AC10,'Study Schedule'!#REF!)</f>
         <v>#REF!</v>
       </c>
       <c r="AD11" s="25" t="e">
@@ -15915,304 +15908,304 @@
       <c r="AC24" s="11" t="e">
         <f>IF(ISBLANK('Study Schedule'!#REF!),AC23,'Study Schedule'!#REF!)</f>
         <v>#REF!</v>
       </c>
       <c r="AD24" s="25" t="e">
         <f>AD23+'Study Schedule'!#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="AE24" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC24)</f>
         <v>0</v>
       </c>
       <c r="AH24" s="27">
         <v>45144.736134259256</v>
       </c>
       <c r="AI24">
         <v>137</v>
       </c>
       <c r="AJ24">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC25" s="11">
         <f>IF(ISBLANK('Study Schedule'!L22),AC24,'Study Schedule'!L22)</f>
-        <v>45867.922131147541</v>
+        <v>46005.602459016394</v>
       </c>
       <c r="AD25" s="25" t="e">
         <f>AD24+'Study Schedule'!E22</f>
         <v>#REF!</v>
       </c>
       <c r="AE25" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC25)</f>
         <v>6</v>
       </c>
       <c r="AH25" s="27">
         <v>45146.014201388891</v>
       </c>
       <c r="AI25">
         <v>137</v>
       </c>
       <c r="AJ25">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC26" s="11">
         <f>IF(ISBLANK('Study Schedule'!L23),AC25,'Study Schedule'!L23)</f>
-        <v>45870.618442622952</v>
+        <v>46008.052049180325</v>
       </c>
       <c r="AD26" s="25" t="e">
         <f>AD25+'Study Schedule'!E23</f>
         <v>#REF!</v>
       </c>
       <c r="AE26" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC26)</f>
         <v>6</v>
       </c>
       <c r="AH26" s="27">
         <v>45147.803495370368</v>
       </c>
       <c r="AI26">
         <v>148</v>
       </c>
       <c r="AJ26">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC27" s="11">
         <f>IF(ISBLANK('Study Schedule'!L24),AC26,'Study Schedule'!L24)</f>
-        <v>45871.872540983604</v>
+        <v>46009.191393442619</v>
       </c>
       <c r="AD27" s="25" t="e">
         <f>AD26+'Study Schedule'!E24</f>
         <v>#REF!</v>
       </c>
       <c r="AE27" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC27)</f>
         <v>6</v>
       </c>
       <c r="AH27" s="27">
         <v>45148.485138888886</v>
       </c>
       <c r="AI27">
         <v>153</v>
       </c>
       <c r="AJ27">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC28" s="11">
         <f>IF(ISBLANK('Study Schedule'!L25),AC27,'Study Schedule'!L25)</f>
-        <v>45873.753688524586</v>
+        <v>46010.90040983606</v>
       </c>
       <c r="AD28" s="25" t="e">
         <f>AD27+'Study Schedule'!E25</f>
         <v>#REF!</v>
       </c>
       <c r="AE28" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC28)</f>
         <v>6</v>
       </c>
       <c r="AH28" s="27">
         <v>45149.422395833331</v>
       </c>
       <c r="AI28">
         <v>159</v>
       </c>
       <c r="AJ28">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC29" s="11">
         <f>IF(ISBLANK('Study Schedule'!L26),AC28,'Study Schedule'!L26)</f>
-        <v>45878.958196721309</v>
+        <v>46015.628688524586</v>
       </c>
       <c r="AD29" s="25" t="e">
         <f>AD28+'Study Schedule'!E26</f>
         <v>#REF!</v>
       </c>
       <c r="AE29" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC29)</f>
         <v>6</v>
       </c>
       <c r="AH29" s="27">
         <v>45151.850729166668</v>
       </c>
       <c r="AI29">
         <v>165</v>
       </c>
       <c r="AJ29">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC30" s="11">
         <f>IF(ISBLANK('Study Schedule'!L27),AC29,'Study Schedule'!L27)</f>
-        <v>45880.839344262291</v>
+        <v>46017.337704918027</v>
       </c>
       <c r="AD30" s="25" t="e">
         <f>AD29+'Study Schedule'!E27</f>
         <v>#REF!</v>
       </c>
       <c r="AE30" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC30)</f>
         <v>6</v>
       </c>
       <c r="AH30" s="27">
         <v>45153.086192129631</v>
       </c>
       <c r="AI30">
         <v>171</v>
       </c>
       <c r="AJ30">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC31" s="11">
         <f>IF(ISBLANK('Study Schedule'!L28),AC30,'Study Schedule'!L28)</f>
-        <v>45883.849180327867</v>
+        <v>46020.072131147535</v>
       </c>
       <c r="AD31" s="25" t="e">
         <f>AD30+'Study Schedule'!E28</f>
         <v>#REF!</v>
       </c>
       <c r="AE31" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC31)</f>
         <v>6</v>
       </c>
       <c r="AH31" s="27">
         <v>45154.364270833335</v>
       </c>
       <c r="AI31">
         <v>174</v>
       </c>
       <c r="AJ31">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC32" s="11">
         <f>IF(ISBLANK('Study Schedule'!L29),AC31,'Study Schedule'!L29)</f>
-        <v>45885.793032786882</v>
+        <v>46021.838114754093</v>
       </c>
       <c r="AD32" s="25" t="e">
         <f>AD31+'Study Schedule'!E29</f>
         <v>#REF!</v>
       </c>
       <c r="AE32" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC32)</f>
         <v>6</v>
       </c>
       <c r="AH32" s="27">
         <v>45155.216319444444</v>
       </c>
       <c r="AI32">
         <v>180</v>
       </c>
       <c r="AJ32">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC33" s="11">
         <f>IF(ISBLANK('Study Schedule'!L30),AC32,'Study Schedule'!L30)</f>
-        <v>45886.16926229508</v>
+        <v>46022.17991803278</v>
       </c>
       <c r="AD33" s="25" t="e">
         <f>AD32+'Study Schedule'!E30</f>
         <v>#REF!</v>
       </c>
       <c r="AE33" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC33)</f>
         <v>6</v>
       </c>
       <c r="AH33" s="27">
         <v>45156.153564814813</v>
       </c>
       <c r="AI33">
         <v>184</v>
       </c>
       <c r="AJ33">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC34" s="11">
         <f>IF(ISBLANK('Study Schedule'!L31),AC33,'Study Schedule'!L31)</f>
-        <v>45886.670901639343</v>
+        <v>46022.6356557377</v>
       </c>
       <c r="AD34" s="25" t="e">
         <f>AD33+'Study Schedule'!E31</f>
         <v>#REF!</v>
       </c>
       <c r="AE34" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC34)</f>
         <v>6</v>
       </c>
       <c r="AH34" s="27">
         <v>45157.005613425928</v>
       </c>
       <c r="AI34">
         <v>191</v>
       </c>
       <c r="AJ34">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC35" s="11">
         <f>IF(ISBLANK('Study Schedule'!L32),AC34,'Study Schedule'!L32)</f>
-        <v>45887.047131147541</v>
+        <v>46022.977459016387</v>
       </c>
       <c r="AD35" s="25" t="e">
         <f>AD34+'Study Schedule'!E32</f>
         <v>#REF!</v>
       </c>
       <c r="AE35" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC35)</f>
         <v>6</v>
       </c>
       <c r="AH35" s="27">
         <v>45158.837511574071</v>
       </c>
       <c r="AI35">
         <v>199</v>
       </c>
       <c r="AJ35">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC36" s="11">
         <f>IF(ISBLANK('Study Schedule'!L33),AC35,'Study Schedule'!L33)</f>
-        <v>45887.86229508197</v>
+        <v>46023.718032786877</v>
       </c>
       <c r="AD36" s="25" t="e">
         <f>AD35+'Study Schedule'!E33</f>
         <v>#REF!</v>
       </c>
       <c r="AE36" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC36)</f>
         <v>6</v>
       </c>
       <c r="AH36" s="27">
         <v>45160.669421296298</v>
       </c>
       <c r="AI36">
         <v>206</v>
       </c>
       <c r="AJ36">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC37" s="11" t="e">
         <f>IF(ISBLANK('Study Schedule'!#REF!),AC36,'Study Schedule'!#REF!)</f>
         <v>#REF!</v>
       </c>
       <c r="AD37" s="25" t="e">
@@ -16513,212 +16506,212 @@
       <c r="AC50" s="11" t="e">
         <f>IF(ISBLANK('Study Schedule'!#REF!),AC49,'Study Schedule'!#REF!)</f>
         <v>#REF!</v>
       </c>
       <c r="AD50" s="25" t="e">
         <f>AD49+'Study Schedule'!#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="AE50" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC50)</f>
         <v>0</v>
       </c>
       <c r="AH50" s="27">
         <v>45169.189895833333</v>
       </c>
       <c r="AI50">
         <v>264</v>
       </c>
       <c r="AJ50">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC51" s="11">
         <f>IF(ISBLANK('Study Schedule'!L34),AC50,'Study Schedule'!L34)</f>
-        <v>45889.743442622952</v>
+        <v>46025.427049180318</v>
       </c>
       <c r="AD51" s="25" t="e">
         <f>AD50+'Study Schedule'!E34</f>
         <v>#REF!</v>
       </c>
       <c r="AE51" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC51)</f>
         <v>6</v>
       </c>
       <c r="AH51" s="27">
         <v>45170.467962962961</v>
       </c>
       <c r="AI51">
         <v>264</v>
       </c>
       <c r="AJ51">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC52" s="11">
         <f>IF(ISBLANK('Study Schedule'!L46),AC51,'Study Schedule'!L46)</f>
-        <v>45918.838524590159</v>
+        <v>46051.85983606556</v>
       </c>
       <c r="AD52" s="25" t="e">
         <f>AD51+'Study Schedule'!E46</f>
         <v>#REF!</v>
       </c>
       <c r="AE52" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC52)</f>
         <v>6</v>
       </c>
       <c r="AH52" s="27">
         <v>45172.257268518515</v>
       </c>
       <c r="AI52">
         <v>271</v>
       </c>
       <c r="AJ52">
         <v>10</v>
       </c>
     </row>
     <row r="53" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC53" s="11">
         <f>IF(ISBLANK('Study Schedule'!L47),AC52,'Study Schedule'!L47)</f>
-        <v>45920.155327868844</v>
+        <v>46053.05614754097</v>
       </c>
       <c r="AD53" s="25" t="e">
         <f>AD52+'Study Schedule'!E47</f>
         <v>#REF!</v>
       </c>
       <c r="AE53" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC53)</f>
         <v>6</v>
       </c>
       <c r="AH53" s="27">
         <v>45173.364930555559</v>
       </c>
       <c r="AI53">
         <v>273</v>
       </c>
       <c r="AJ53">
         <v>10</v>
       </c>
     </row>
     <row r="54" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC54" s="11">
         <f>IF(ISBLANK('Study Schedule'!L48),AC53,'Study Schedule'!L48)</f>
-        <v>45922.914344262288</v>
+        <v>46055.562704918018</v>
       </c>
       <c r="AD54" s="25" t="e">
         <f>AD53+'Study Schedule'!E48</f>
         <v>#REF!</v>
       </c>
       <c r="AE54" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC54)</f>
         <v>6</v>
       </c>
       <c r="AH54" s="27">
         <v>45174.472592592596</v>
       </c>
       <c r="AI54">
         <v>281</v>
       </c>
       <c r="AJ54">
         <v>10</v>
       </c>
     </row>
     <row r="55" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC55" s="11">
         <f>IF(ISBLANK('Study Schedule'!L49),AC54,'Study Schedule'!L49)</f>
-        <v>45924.732786885237</v>
+        <v>46057.21475409835</v>
       </c>
       <c r="AD55" s="25" t="e">
         <f>AD54+'Study Schedule'!E49</f>
         <v>#REF!</v>
       </c>
       <c r="AE55" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC55)</f>
         <v>6</v>
       </c>
       <c r="AH55" s="27">
         <v>45175.665451388886</v>
       </c>
       <c r="AI55">
         <v>285</v>
       </c>
       <c r="AJ55">
         <v>10</v>
       </c>
     </row>
     <row r="56" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC56" s="11">
         <f>IF(ISBLANK('Study Schedule'!L50),AC55,'Study Schedule'!L50)</f>
-        <v>45926.049590163922</v>
+        <v>46058.41106557376</v>
       </c>
       <c r="AD56" s="25" t="e">
         <f>AD55+'Study Schedule'!E50</f>
         <v>#REF!</v>
       </c>
       <c r="AE56" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC56)</f>
         <v>6</v>
       </c>
       <c r="AH56" s="27">
         <v>45176.134085648147</v>
       </c>
       <c r="AI56">
         <v>288</v>
       </c>
       <c r="AJ56">
         <v>10</v>
       </c>
     </row>
     <row r="57" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC57" s="11">
         <f>IF(ISBLANK('Study Schedule'!L51),AC56,'Study Schedule'!L51)</f>
-        <v>45927.61721311474</v>
+        <v>46059.835245901631</v>
       </c>
       <c r="AD57" s="25" t="e">
         <f>AD56+'Study Schedule'!E51</f>
         <v>#REF!</v>
       </c>
       <c r="AE57" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC57)</f>
         <v>6</v>
       </c>
       <c r="AH57" s="27">
         <v>45178.0937962963</v>
       </c>
       <c r="AI57">
         <v>298</v>
       </c>
       <c r="AJ57">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC58" s="11">
         <f>IF(ISBLANK('Study Schedule'!L52),AC57,'Study Schedule'!L52)</f>
-        <v>45928.118852459003</v>
+        <v>46060.290983606552</v>
       </c>
       <c r="AD58" s="25" t="e">
         <f>AD57+'Study Schedule'!E52</f>
         <v>#REF!</v>
       </c>
       <c r="AE58" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC58)</f>
         <v>6</v>
       </c>
       <c r="AH58" s="27">
         <v>45178.732824074075</v>
       </c>
       <c r="AI58">
         <v>299</v>
       </c>
       <c r="AJ58">
         <v>10</v>
       </c>
     </row>
     <row r="59" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC59" s="11" t="e">
         <f>IF(ISBLANK('Study Schedule'!#REF!),AC58,'Study Schedule'!#REF!)</f>
         <v>#REF!</v>
       </c>
       <c r="AD59" s="25" t="e">
@@ -16812,1800 +16805,1800 @@
       <c r="AC63" s="11" t="e">
         <f>IF(ISBLANK('Study Schedule'!#REF!),AC62,'Study Schedule'!#REF!)</f>
         <v>#REF!</v>
       </c>
       <c r="AD63" s="25" t="e">
         <f>AD62+'Study Schedule'!#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="AE63" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC63)</f>
         <v>0</v>
       </c>
       <c r="AH63" s="27">
         <v>45187.721932870372</v>
       </c>
       <c r="AI63">
         <v>345</v>
       </c>
       <c r="AJ63">
         <v>10</v>
       </c>
     </row>
     <row r="64" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC64" s="11">
         <f>IF(ISBLANK('Study Schedule'!L53),AC63,'Study Schedule'!L53)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD64" s="25" t="e">
         <f>AD63+'Study Schedule'!E53</f>
         <v>#REF!</v>
       </c>
       <c r="AE64" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC64)</f>
         <v>6</v>
       </c>
       <c r="AH64" s="27">
         <v>45189</v>
       </c>
       <c r="AI64">
         <v>345</v>
       </c>
       <c r="AJ64">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC65" s="11">
         <f>IF(ISBLANK('Study Schedule'!L54),AC64,'Study Schedule'!L54)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD65" s="25" t="e">
         <f>AD64+'Study Schedule'!E54</f>
         <v>#REF!</v>
       </c>
       <c r="AE65" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC65)</f>
         <v>6</v>
       </c>
       <c r="AI65"/>
       <c r="AJ65"/>
     </row>
     <row r="66" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC66" s="11">
         <f>IF(ISBLANK('Study Schedule'!L55),AC65,'Study Schedule'!L55)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD66" s="25" t="e">
         <f>AD65+'Study Schedule'!E55</f>
         <v>#REF!</v>
       </c>
       <c r="AE66" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC66)</f>
         <v>6</v>
       </c>
       <c r="AI66"/>
       <c r="AJ66"/>
     </row>
     <row r="67" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC67" s="11">
         <f>IF(ISBLANK('Study Schedule'!L56),AC66,'Study Schedule'!L56)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD67" s="25" t="e">
         <f>AD66+'Study Schedule'!E56</f>
         <v>#REF!</v>
       </c>
       <c r="AE67" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC67)</f>
         <v>6</v>
       </c>
       <c r="AI67"/>
       <c r="AJ67"/>
     </row>
     <row r="68" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC68" s="11">
         <f>IF(ISBLANK('Study Schedule'!L57),AC67,'Study Schedule'!L57)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD68" s="25" t="e">
         <f>AD67+'Study Schedule'!E57</f>
         <v>#REF!</v>
       </c>
       <c r="AE68" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC68)</f>
         <v>6</v>
       </c>
       <c r="AI68"/>
       <c r="AJ68"/>
     </row>
     <row r="69" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC69" s="11">
         <f>IF(ISBLANK('Study Schedule'!L58),AC68,'Study Schedule'!L58)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD69" s="25" t="e">
         <f>AD68+'Study Schedule'!E58</f>
         <v>#REF!</v>
       </c>
       <c r="AE69" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC69)</f>
         <v>6</v>
       </c>
       <c r="AI69"/>
       <c r="AJ69"/>
     </row>
     <row r="70" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC70" s="11">
         <f>IF(ISBLANK('Study Schedule'!L59),AC69,'Study Schedule'!L59)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD70" s="25" t="e">
         <f>AD69+'Study Schedule'!E59</f>
         <v>#REF!</v>
       </c>
       <c r="AE70" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC70)</f>
         <v>6</v>
       </c>
       <c r="AI70"/>
       <c r="AJ70"/>
     </row>
     <row r="71" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC71" s="11">
         <f>IF(ISBLANK('Study Schedule'!L60),AC70,'Study Schedule'!L60)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD71" s="25" t="e">
         <f>AD70+'Study Schedule'!E60</f>
         <v>#REF!</v>
       </c>
       <c r="AE71" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC71)</f>
         <v>6</v>
       </c>
       <c r="AI71"/>
       <c r="AJ71"/>
     </row>
     <row r="72" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC72" s="11">
         <f>IF(ISBLANK('Study Schedule'!L61),AC71,'Study Schedule'!L61)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD72" s="25" t="e">
         <f>AD71+'Study Schedule'!E61</f>
         <v>#REF!</v>
       </c>
       <c r="AE72" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC72)</f>
         <v>6</v>
       </c>
       <c r="AI72"/>
       <c r="AJ72"/>
     </row>
     <row r="73" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC73" s="11">
         <f>IF(ISBLANK('Study Schedule'!L62),AC72,'Study Schedule'!L62)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD73" s="25" t="e">
         <f>AD72+'Study Schedule'!E62</f>
         <v>#REF!</v>
       </c>
       <c r="AE73" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC73)</f>
         <v>6</v>
       </c>
       <c r="AI73"/>
       <c r="AJ73"/>
     </row>
     <row r="74" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC74" s="11">
         <f>IF(ISBLANK('Study Schedule'!L63),AC73,'Study Schedule'!L63)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD74" s="25" t="e">
         <f>AD73+'Study Schedule'!E63</f>
         <v>#REF!</v>
       </c>
       <c r="AE74" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC74)</f>
         <v>6</v>
       </c>
       <c r="AI74"/>
       <c r="AJ74"/>
     </row>
     <row r="75" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC75" s="11">
         <f>IF(ISBLANK('Study Schedule'!L64),AC74,'Study Schedule'!L64)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD75" s="25" t="e">
         <f>AD74+'Study Schedule'!E64</f>
         <v>#REF!</v>
       </c>
       <c r="AE75" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC75)</f>
         <v>6</v>
       </c>
       <c r="AI75"/>
       <c r="AJ75"/>
     </row>
     <row r="76" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC76" s="11">
         <f>IF(ISBLANK('Study Schedule'!L65),AC75,'Study Schedule'!L65)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD76" s="25" t="e">
         <f>AD75+'Study Schedule'!E65</f>
         <v>#REF!</v>
       </c>
       <c r="AE76" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC76)</f>
         <v>6</v>
       </c>
       <c r="AI76"/>
       <c r="AJ76"/>
     </row>
     <row r="77" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC77" s="11">
         <f>IF(ISBLANK('Study Schedule'!L66),AC76,'Study Schedule'!L66)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD77" s="25" t="e">
         <f>AD76+'Study Schedule'!E66</f>
         <v>#REF!</v>
       </c>
       <c r="AE77" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC77)</f>
         <v>6</v>
       </c>
       <c r="AI77"/>
       <c r="AJ77"/>
     </row>
     <row r="78" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC78" s="11">
         <f>IF(ISBLANK('Study Schedule'!L67),AC77,'Study Schedule'!L67)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD78" s="25" t="e">
         <f>AD77+'Study Schedule'!E67</f>
         <v>#REF!</v>
       </c>
       <c r="AE78" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC78)</f>
         <v>6</v>
       </c>
       <c r="AI78"/>
       <c r="AJ78"/>
     </row>
     <row r="79" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC79" s="11">
         <f>IF(ISBLANK('Study Schedule'!L68),AC78,'Study Schedule'!L68)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD79" s="25" t="e">
         <f>AD78+'Study Schedule'!E68</f>
         <v>#REF!</v>
       </c>
       <c r="AE79" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC79)</f>
         <v>6</v>
       </c>
       <c r="AI79"/>
       <c r="AJ79"/>
     </row>
     <row r="80" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC80" s="11">
         <f>IF(ISBLANK('Study Schedule'!L69),AC79,'Study Schedule'!L69)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD80" s="25" t="e">
         <f>AD79+'Study Schedule'!E69</f>
         <v>#REF!</v>
       </c>
       <c r="AE80" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC80)</f>
         <v>6</v>
       </c>
       <c r="AI80"/>
       <c r="AJ80"/>
     </row>
     <row r="81" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC81" s="11">
         <f>IF(ISBLANK('Study Schedule'!L70),AC80,'Study Schedule'!L70)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD81" s="25" t="e">
         <f>AD80+'Study Schedule'!E70</f>
         <v>#REF!</v>
       </c>
       <c r="AE81" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC81)</f>
         <v>6</v>
       </c>
       <c r="AI81"/>
       <c r="AJ81"/>
     </row>
     <row r="82" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC82" s="11">
         <f>IF(ISBLANK('Study Schedule'!L71),AC81,'Study Schedule'!L71)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD82" s="25" t="e">
         <f>AD81+'Study Schedule'!E71</f>
         <v>#REF!</v>
       </c>
       <c r="AE82" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC82)</f>
         <v>6</v>
       </c>
       <c r="AI82"/>
       <c r="AJ82"/>
     </row>
     <row r="83" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC83" s="11">
         <f>IF(ISBLANK('Study Schedule'!L72),AC82,'Study Schedule'!L72)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD83" s="25" t="e">
         <f>AD82+'Study Schedule'!E72</f>
         <v>#REF!</v>
       </c>
       <c r="AE83" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC83)</f>
         <v>6</v>
       </c>
       <c r="AI83"/>
       <c r="AJ83"/>
     </row>
     <row r="84" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC84" s="11">
         <f>IF(ISBLANK('Study Schedule'!L73),AC83,'Study Schedule'!L73)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD84" s="25" t="e">
         <f>AD83+'Study Schedule'!E73</f>
         <v>#REF!</v>
       </c>
       <c r="AE84" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC84)</f>
         <v>6</v>
       </c>
       <c r="AI84"/>
       <c r="AJ84"/>
     </row>
     <row r="85" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC85" s="11">
         <f>IF(ISBLANK('Study Schedule'!L74),AC84,'Study Schedule'!L74)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD85" s="25" t="e">
         <f>AD84+'Study Schedule'!E74</f>
         <v>#REF!</v>
       </c>
       <c r="AE85" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC85)</f>
         <v>6</v>
       </c>
       <c r="AI85"/>
       <c r="AJ85"/>
     </row>
     <row r="86" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC86" s="11">
         <f>IF(ISBLANK('Study Schedule'!L75),AC85,'Study Schedule'!L75)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD86" s="25" t="e">
         <f>AD85+'Study Schedule'!E75</f>
         <v>#REF!</v>
       </c>
       <c r="AE86" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC86)</f>
         <v>6</v>
       </c>
       <c r="AI86"/>
       <c r="AJ86"/>
     </row>
     <row r="87" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC87" s="11">
         <f>IF(ISBLANK('Study Schedule'!L76),AC86,'Study Schedule'!L76)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD87" s="25" t="e">
         <f>AD86+'Study Schedule'!E76</f>
         <v>#REF!</v>
       </c>
       <c r="AE87" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC87)</f>
         <v>6</v>
       </c>
       <c r="AI87"/>
       <c r="AJ87"/>
     </row>
     <row r="88" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC88" s="11">
         <f>IF(ISBLANK('Study Schedule'!L77),AC87,'Study Schedule'!L77)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD88" s="25" t="e">
         <f>AD87+'Study Schedule'!E77</f>
         <v>#REF!</v>
       </c>
       <c r="AE88" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC88)</f>
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC89" s="11">
         <f>IF(ISBLANK('Study Schedule'!L78),AC88,'Study Schedule'!L78)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD89" s="25" t="e">
         <f>AD88+'Study Schedule'!E78</f>
         <v>#REF!</v>
       </c>
       <c r="AE89" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC89)</f>
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC90" s="11">
         <f>IF(ISBLANK('Study Schedule'!L79),AC89,'Study Schedule'!L79)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD90" s="25" t="e">
         <f>AD89+'Study Schedule'!E79</f>
         <v>#REF!</v>
       </c>
       <c r="AE90" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC90)</f>
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC91" s="11">
         <f>IF(ISBLANK('Study Schedule'!L80),AC90,'Study Schedule'!L80)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD91" s="25" t="e">
         <f>AD90+'Study Schedule'!E80</f>
         <v>#REF!</v>
       </c>
       <c r="AE91" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC91)</f>
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC92" s="11">
         <f>IF(ISBLANK('Study Schedule'!L81),AC91,'Study Schedule'!L81)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD92" s="25" t="e">
         <f>AD91+'Study Schedule'!E81</f>
         <v>#REF!</v>
       </c>
       <c r="AE92" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC92)</f>
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC93" s="11">
         <f>IF(ISBLANK('Study Schedule'!L82),AC92,'Study Schedule'!L82)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD93" s="25" t="e">
         <f>AD92+'Study Schedule'!E82</f>
         <v>#REF!</v>
       </c>
       <c r="AE93" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC93)</f>
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC94" s="11">
         <f>IF(ISBLANK('Study Schedule'!L83),AC93,'Study Schedule'!L83)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD94" s="25" t="e">
         <f>AD93+'Study Schedule'!E83</f>
         <v>#REF!</v>
       </c>
       <c r="AE94" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC94)</f>
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC95" s="11">
         <f>IF(ISBLANK('Study Schedule'!L84),AC94,'Study Schedule'!L84)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD95" s="25" t="e">
         <f>AD94+'Study Schedule'!E84</f>
         <v>#REF!</v>
       </c>
       <c r="AE95" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC95)</f>
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC96" s="11">
         <f>IF(ISBLANK('Study Schedule'!L85),AC95,'Study Schedule'!L85)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD96" s="25" t="e">
         <f>AD95+'Study Schedule'!E85</f>
         <v>#REF!</v>
       </c>
       <c r="AE96" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC96)</f>
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC97" s="11">
         <f>IF(ISBLANK('Study Schedule'!L86),AC96,'Study Schedule'!L86)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD97" s="25" t="e">
         <f>AD96+'Study Schedule'!E86</f>
         <v>#REF!</v>
       </c>
       <c r="AE97" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC97)</f>
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC98" s="11">
         <f>IF(ISBLANK('Study Schedule'!L87),AC97,'Study Schedule'!L87)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD98" s="25" t="e">
         <f>AD97+'Study Schedule'!E87</f>
         <v>#REF!</v>
       </c>
       <c r="AE98" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC98)</f>
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC99" s="11">
         <f>IF(ISBLANK('Study Schedule'!L88),AC98,'Study Schedule'!L88)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD99" s="25" t="e">
         <f>AD98+'Study Schedule'!E88</f>
         <v>#REF!</v>
       </c>
       <c r="AE99" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC99)</f>
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC100" s="11">
         <f>IF(ISBLANK('Study Schedule'!L89),AC99,'Study Schedule'!L89)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD100" s="25" t="e">
         <f>AD99+'Study Schedule'!E89</f>
         <v>#REF!</v>
       </c>
       <c r="AE100" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC100)</f>
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC101" s="11">
         <f>IF(ISBLANK('Study Schedule'!L90),AC100,'Study Schedule'!L90)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD101" s="25" t="e">
         <f>AD100+'Study Schedule'!E90</f>
         <v>#REF!</v>
       </c>
       <c r="AE101" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC101)</f>
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC102" s="11">
         <f>IF(ISBLANK('Study Schedule'!L91),AC101,'Study Schedule'!L91)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD102" s="25" t="e">
         <f>AD101+'Study Schedule'!E91</f>
         <v>#REF!</v>
       </c>
       <c r="AE102" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC102)</f>
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC103" s="11">
         <f>IF(ISBLANK('Study Schedule'!L92),AC102,'Study Schedule'!L92)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD103" s="25" t="e">
         <f>AD102+'Study Schedule'!E92</f>
         <v>#REF!</v>
       </c>
       <c r="AE103" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC103)</f>
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC104" s="11">
         <f>IF(ISBLANK('Study Schedule'!L93),AC103,'Study Schedule'!L93)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD104" s="25" t="e">
         <f>AD103+'Study Schedule'!E93</f>
         <v>#REF!</v>
       </c>
       <c r="AE104" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC104)</f>
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC105" s="11">
         <f>IF(ISBLANK('Study Schedule'!L94),AC104,'Study Schedule'!L94)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD105" s="25" t="e">
         <f>AD104+'Study Schedule'!E94</f>
         <v>#REF!</v>
       </c>
       <c r="AE105" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC105)</f>
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC106" s="11">
         <f>IF(ISBLANK('Study Schedule'!L95),AC105,'Study Schedule'!L95)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD106" s="25" t="e">
         <f>AD105+'Study Schedule'!E95</f>
         <v>#REF!</v>
       </c>
       <c r="AE106" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC106)</f>
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC107" s="11">
         <f>IF(ISBLANK('Study Schedule'!L96),AC106,'Study Schedule'!L96)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD107" s="25" t="e">
         <f>AD106+'Study Schedule'!E96</f>
         <v>#REF!</v>
       </c>
       <c r="AE107" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC107)</f>
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC108" s="11">
         <f>IF(ISBLANK('Study Schedule'!L97),AC107,'Study Schedule'!L97)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD108" s="25" t="e">
         <f>AD107+'Study Schedule'!E97</f>
         <v>#REF!</v>
       </c>
       <c r="AE108" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC108)</f>
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC109" s="11">
         <f>IF(ISBLANK('Study Schedule'!L98),AC108,'Study Schedule'!L98)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD109" s="25" t="e">
         <f>AD108+'Study Schedule'!E98</f>
         <v>#REF!</v>
       </c>
       <c r="AE109" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC109)</f>
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC110" s="11">
         <f>IF(ISBLANK('Study Schedule'!L99),AC109,'Study Schedule'!L99)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD110" s="25" t="e">
         <f>AD109+'Study Schedule'!E99</f>
         <v>#REF!</v>
       </c>
       <c r="AE110" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC110)</f>
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC111" s="11">
         <f>IF(ISBLANK('Study Schedule'!L100),AC110,'Study Schedule'!L100)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD111" s="25" t="e">
         <f>AD110+'Study Schedule'!E100</f>
         <v>#REF!</v>
       </c>
       <c r="AE111" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC111)</f>
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC112" s="11">
         <f>IF(ISBLANK('Study Schedule'!L101),AC111,'Study Schedule'!L101)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD112" s="25" t="e">
         <f>AD111+'Study Schedule'!E101</f>
         <v>#REF!</v>
       </c>
       <c r="AE112" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC112)</f>
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC113" s="11">
         <f>IF(ISBLANK('Study Schedule'!L102),AC112,'Study Schedule'!L102)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD113" s="25" t="e">
         <f>AD112+'Study Schedule'!E102</f>
         <v>#REF!</v>
       </c>
       <c r="AE113" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC113)</f>
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC114" s="11">
         <f>IF(ISBLANK('Study Schedule'!L103),AC113,'Study Schedule'!L103)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD114" s="25" t="e">
         <f>AD113+'Study Schedule'!E103</f>
         <v>#REF!</v>
       </c>
       <c r="AE114" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC114)</f>
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC115" s="11">
         <f>IF(ISBLANK('Study Schedule'!L104),AC114,'Study Schedule'!L104)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD115" s="25" t="e">
         <f>AD114+'Study Schedule'!E104</f>
         <v>#REF!</v>
       </c>
       <c r="AE115" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC115)</f>
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC116" s="11">
         <f>IF(ISBLANK('Study Schedule'!L105),AC115,'Study Schedule'!L105)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD116" s="25" t="e">
         <f>AD115+'Study Schedule'!E105</f>
         <v>#REF!</v>
       </c>
       <c r="AE116" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC116)</f>
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC117" s="11">
         <f>IF(ISBLANK('Study Schedule'!L106),AC116,'Study Schedule'!L106)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD117" s="25" t="e">
         <f>AD116+'Study Schedule'!E106</f>
         <v>#REF!</v>
       </c>
       <c r="AE117" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC117)</f>
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC118" s="11">
         <f>IF(ISBLANK('Study Schedule'!L107),AC117,'Study Schedule'!L107)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD118" s="25" t="e">
         <f>AD117+'Study Schedule'!E107</f>
         <v>#REF!</v>
       </c>
       <c r="AE118" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC118)</f>
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC119" s="11">
         <f>IF(ISBLANK('Study Schedule'!L108),AC118,'Study Schedule'!L108)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD119" s="25" t="e">
         <f>AD118+'Study Schedule'!E108</f>
         <v>#REF!</v>
       </c>
       <c r="AE119" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC119)</f>
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC120" s="11">
         <f>IF(ISBLANK('Study Schedule'!L109),AC119,'Study Schedule'!L109)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD120" s="25" t="e">
         <f>AD119+'Study Schedule'!E109</f>
         <v>#REF!</v>
       </c>
       <c r="AE120" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC120)</f>
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC121" s="11">
         <f>IF(ISBLANK('Study Schedule'!L110),AC120,'Study Schedule'!L110)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD121" s="25" t="e">
         <f>AD120+'Study Schedule'!E110</f>
         <v>#REF!</v>
       </c>
       <c r="AE121" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC121)</f>
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC122" s="11">
         <f>IF(ISBLANK('Study Schedule'!L111),AC121,'Study Schedule'!L111)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD122" s="25" t="e">
         <f>AD121+'Study Schedule'!E111</f>
         <v>#REF!</v>
       </c>
       <c r="AE122" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC122)</f>
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC123" s="11">
         <f>IF(ISBLANK('Study Schedule'!L112),AC122,'Study Schedule'!L112)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD123" s="25" t="e">
         <f>AD122+'Study Schedule'!E112</f>
         <v>#REF!</v>
       </c>
       <c r="AE123" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC123)</f>
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC124" s="11">
         <f>IF(ISBLANK('Study Schedule'!L113),AC123,'Study Schedule'!L113)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD124" s="25" t="e">
         <f>AD123+'Study Schedule'!E113</f>
         <v>#REF!</v>
       </c>
       <c r="AE124" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC124)</f>
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC125" s="11">
         <f>IF(ISBLANK('Study Schedule'!L114),AC124,'Study Schedule'!L114)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD125" s="25" t="e">
         <f>AD124+'Study Schedule'!E114</f>
         <v>#REF!</v>
       </c>
       <c r="AE125" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC125)</f>
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC126" s="11">
         <f>IF(ISBLANK('Study Schedule'!L115),AC125,'Study Schedule'!L115)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD126" s="25" t="e">
         <f>AD125+'Study Schedule'!E115</f>
         <v>#REF!</v>
       </c>
       <c r="AE126" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC126)</f>
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC127" s="11">
         <f>IF(ISBLANK('Study Schedule'!L116),AC126,'Study Schedule'!L116)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD127" s="25" t="e">
         <f>AD126+'Study Schedule'!E116</f>
         <v>#REF!</v>
       </c>
       <c r="AE127" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC127)</f>
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC128" s="11">
         <f>IF(ISBLANK('Study Schedule'!L117),AC127,'Study Schedule'!L117)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD128" s="25" t="e">
         <f>AD127+'Study Schedule'!E117</f>
         <v>#REF!</v>
       </c>
       <c r="AE128" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC128)</f>
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC129" s="11">
         <f>IF(ISBLANK('Study Schedule'!L118),AC128,'Study Schedule'!L118)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD129" s="25" t="e">
         <f>AD128+'Study Schedule'!E118</f>
         <v>#REF!</v>
       </c>
       <c r="AE129" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC129)</f>
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC130" s="11">
         <f>IF(ISBLANK('Study Schedule'!L119),AC129,'Study Schedule'!L119)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD130" s="25" t="e">
         <f>AD129+'Study Schedule'!E119</f>
         <v>#REF!</v>
       </c>
       <c r="AE130" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC130)</f>
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC131" s="11">
         <f>IF(ISBLANK('Study Schedule'!L120),AC130,'Study Schedule'!L120)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD131" s="25" t="e">
         <f>AD130+'Study Schedule'!E120</f>
         <v>#REF!</v>
       </c>
       <c r="AE131" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC131)</f>
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC132" s="11">
         <f>IF(ISBLANK('Study Schedule'!L121),AC131,'Study Schedule'!L121)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD132" s="25" t="e">
         <f>AD131+'Study Schedule'!E121</f>
         <v>#REF!</v>
       </c>
       <c r="AE132" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC132)</f>
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC133" s="11">
         <f>IF(ISBLANK('Study Schedule'!L122),AC132,'Study Schedule'!L122)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD133" s="25" t="e">
         <f>AD132+'Study Schedule'!E122</f>
         <v>#REF!</v>
       </c>
       <c r="AE133" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC133)</f>
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC134" s="11">
         <f>IF(ISBLANK('Study Schedule'!L123),AC133,'Study Schedule'!L123)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD134" s="25" t="e">
         <f>AD133+'Study Schedule'!E123</f>
         <v>#REF!</v>
       </c>
       <c r="AE134" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC134)</f>
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC135" s="11">
         <f>IF(ISBLANK('Study Schedule'!L124),AC134,'Study Schedule'!L124)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD135" s="25" t="e">
         <f>AD134+'Study Schedule'!E124</f>
         <v>#REF!</v>
       </c>
       <c r="AE135" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC135)</f>
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC136" s="11">
         <f>IF(ISBLANK('Study Schedule'!L125),AC135,'Study Schedule'!L125)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD136" s="25" t="e">
         <f>AD135+'Study Schedule'!E125</f>
         <v>#REF!</v>
       </c>
       <c r="AE136" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC136)</f>
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC137" s="11">
         <f>IF(ISBLANK('Study Schedule'!L126),AC136,'Study Schedule'!L126)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD137" s="25" t="e">
         <f>AD136+'Study Schedule'!E126</f>
         <v>#REF!</v>
       </c>
       <c r="AE137" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC137)</f>
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC138" s="11">
         <f>IF(ISBLANK('Study Schedule'!L127),AC137,'Study Schedule'!L127)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD138" s="25" t="e">
         <f>AD137+'Study Schedule'!E127</f>
         <v>#REF!</v>
       </c>
       <c r="AE138" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC138)</f>
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC139" s="11">
         <f>IF(ISBLANK('Study Schedule'!L128),AC138,'Study Schedule'!L128)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD139" s="25" t="e">
         <f>AD138+'Study Schedule'!E128</f>
         <v>#REF!</v>
       </c>
       <c r="AE139" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC139)</f>
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC140" s="11">
         <f>IF(ISBLANK('Study Schedule'!L129),AC139,'Study Schedule'!L129)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD140" s="25" t="e">
         <f>AD139+'Study Schedule'!E129</f>
         <v>#REF!</v>
       </c>
       <c r="AE140" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC140)</f>
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC141" s="11">
         <f>IF(ISBLANK('Study Schedule'!L130),AC140,'Study Schedule'!L130)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD141" s="25" t="e">
         <f>AD140+'Study Schedule'!E130</f>
         <v>#REF!</v>
       </c>
       <c r="AE141" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC141)</f>
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC142" s="11">
         <f>IF(ISBLANK('Study Schedule'!L131),AC141,'Study Schedule'!L131)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD142" s="25" t="e">
         <f>AD141+'Study Schedule'!E131</f>
         <v>#REF!</v>
       </c>
       <c r="AE142" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC142)</f>
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC143" s="11">
         <f>IF(ISBLANK('Study Schedule'!L132),AC142,'Study Schedule'!L132)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD143" s="25" t="e">
         <f>AD142+'Study Schedule'!E132</f>
         <v>#REF!</v>
       </c>
       <c r="AE143" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC143)</f>
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC144" s="11">
         <f>IF(ISBLANK('Study Schedule'!L133),AC143,'Study Schedule'!L133)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD144" s="25" t="e">
         <f>AD143+'Study Schedule'!E133</f>
         <v>#REF!</v>
       </c>
       <c r="AE144" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC144)</f>
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC145" s="11">
         <f>IF(ISBLANK('Study Schedule'!L134),AC144,'Study Schedule'!L134)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD145" s="25" t="e">
         <f>AD144+'Study Schedule'!E134</f>
         <v>#REF!</v>
       </c>
       <c r="AE145" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC145)</f>
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC146" s="11">
         <f>IF(ISBLANK('Study Schedule'!L135),AC145,'Study Schedule'!L135)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD146" s="25" t="e">
         <f>AD145+'Study Schedule'!E135</f>
         <v>#REF!</v>
       </c>
       <c r="AE146" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC146)</f>
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC147" s="11">
         <f>IF(ISBLANK('Study Schedule'!L136),AC146,'Study Schedule'!L136)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD147" s="25" t="e">
         <f>AD146+'Study Schedule'!E136</f>
         <v>#REF!</v>
       </c>
       <c r="AE147" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC147)</f>
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC148" s="11">
         <f>IF(ISBLANK('Study Schedule'!L137),AC147,'Study Schedule'!L137)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD148" s="25" t="e">
         <f>AD147+'Study Schedule'!E137</f>
         <v>#REF!</v>
       </c>
       <c r="AE148" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC148)</f>
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC149" s="11">
         <f>IF(ISBLANK('Study Schedule'!L138),AC148,'Study Schedule'!L138)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD149" s="25" t="e">
         <f>AD148+'Study Schedule'!E138</f>
         <v>#REF!</v>
       </c>
       <c r="AE149" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC149)</f>
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC150" s="11">
         <f>IF(ISBLANK('Study Schedule'!L139),AC149,'Study Schedule'!L139)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD150" s="25" t="e">
         <f>AD149+'Study Schedule'!E139</f>
         <v>#REF!</v>
       </c>
       <c r="AE150" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC150)</f>
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC151" s="11">
         <f>IF(ISBLANK('Study Schedule'!L140),AC150,'Study Schedule'!L140)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD151" s="25" t="e">
         <f>AD150+'Study Schedule'!E140</f>
         <v>#REF!</v>
       </c>
       <c r="AE151" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC151)</f>
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC152" s="11">
         <f>IF(ISBLANK('Study Schedule'!L141),AC151,'Study Schedule'!L141)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD152" s="25" t="e">
         <f>AD151+'Study Schedule'!E141</f>
         <v>#REF!</v>
       </c>
       <c r="AE152" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC152)</f>
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC153" s="11">
         <f>IF(ISBLANK('Study Schedule'!L142),AC152,'Study Schedule'!L142)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD153" s="25" t="e">
         <f>AD152+'Study Schedule'!E142</f>
         <v>#REF!</v>
       </c>
       <c r="AE153" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC153)</f>
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC154" s="11">
         <f>IF(ISBLANK('Study Schedule'!L143),AC153,'Study Schedule'!L143)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD154" s="25" t="e">
         <f>AD153+'Study Schedule'!E143</f>
         <v>#REF!</v>
       </c>
       <c r="AE154" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC154)</f>
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC155" s="11">
         <f>IF(ISBLANK('Study Schedule'!L144),AC154,'Study Schedule'!L144)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD155" s="25" t="e">
         <f>AD154+'Study Schedule'!E144</f>
         <v>#REF!</v>
       </c>
       <c r="AE155" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC155)</f>
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC156" s="11">
         <f>IF(ISBLANK('Study Schedule'!L145),AC155,'Study Schedule'!L145)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD156" s="25" t="e">
         <f>AD155+'Study Schedule'!E145</f>
         <v>#REF!</v>
       </c>
       <c r="AE156" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC156)</f>
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC157" s="11">
         <f>IF(ISBLANK('Study Schedule'!L146),AC156,'Study Schedule'!L146)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD157" s="25" t="e">
         <f>AD156+'Study Schedule'!E146</f>
         <v>#REF!</v>
       </c>
       <c r="AE157" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC157)</f>
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC158" s="11">
         <f>IF(ISBLANK('Study Schedule'!L147),AC157,'Study Schedule'!L147)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD158" s="25" t="e">
         <f>AD157+'Study Schedule'!E147</f>
         <v>#REF!</v>
       </c>
       <c r="AE158" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC158)</f>
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC159" s="11">
         <f>IF(ISBLANK('Study Schedule'!L148),AC158,'Study Schedule'!L148)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD159" s="25" t="e">
         <f>AD158+'Study Schedule'!E148</f>
         <v>#REF!</v>
       </c>
       <c r="AE159" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC159)</f>
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC160" s="11">
         <f>IF(ISBLANK('Study Schedule'!L149),AC159,'Study Schedule'!L149)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD160" s="25" t="e">
         <f>AD159+'Study Schedule'!E149</f>
         <v>#REF!</v>
       </c>
       <c r="AE160" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC160)</f>
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC161" s="11">
         <f>IF(ISBLANK('Study Schedule'!L150),AC160,'Study Schedule'!L150)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD161" s="25" t="e">
         <f>AD160+'Study Schedule'!E150</f>
         <v>#REF!</v>
       </c>
       <c r="AE161" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC161)</f>
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC162" s="11">
         <f>IF(ISBLANK('Study Schedule'!L151),AC161,'Study Schedule'!L151)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD162" s="25" t="e">
         <f>AD161+'Study Schedule'!E151</f>
         <v>#REF!</v>
       </c>
       <c r="AE162" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC162)</f>
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC163" s="11">
         <f>IF(ISBLANK('Study Schedule'!L152),AC162,'Study Schedule'!L152)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD163" s="25" t="e">
         <f>AD162+'Study Schedule'!E152</f>
         <v>#REF!</v>
       </c>
       <c r="AE163" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC163)</f>
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC164" s="11">
         <f>IF(ISBLANK('Study Schedule'!L153),AC163,'Study Schedule'!L153)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD164" s="25" t="e">
         <f>AD163+'Study Schedule'!E153</f>
         <v>#REF!</v>
       </c>
       <c r="AE164" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC164)</f>
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC165" s="11">
         <f>IF(ISBLANK('Study Schedule'!L154),AC164,'Study Schedule'!L154)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD165" s="25" t="e">
         <f>AD164+'Study Schedule'!E154</f>
         <v>#REF!</v>
       </c>
       <c r="AE165" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC165)</f>
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC166" s="11">
         <f>IF(ISBLANK('Study Schedule'!L155),AC165,'Study Schedule'!L155)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD166" s="25" t="e">
         <f>AD165+'Study Schedule'!E155</f>
         <v>#REF!</v>
       </c>
       <c r="AE166" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC166)</f>
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC167" s="11">
         <f>IF(ISBLANK('Study Schedule'!L156),AC166,'Study Schedule'!L156)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD167" s="25" t="e">
         <f>AD166+'Study Schedule'!E156</f>
         <v>#REF!</v>
       </c>
       <c r="AE167" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC167)</f>
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC168" s="11">
         <f>IF(ISBLANK('Study Schedule'!L157),AC167,'Study Schedule'!L157)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD168" s="25" t="e">
         <f>AD167+'Study Schedule'!E157</f>
         <v>#REF!</v>
       </c>
       <c r="AE168" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC168)</f>
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC169" s="11">
         <f>IF(ISBLANK('Study Schedule'!L158),AC168,'Study Schedule'!L158)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD169" s="25" t="e">
         <f>AD168+'Study Schedule'!E158</f>
         <v>#REF!</v>
       </c>
       <c r="AE169" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC169)</f>
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC170" s="11">
         <f>IF(ISBLANK('Study Schedule'!L159),AC169,'Study Schedule'!L159)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD170" s="25" t="e">
         <f>AD169+'Study Schedule'!E159</f>
         <v>#REF!</v>
       </c>
       <c r="AE170" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC170)</f>
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC171" s="11">
         <f>IF(ISBLANK('Study Schedule'!L160),AC170,'Study Schedule'!L160)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD171" s="25" t="e">
         <f>AD170+'Study Schedule'!E160</f>
         <v>#REF!</v>
       </c>
       <c r="AE171" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC171)</f>
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC172" s="11">
         <f>IF(ISBLANK('Study Schedule'!L161),AC171,'Study Schedule'!L161)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD172" s="25" t="e">
         <f>AD171+'Study Schedule'!E161</f>
         <v>#REF!</v>
       </c>
       <c r="AE172" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC172)</f>
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC173" s="11">
         <f>IF(ISBLANK('Study Schedule'!L162),AC172,'Study Schedule'!L162)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD173" s="25" t="e">
         <f>AD172+'Study Schedule'!E162</f>
         <v>#REF!</v>
       </c>
       <c r="AE173" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC173)</f>
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC174" s="11">
         <f>IF(ISBLANK('Study Schedule'!L163),AC173,'Study Schedule'!L163)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD174" s="25" t="e">
         <f>AD173+'Study Schedule'!E163</f>
         <v>#REF!</v>
       </c>
       <c r="AE174" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC174)</f>
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC175" s="11">
         <f>IF(ISBLANK('Study Schedule'!L164),AC174,'Study Schedule'!L164)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD175" s="25" t="e">
         <f>AD174+'Study Schedule'!E164</f>
         <v>#REF!</v>
       </c>
       <c r="AE175" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC175)</f>
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC176" s="11">
         <f>IF(ISBLANK('Study Schedule'!L165),AC175,'Study Schedule'!L165)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD176" s="25" t="e">
         <f>AD175+'Study Schedule'!E165</f>
         <v>#REF!</v>
       </c>
       <c r="AE176" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC176)</f>
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC177" s="11">
         <f>IF(ISBLANK('Study Schedule'!L166),AC176,'Study Schedule'!L166)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD177" s="25" t="e">
         <f>AD176+'Study Schedule'!E166</f>
         <v>#REF!</v>
       </c>
       <c r="AE177" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC177)</f>
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC178" s="11">
         <f>IF(ISBLANK('Study Schedule'!L167),AC177,'Study Schedule'!L167)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD178" s="25" t="e">
         <f>AD177+'Study Schedule'!E167</f>
         <v>#REF!</v>
       </c>
       <c r="AE178" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC178)</f>
         <v>6</v>
       </c>
     </row>
     <row r="179" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC179" s="11">
         <f>IF(ISBLANK('Study Schedule'!L168),AC178,'Study Schedule'!L168)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD179" s="25" t="e">
         <f>AD178+'Study Schedule'!E168</f>
         <v>#REF!</v>
       </c>
       <c r="AE179" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC179)</f>
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC180" s="11">
         <f>IF(ISBLANK('Study Schedule'!L169),AC179,'Study Schedule'!L169)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD180" s="25" t="e">
         <f>AD179+'Study Schedule'!E169</f>
         <v>#REF!</v>
       </c>
       <c r="AE180" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC180)</f>
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC181" s="11">
         <f>IF(ISBLANK('Study Schedule'!L170),AC180,'Study Schedule'!L170)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD181" s="25" t="e">
         <f>AD180+'Study Schedule'!E170</f>
         <v>#REF!</v>
       </c>
       <c r="AE181" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC181)</f>
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC182" s="11">
         <f>IF(ISBLANK('Study Schedule'!L171),AC181,'Study Schedule'!L171)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD182" s="25" t="e">
         <f>AD181+'Study Schedule'!E171</f>
         <v>#REF!</v>
       </c>
       <c r="AE182" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC182)</f>
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC183" s="11">
         <f>IF(ISBLANK('Study Schedule'!L172),AC182,'Study Schedule'!L172)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD183" s="25" t="e">
         <f>AD182+'Study Schedule'!E172</f>
         <v>#REF!</v>
       </c>
       <c r="AE183" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC183)</f>
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC184" s="11">
         <f>IF(ISBLANK('Study Schedule'!L173),AC183,'Study Schedule'!L173)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD184" s="25" t="e">
         <f>AD183+'Study Schedule'!E173</f>
         <v>#REF!</v>
       </c>
       <c r="AE184" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC184)</f>
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC185" s="11">
         <f>IF(ISBLANK('Study Schedule'!L174),AC184,'Study Schedule'!L174)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD185" s="25" t="e">
         <f>AD184+'Study Schedule'!E174</f>
         <v>#REF!</v>
       </c>
       <c r="AE185" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC185)</f>
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC186" s="11"/>
       <c r="AD186" s="25"/>
     </row>
     <row r="187" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC187" s="11"/>
       <c r="AD187" s="25"/>
     </row>
     <row r="188" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC188" s="11"/>
       <c r="AD188" s="25"/>
     </row>
     <row r="189" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC189" s="11"/>
       <c r="AD189" s="25"/>
@@ -18985,67 +18978,67 @@
     <oddHeader>&amp;LTIA Suggested Study Schedule - GH DP Spring 2023&amp;Rwww.theinfiniteactuary.com</oddHeader>
     <oddFooter>&amp;L© 2023 The Infinite Actuary, LLC</oddFooter>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A6:J47"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="125" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.796875" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <sheetData>
     <row r="6" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A6" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A7" s="66" t="s">
-        <v>400</v>
+        <v>427</v>
       </c>
     </row>
     <row r="8" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A8" s="66" t="s">
         <v>340</v>
       </c>
     </row>
     <row r="10" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A10" s="8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="11" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A11" s="66" t="str">
-        <f>"The default start date on the Schedule tab is 7/15/2025, but you can enter a different date, and the"</f>
-        <v>The default start date on the Schedule tab is 7/15/2025, but you can enter a different date, and the</v>
+        <f>"The default start date on the Schedule tab is 12/1/2025, but you can enter a different date, and the"</f>
+        <v>The default start date on the Schedule tab is 12/1/2025, but you can enter a different date, and the</v>
       </c>
       <c r="B11" s="66"/>
       <c r="C11" s="66"/>
       <c r="D11" s="66"/>
       <c r="E11" s="66"/>
       <c r="F11" s="66"/>
       <c r="G11" s="66"/>
       <c r="H11" s="66"/>
       <c r="I11" s="66"/>
       <c r="J11" s="66"/>
     </row>
     <row r="12" spans="1:10" x14ac:dyDescent="0.45">
       <c r="A12" s="66" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="66"/>
       <c r="C12" s="66"/>
       <c r="D12" s="66"/>
       <c r="E12" s="66"/>
       <c r="F12" s="66"/>
       <c r="G12" s="66"/>
       <c r="H12" s="66"/>
       <c r="I12" s="66"/>
       <c r="J12" s="66"/>
     </row>
@@ -19351,127 +19344,127 @@
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="2" max="2" width="25.265625" customWidth="1"/>
     <col min="3" max="3" width="42.1328125" customWidth="1"/>
     <col min="4" max="4" width="40.53125" customWidth="1"/>
     <col min="5" max="5" width="9.1328125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="9.1328125" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="10.06640625" hidden="1" customWidth="1"/>
     <col min="8" max="8" width="15.3984375" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="9.1328125" hidden="1" customWidth="1"/>
     <col min="10" max="11" width="9.1328125" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="10.19921875" customWidth="1"/>
     <col min="13" max="13" width="12.59765625" customWidth="1"/>
     <col min="14" max="14" width="9.1328125" bestFit="1" customWidth="1"/>
     <col min="15" max="17" width="9.06640625" customWidth="1"/>
     <col min="18" max="18" width="11.06640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="5" spans="1:17" ht="14.65" thickBot="1" x14ac:dyDescent="0.5"/>
     <row r="6" spans="1:17" x14ac:dyDescent="0.45">
       <c r="B6" s="30" t="s">
         <v>366</v>
       </c>
       <c r="C6" s="28"/>
       <c r="D6" s="69">
-        <v>45853</v>
+        <v>45992</v>
       </c>
     </row>
     <row r="7" spans="1:17" x14ac:dyDescent="0.45">
       <c r="B7" s="68" t="s">
         <v>369</v>
       </c>
       <c r="D7" s="70">
-        <v>45979</v>
+        <v>46104</v>
       </c>
       <c r="E7" s="60"/>
     </row>
     <row r="8" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="B8" s="31"/>
       <c r="C8"/>
       <c r="D8" s="70">
         <f>start_date+0.65*DAYS360(start_date,exam_date)</f>
-        <v>45932.95</v>
+        <v>46064.800000000003</v>
       </c>
       <c r="E8" s="34" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="9" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="B9" s="31" t="s">
         <v>367</v>
       </c>
       <c r="C9"/>
       <c r="D9" s="71"/>
       <c r="E9" s="34" t="s">
         <v>172</v>
       </c>
       <c r="H9" s="55"/>
     </row>
     <row r="10" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="B10" s="32"/>
       <c r="D10" s="73">
         <f>DAYS360(start_date,IF(ISBLANK(D9),D8,D9))</f>
-        <v>77</v>
+        <v>70</v>
       </c>
       <c r="E10" s="35" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="11" spans="1:17" s="1" customFormat="1" ht="14.65" thickBot="1" x14ac:dyDescent="0.5">
       <c r="B11" s="33" t="s">
         <v>368</v>
       </c>
       <c r="C11" s="29"/>
       <c r="D11" s="72"/>
       <c r="F11" s="100" t="s">
         <v>327</v>
       </c>
       <c r="G11" s="101"/>
       <c r="H11" s="102"/>
       <c r="K11" s="100" t="s">
         <v>328</v>
       </c>
       <c r="L11" s="101"/>
       <c r="M11" s="101"/>
     </row>
     <row r="12" spans="1:17" s="1" customFormat="1" ht="23.25" x14ac:dyDescent="0.7">
       <c r="B12" s="16"/>
       <c r="F12" s="103" t="s">
         <v>1</v>
       </c>
       <c r="G12" s="104"/>
       <c r="H12" s="2">
         <v>0</v>
       </c>
       <c r="K12" s="105" t="s">
         <v>1</v>
       </c>
       <c r="L12" s="106"/>
       <c r="M12" s="2">
         <f>SUMIF(M16:M53,"&lt;&gt;",K16:K53)/SUM(K16:K53)</f>
-        <v>1.2295081967213115E-2</v>
+        <v>1.2295081967213113E-2</v>
       </c>
     </row>
     <row r="13" spans="1:17" s="1" customFormat="1" ht="7.5" customHeight="1" x14ac:dyDescent="0.45"/>
     <row r="14" spans="1:17" s="1" customFormat="1" ht="57" x14ac:dyDescent="0.45">
       <c r="A14" s="3"/>
       <c r="B14" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C14" s="4" t="s">
         <v>5</v>
       </c>
       <c r="D14" s="4" t="s">
         <v>4</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>188</v>
       </c>
       <c r="F14" s="17" t="s">
         <v>3</v>
       </c>
       <c r="G14" s="4" t="s">
         <v>8</v>
       </c>
       <c r="H14" s="5" t="s">
         <v>2</v>
@@ -19511,490 +19504,490 @@
       <c r="B15" s="23" t="s">
         <v>9</v>
       </c>
       <c r="C15" s="23" t="s">
         <v>10</v>
       </c>
       <c r="E15" s="22">
         <v>0</v>
       </c>
       <c r="F15" s="24">
         <v>0.5</v>
       </c>
       <c r="G15" s="9">
         <v>44760.5</v>
       </c>
       <c r="H15" s="18">
         <v>44760</v>
       </c>
       <c r="I15" s="19"/>
       <c r="J15" s="19"/>
       <c r="K15" s="24">
         <v>0.5</v>
       </c>
       <c r="L15" s="9">
         <f>D6+K15</f>
-        <v>45853.5</v>
+        <v>45992.5</v>
       </c>
       <c r="M15" s="18">
-        <v>45853</v>
+        <v>45992</v>
       </c>
       <c r="N15" s="79"/>
       <c r="O15" s="94"/>
       <c r="P15" s="95"/>
       <c r="Q15" s="96"/>
     </row>
     <row r="16" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A16" s="80">
         <v>1.1000000000000001</v>
       </c>
       <c r="B16" s="74" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="C16" s="74" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="D16" s="74" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="E16" s="75">
         <v>6</v>
       </c>
       <c r="F16" s="76">
         <v>0.29642116182572614</v>
       </c>
       <c r="G16" s="77">
         <v>44760.796421161824</v>
       </c>
       <c r="H16" s="78">
         <v>44760</v>
       </c>
       <c r="I16" s="75">
         <v>7</v>
       </c>
       <c r="J16" s="75">
         <v>15</v>
       </c>
       <c r="K16" s="76">
         <f t="shared" ref="K16:K53" si="0">(J16)/Weights_Total*(days_available-$F$15)*IF(MID($C16,11,10)="Additional",0.25,1)</f>
-        <v>0.94057377049180324</v>
+        <v>0.85450819672131151</v>
       </c>
       <c r="L16" s="77">
         <f>L15+K16</f>
-        <v>45854.440573770495</v>
+        <v>45993.354508196724</v>
       </c>
       <c r="M16" s="18">
-        <v>45854</v>
+        <v>45993</v>
       </c>
       <c r="N16" s="87">
         <v>6</v>
       </c>
       <c r="O16" s="94">
         <f>SUM($E$16:E16)</f>
         <v>6</v>
       </c>
       <c r="P16" s="95">
         <f t="shared" ref="P16:P33" si="1">SUMIFS(DOLPgCnt,ActFDate,"&gt;1")</f>
         <v>6</v>
       </c>
       <c r="Q16" s="96">
         <f>P16/O16</f>
         <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A17" s="80">
         <v>1.2</v>
       </c>
       <c r="B17" s="74" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="C17" s="74" t="s">
         <v>27</v>
       </c>
       <c r="D17" s="74" t="s">
         <v>34</v>
       </c>
       <c r="E17" s="75">
         <v>9</v>
       </c>
       <c r="F17" s="76">
         <v>0.16467842323651452</v>
       </c>
       <c r="G17" s="77">
         <v>44760.96109958506</v>
       </c>
       <c r="H17" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I17" s="75">
         <v>4</v>
       </c>
       <c r="J17" s="75">
         <v>57</v>
       </c>
       <c r="K17" s="76">
         <f t="shared" si="0"/>
-        <v>3.5741803278688526</v>
+        <v>3.2471311475409839</v>
       </c>
       <c r="L17" s="77">
         <f t="shared" ref="L17:L53" si="2">L16+K17</f>
-        <v>45858.014754098367</v>
+        <v>45996.601639344262</v>
       </c>
       <c r="M17" s="18"/>
       <c r="N17" s="87">
         <v>18</v>
       </c>
       <c r="O17" s="94">
         <f>SUM($E$16:E17)</f>
         <v>15</v>
       </c>
       <c r="P17" s="95">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="Q17" s="96">
         <f t="shared" ref="Q17:Q53" si="3">P17/O17</f>
         <v>0.4</v>
       </c>
     </row>
     <row r="18" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A18" s="80">
         <v>1.3</v>
       </c>
       <c r="B18" s="74" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="C18" s="74" t="s">
         <v>29</v>
       </c>
       <c r="D18" s="74" t="s">
         <v>36</v>
       </c>
       <c r="E18" s="75">
         <v>7</v>
       </c>
       <c r="F18" s="76">
         <v>0.23054979253112035</v>
       </c>
       <c r="G18" s="77">
         <v>44761.191649377593</v>
       </c>
       <c r="H18" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I18" s="75">
         <v>5</v>
       </c>
       <c r="J18" s="75">
         <v>32</v>
       </c>
       <c r="K18" s="76">
         <f t="shared" si="0"/>
-        <v>2.0065573770491802</v>
+        <v>1.8229508196721311</v>
       </c>
       <c r="L18" s="77">
         <f t="shared" si="2"/>
-        <v>45860.021311475415</v>
+        <v>45998.424590163937</v>
       </c>
       <c r="M18" s="18"/>
       <c r="N18" s="87">
         <v>18</v>
       </c>
       <c r="O18" s="94">
         <f>SUM($E$16:E18)</f>
         <v>22</v>
       </c>
       <c r="P18" s="95">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="Q18" s="96">
         <f t="shared" si="3"/>
         <v>0.27272727272727271</v>
       </c>
     </row>
     <row r="19" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A19" s="80">
         <v>1.4</v>
       </c>
       <c r="B19" s="74" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="C19" s="74" t="s">
         <v>31</v>
       </c>
       <c r="D19" s="74" t="s">
         <v>38</v>
       </c>
       <c r="E19" s="75">
         <v>6</v>
       </c>
       <c r="F19" s="76">
         <v>0.29642116182572614</v>
       </c>
       <c r="G19" s="77">
         <v>44761.488070539417</v>
       </c>
       <c r="H19" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I19" s="75">
         <v>5</v>
       </c>
       <c r="J19" s="75">
         <v>21</v>
       </c>
       <c r="K19" s="76">
         <f t="shared" si="0"/>
-        <v>1.3168032786885246</v>
+        <v>1.1963114754098361</v>
       </c>
       <c r="L19" s="77">
         <f t="shared" si="2"/>
-        <v>45861.3381147541</v>
+        <v>45999.620901639348</v>
       </c>
       <c r="M19" s="18"/>
       <c r="N19" s="87">
         <v>20</v>
       </c>
       <c r="O19" s="94">
         <f>SUM($E$16:E19)</f>
         <v>28</v>
       </c>
       <c r="P19" s="95">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="Q19" s="96">
         <f t="shared" si="3"/>
         <v>0.21428571428571427</v>
       </c>
     </row>
     <row r="20" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A20" s="80">
         <v>1.5</v>
       </c>
       <c r="B20" s="74" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="C20" s="74" t="s">
         <v>32</v>
       </c>
       <c r="D20" s="74" t="s">
         <v>39</v>
       </c>
       <c r="E20" s="75">
         <v>10</v>
       </c>
       <c r="F20" s="76">
         <v>0.19761410788381742</v>
       </c>
       <c r="G20" s="77">
         <v>44761.685684647302</v>
       </c>
       <c r="H20" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I20" s="75">
         <v>5</v>
       </c>
       <c r="J20" s="75">
         <v>66</v>
       </c>
       <c r="K20" s="76">
         <f t="shared" si="0"/>
-        <v>4.138524590163934</v>
+        <v>3.7598360655737704</v>
       </c>
       <c r="L20" s="77">
         <f t="shared" si="2"/>
-        <v>45865.476639344262</v>
+        <v>46003.380737704923</v>
       </c>
       <c r="M20" s="18"/>
       <c r="N20" s="87">
         <v>22</v>
       </c>
       <c r="O20" s="94">
         <f>SUM($E$16:E20)</f>
         <v>38</v>
       </c>
       <c r="P20" s="95">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="Q20" s="96">
         <f t="shared" si="3"/>
         <v>0.15789473684210525</v>
       </c>
     </row>
     <row r="21" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A21" s="80">
         <v>1.6</v>
       </c>
       <c r="B21" s="74" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="C21" s="74" t="s">
         <v>43</v>
       </c>
       <c r="D21" s="74" t="s">
         <v>42</v>
       </c>
       <c r="E21" s="75">
         <v>5</v>
       </c>
       <c r="F21" s="76">
         <v>0.32935684647302904</v>
       </c>
       <c r="G21" s="77">
         <v>44762.015041493774</v>
       </c>
       <c r="H21" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I21" s="75">
         <v>9</v>
       </c>
       <c r="J21" s="75">
         <v>9</v>
       </c>
       <c r="K21" s="76">
         <f t="shared" si="0"/>
-        <v>0.56434426229508194</v>
+        <v>0.51270491803278695</v>
       </c>
       <c r="L21" s="77">
         <f t="shared" si="2"/>
-        <v>45866.040983606559</v>
+        <v>46003.893442622953</v>
       </c>
       <c r="M21" s="18"/>
       <c r="N21" s="87">
         <v>12</v>
       </c>
       <c r="O21" s="94">
         <f>SUM($E$16:E21)</f>
         <v>43</v>
       </c>
       <c r="P21" s="95">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="Q21" s="96">
         <f t="shared" si="3"/>
         <v>0.13953488372093023</v>
       </c>
     </row>
     <row r="22" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A22" s="6"/>
       <c r="B22" s="6" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="C22" s="6" t="s">
         <v>82</v>
       </c>
       <c r="D22" s="6" t="s">
         <v>187</v>
       </c>
       <c r="E22" s="22">
         <v>0</v>
       </c>
       <c r="F22" s="7">
         <v>0</v>
       </c>
       <c r="G22" s="9">
         <v>44763.4971473029</v>
       </c>
       <c r="H22" s="18" t="s">
         <v>365</v>
       </c>
       <c r="I22" s="22">
         <v>1</v>
       </c>
       <c r="J22" s="22">
         <v>30</v>
       </c>
-      <c r="K22" s="107">
+      <c r="K22" s="84">
         <f t="shared" si="0"/>
-        <v>1.8811475409836065</v>
-[...1 lines deleted...]
-      <c r="L22" s="108">
+        <v>1.709016393442623</v>
+      </c>
+      <c r="L22" s="85">
         <f t="shared" si="2"/>
-        <v>45867.922131147541</v>
+        <v>46005.602459016394</v>
       </c>
       <c r="M22" s="18"/>
       <c r="N22" s="88">
         <v>0</v>
       </c>
       <c r="O22" s="94">
         <f>SUM($E$16:E22)</f>
         <v>43</v>
       </c>
       <c r="P22" s="95">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="Q22" s="96">
         <f t="shared" si="3"/>
         <v>0.13953488372093023</v>
       </c>
     </row>
     <row r="23" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A23" s="82">
         <v>2.1</v>
       </c>
       <c r="B23" s="74" t="s">
         <v>41</v>
       </c>
       <c r="C23" s="74" t="s">
         <v>59</v>
       </c>
       <c r="D23" s="74" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="E23" s="75">
         <v>11</v>
       </c>
       <c r="F23" s="76">
         <v>0.36229253112033194</v>
       </c>
       <c r="G23" s="77">
         <v>44763.859439834021</v>
       </c>
       <c r="H23" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I23" s="75">
         <v>4</v>
       </c>
       <c r="J23" s="75">
         <v>43</v>
       </c>
       <c r="K23" s="76">
         <f t="shared" si="0"/>
-        <v>2.6963114754098361</v>
+        <v>2.4495901639344262</v>
       </c>
       <c r="L23" s="77">
         <f t="shared" si="2"/>
-        <v>45870.618442622952</v>
+        <v>46008.052049180325</v>
       </c>
       <c r="M23" s="18"/>
       <c r="N23" s="87">
         <v>51</v>
       </c>
       <c r="O23" s="94">
         <f>SUM($E$16:E23)</f>
         <v>54</v>
       </c>
       <c r="P23" s="95">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="Q23" s="96">
         <f t="shared" si="3"/>
         <v>0.1111111111111111</v>
       </c>
     </row>
     <row r="24" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A24" s="82">
         <v>2.2000000000000002</v>
       </c>
       <c r="B24" s="74" t="s">
         <v>41</v>
       </c>
@@ -20002,55 +19995,55 @@
         <v>44</v>
       </c>
       <c r="D24" s="74" t="s">
         <v>51</v>
       </c>
       <c r="E24" s="75">
         <v>5</v>
       </c>
       <c r="F24" s="76">
         <v>0.16467842323651452</v>
       </c>
       <c r="G24" s="77">
         <v>44764.024118257257</v>
       </c>
       <c r="H24" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I24" s="75">
         <v>2</v>
       </c>
       <c r="J24" s="75">
         <v>20</v>
       </c>
       <c r="K24" s="76">
         <f t="shared" si="0"/>
-        <v>1.2540983606557379</v>
+        <v>1.139344262295082</v>
       </c>
       <c r="L24" s="77">
         <f t="shared" si="2"/>
-        <v>45871.872540983604</v>
+        <v>46009.191393442619</v>
       </c>
       <c r="M24" s="18"/>
       <c r="N24" s="87">
         <v>12</v>
       </c>
       <c r="O24" s="94">
         <f>SUM($E$16:E24)</f>
         <v>59</v>
       </c>
       <c r="P24" s="95">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="Q24" s="96">
         <f t="shared" si="3"/>
         <v>0.10169491525423729</v>
       </c>
     </row>
     <row r="25" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A25" s="82">
         <v>2.2999999999999998</v>
       </c>
       <c r="B25" s="74" t="s">
         <v>41</v>
       </c>
@@ -20058,55 +20051,55 @@
         <v>48</v>
       </c>
       <c r="D25" s="74" t="s">
         <v>55</v>
       </c>
       <c r="E25" s="75">
         <v>6</v>
       </c>
       <c r="F25" s="76">
         <v>0.19761410788381742</v>
       </c>
       <c r="G25" s="77">
         <v>44764.221732365142</v>
       </c>
       <c r="H25" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I25" s="75">
         <v>3</v>
       </c>
       <c r="J25" s="75">
         <v>30</v>
       </c>
       <c r="K25" s="76">
         <f t="shared" si="0"/>
-        <v>1.8811475409836065</v>
+        <v>1.709016393442623</v>
       </c>
       <c r="L25" s="77">
         <f t="shared" si="2"/>
-        <v>45873.753688524586</v>
+        <v>46010.90040983606</v>
       </c>
       <c r="M25" s="18"/>
       <c r="N25" s="87">
         <v>16</v>
       </c>
       <c r="O25" s="94">
         <f>SUM($E$16:E25)</f>
         <v>65</v>
       </c>
       <c r="P25" s="95">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="Q25" s="96">
         <f t="shared" si="3"/>
         <v>9.2307692307692313E-2</v>
       </c>
     </row>
     <row r="26" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A26" s="82">
         <v>2.4</v>
       </c>
       <c r="B26" s="74" t="s">
         <v>41</v>
       </c>
@@ -20114,55 +20107,55 @@
         <v>45</v>
       </c>
       <c r="D26" s="74" t="s">
         <v>52</v>
       </c>
       <c r="E26" s="75">
         <v>6</v>
       </c>
       <c r="F26" s="76">
         <v>0.19761410788381742</v>
       </c>
       <c r="G26" s="77">
         <v>44764.419346473027</v>
       </c>
       <c r="H26" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I26" s="75">
         <v>3</v>
       </c>
       <c r="J26" s="75">
         <v>83</v>
       </c>
       <c r="K26" s="76">
         <f t="shared" si="0"/>
-        <v>5.2045081967213118</v>
+        <v>4.7282786885245898</v>
       </c>
       <c r="L26" s="77">
         <f t="shared" si="2"/>
-        <v>45878.958196721309</v>
+        <v>46015.628688524586</v>
       </c>
       <c r="M26" s="18"/>
       <c r="N26" s="87">
         <v>30</v>
       </c>
       <c r="O26" s="94">
         <f>SUM($E$16:E26)</f>
         <v>71</v>
       </c>
       <c r="P26" s="95">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="Q26" s="96">
         <f t="shared" si="3"/>
         <v>8.4507042253521125E-2</v>
       </c>
     </row>
     <row r="27" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A27" s="82">
         <v>2.5</v>
       </c>
       <c r="B27" s="74" t="s">
         <v>41</v>
       </c>
@@ -20170,55 +20163,55 @@
         <v>47</v>
       </c>
       <c r="D27" s="74" t="s">
         <v>54</v>
       </c>
       <c r="E27" s="75">
         <v>6</v>
       </c>
       <c r="F27" s="76">
         <v>0.19761410788381742</v>
       </c>
       <c r="G27" s="77">
         <v>44764.616960580912</v>
       </c>
       <c r="H27" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I27" s="75">
         <v>4</v>
       </c>
       <c r="J27" s="75">
         <v>30</v>
       </c>
       <c r="K27" s="76">
         <f t="shared" si="0"/>
-        <v>1.8811475409836065</v>
+        <v>1.709016393442623</v>
       </c>
       <c r="L27" s="77">
         <f t="shared" si="2"/>
-        <v>45880.839344262291</v>
+        <v>46017.337704918027</v>
       </c>
       <c r="M27" s="18"/>
       <c r="N27" s="87">
         <v>16</v>
       </c>
       <c r="O27" s="94">
         <f>SUM($E$16:E27)</f>
         <v>77</v>
       </c>
       <c r="P27" s="95">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="Q27" s="96">
         <f t="shared" si="3"/>
         <v>7.792207792207792E-2</v>
       </c>
     </row>
     <row r="28" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A28" s="82">
         <v>2.6</v>
       </c>
       <c r="B28" s="74" t="s">
         <v>41</v>
       </c>
@@ -20226,55 +20219,55 @@
         <v>46</v>
       </c>
       <c r="D28" s="74" t="s">
         <v>53</v>
       </c>
       <c r="E28" s="75">
         <v>7</v>
       </c>
       <c r="F28" s="76">
         <v>9.880705394190871E-2</v>
       </c>
       <c r="G28" s="77">
         <v>44764.715767634851</v>
       </c>
       <c r="H28" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I28" s="75">
         <v>2</v>
       </c>
       <c r="J28" s="75">
         <v>48</v>
       </c>
       <c r="K28" s="76">
         <f t="shared" si="0"/>
-        <v>3.0098360655737708</v>
+        <v>2.7344262295081969</v>
       </c>
       <c r="L28" s="77">
         <f t="shared" si="2"/>
-        <v>45883.849180327867</v>
+        <v>46020.072131147535</v>
       </c>
       <c r="M28" s="18"/>
       <c r="N28" s="87">
         <v>20</v>
       </c>
       <c r="O28" s="94">
         <f>SUM($E$16:E28)</f>
         <v>84</v>
       </c>
       <c r="P28" s="95">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="Q28" s="96">
         <f t="shared" si="3"/>
         <v>7.1428571428571425E-2</v>
       </c>
     </row>
     <row r="29" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A29" s="82">
         <v>2.7</v>
       </c>
       <c r="B29" s="74" t="s">
         <v>41</v>
       </c>
@@ -20282,55 +20275,55 @@
         <v>50</v>
       </c>
       <c r="D29" s="74" t="s">
         <v>345</v>
       </c>
       <c r="E29" s="75">
         <v>5</v>
       </c>
       <c r="F29" s="76">
         <v>0.19761410788381742</v>
       </c>
       <c r="G29" s="77">
         <v>44764.913381742736</v>
       </c>
       <c r="H29" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I29" s="75">
         <v>3</v>
       </c>
       <c r="J29" s="75">
         <v>31</v>
       </c>
       <c r="K29" s="76">
         <f t="shared" si="0"/>
-        <v>1.9438524590163935</v>
+        <v>1.7659836065573771</v>
       </c>
       <c r="L29" s="77">
         <f t="shared" si="2"/>
-        <v>45885.793032786882</v>
+        <v>46021.838114754093</v>
       </c>
       <c r="M29" s="18"/>
       <c r="N29" s="87">
         <v>18</v>
       </c>
       <c r="O29" s="94">
         <f>SUM($E$16:E29)</f>
         <v>89</v>
       </c>
       <c r="P29" s="95">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="Q29" s="96">
         <f t="shared" si="3"/>
         <v>6.741573033707865E-2</v>
       </c>
     </row>
     <row r="30" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A30" s="82">
         <v>2.8</v>
       </c>
       <c r="B30" s="74" t="s">
         <v>41</v>
       </c>
@@ -20338,55 +20331,55 @@
         <v>343</v>
       </c>
       <c r="D30" s="74" t="s">
         <v>344</v>
       </c>
       <c r="E30" s="75">
         <v>2</v>
       </c>
       <c r="F30" s="76">
         <v>0.13174273858921162</v>
       </c>
       <c r="G30" s="77">
         <v>44765.045124481323</v>
       </c>
       <c r="H30" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I30" s="75">
         <v>3</v>
       </c>
       <c r="J30" s="75">
         <v>6</v>
       </c>
       <c r="K30" s="76">
         <f t="shared" si="0"/>
-        <v>0.37622950819672135</v>
+        <v>0.34180327868852461</v>
       </c>
       <c r="L30" s="77">
         <f t="shared" si="2"/>
-        <v>45886.16926229508</v>
+        <v>46022.17991803278</v>
       </c>
       <c r="M30" s="18"/>
       <c r="N30" s="87">
         <v>8</v>
       </c>
       <c r="O30" s="94">
         <f>SUM($E$16:E30)</f>
         <v>91</v>
       </c>
       <c r="P30" s="95">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="Q30" s="96">
         <f t="shared" si="3"/>
         <v>6.5934065934065936E-2</v>
       </c>
     </row>
     <row r="31" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A31" s="82">
         <v>2.9</v>
       </c>
       <c r="B31" s="74" t="s">
         <v>41</v>
       </c>
@@ -20394,55 +20387,55 @@
         <v>61</v>
       </c>
       <c r="D31" s="74" t="s">
         <v>62</v>
       </c>
       <c r="E31" s="75">
         <v>3</v>
       </c>
       <c r="F31" s="76">
         <v>0.23054979253112035</v>
       </c>
       <c r="G31" s="77">
         <v>44765.275674273857</v>
       </c>
       <c r="H31" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I31" s="75">
         <v>5</v>
       </c>
       <c r="J31" s="75">
         <v>8</v>
       </c>
       <c r="K31" s="76">
         <f t="shared" si="0"/>
-        <v>0.50163934426229506</v>
+        <v>0.45573770491803278</v>
       </c>
       <c r="L31" s="77">
         <f t="shared" si="2"/>
-        <v>45886.670901639343</v>
+        <v>46022.6356557377</v>
       </c>
       <c r="M31" s="18"/>
       <c r="N31" s="87">
         <v>8</v>
       </c>
       <c r="O31" s="94">
         <f>SUM($E$16:E31)</f>
         <v>94</v>
       </c>
       <c r="P31" s="95">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="Q31" s="96">
         <f t="shared" si="3"/>
         <v>6.3829787234042548E-2</v>
       </c>
     </row>
     <row r="32" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A32" s="81">
         <v>2.1</v>
       </c>
       <c r="B32" s="74" t="s">
         <v>41</v>
       </c>
@@ -20450,55 +20443,55 @@
         <v>63</v>
       </c>
       <c r="D32" s="74" t="s">
         <v>64</v>
       </c>
       <c r="E32" s="75">
         <v>2</v>
       </c>
       <c r="F32" s="76">
         <v>0.19761410788381742</v>
       </c>
       <c r="G32" s="77">
         <v>44765.473288381741</v>
       </c>
       <c r="H32" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I32" s="75">
         <v>4</v>
       </c>
       <c r="J32" s="75">
         <v>6</v>
       </c>
       <c r="K32" s="76">
         <f t="shared" si="0"/>
-        <v>0.37622950819672135</v>
+        <v>0.34180327868852461</v>
       </c>
       <c r="L32" s="77">
         <f t="shared" si="2"/>
-        <v>45887.047131147541</v>
+        <v>46022.977459016387</v>
       </c>
       <c r="M32" s="18"/>
       <c r="N32" s="87">
         <v>6</v>
       </c>
       <c r="O32" s="94">
         <f>SUM($E$16:E32)</f>
         <v>96</v>
       </c>
       <c r="P32" s="95">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="Q32" s="96">
         <f t="shared" si="3"/>
         <v>6.25E-2</v>
       </c>
     </row>
     <row r="33" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A33" s="81">
         <v>2.11</v>
       </c>
       <c r="B33" s="74" t="s">
         <v>41</v>
       </c>
@@ -20506,1605 +20499,1606 @@
         <v>80</v>
       </c>
       <c r="D33" s="74" t="s">
         <v>81</v>
       </c>
       <c r="E33" s="75">
         <v>3</v>
       </c>
       <c r="F33" s="76">
         <v>0.23054979253112035</v>
       </c>
       <c r="G33" s="77">
         <v>44765.703838174275</v>
       </c>
       <c r="H33" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I33" s="75">
         <v>3</v>
       </c>
       <c r="J33" s="75">
         <v>13</v>
       </c>
       <c r="K33" s="76">
         <f t="shared" si="0"/>
-        <v>0.81516393442622948</v>
+        <v>0.74057377049180328</v>
       </c>
       <c r="L33" s="77">
         <f t="shared" si="2"/>
-        <v>45887.86229508197</v>
+        <v>46023.718032786877</v>
       </c>
       <c r="M33" s="18"/>
       <c r="N33" s="87">
         <v>11</v>
       </c>
       <c r="O33" s="94">
         <f>SUM($E$16:E33)</f>
         <v>99</v>
       </c>
       <c r="P33" s="95">
         <f t="shared" si="1"/>
         <v>6</v>
       </c>
       <c r="Q33" s="96">
         <f t="shared" si="3"/>
         <v>6.0606060606060608E-2</v>
       </c>
     </row>
     <row r="34" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A34" s="6"/>
       <c r="B34" s="6" t="s">
         <v>41</v>
       </c>
       <c r="C34" s="6" t="s">
         <v>83</v>
       </c>
       <c r="D34" s="6" t="s">
         <v>187</v>
       </c>
       <c r="E34" s="22">
         <v>0</v>
       </c>
       <c r="F34" s="7">
         <v>0</v>
       </c>
       <c r="G34" s="9">
         <v>44767.482365145224</v>
       </c>
       <c r="H34" s="18" t="s">
         <v>365</v>
       </c>
       <c r="I34" s="22">
         <v>1</v>
       </c>
       <c r="J34" s="22">
         <v>30</v>
       </c>
-      <c r="K34" s="107">
+      <c r="K34" s="84">
         <f t="shared" si="0"/>
-        <v>1.8811475409836065</v>
-[...1 lines deleted...]
-      <c r="L34" s="108">
+        <v>1.709016393442623</v>
+      </c>
+      <c r="L34" s="85">
         <f t="shared" si="2"/>
-        <v>45889.743442622952</v>
+        <v>46025.427049180318</v>
       </c>
       <c r="M34" s="18"/>
       <c r="N34" s="88">
         <v>0</v>
       </c>
       <c r="O34" s="94">
         <f>SUM($E$16:E34)</f>
         <v>99</v>
       </c>
       <c r="P34" s="95">
         <f t="shared" ref="P34:P53" si="4">SUMIFS(DOLPgCnt,ActFDate,"&gt;1")</f>
         <v>6</v>
       </c>
       <c r="Q34" s="96">
         <f t="shared" si="3"/>
         <v>6.0606060606060608E-2</v>
       </c>
     </row>
     <row r="35" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A35" s="82">
         <v>3.1</v>
       </c>
       <c r="B35" s="74" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C35" s="74" t="s">
         <v>117</v>
       </c>
       <c r="D35" s="74" t="s">
         <v>57</v>
       </c>
       <c r="E35" s="75">
         <v>7</v>
       </c>
       <c r="F35" s="76">
         <v>9.880705394190871E-2</v>
       </c>
       <c r="G35" s="77">
         <v>44767.581172199163</v>
       </c>
       <c r="H35" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I35" s="75">
         <v>2</v>
       </c>
       <c r="J35" s="75">
         <v>54</v>
       </c>
       <c r="K35" s="76">
         <f t="shared" si="0"/>
-        <v>3.3860655737704914</v>
+        <v>3.0762295081967213</v>
       </c>
       <c r="L35" s="77">
         <f t="shared" si="2"/>
-        <v>45893.129508196726</v>
+        <v>46028.503278688513</v>
       </c>
       <c r="M35" s="18"/>
       <c r="N35" s="87">
         <v>30</v>
       </c>
       <c r="O35" s="94">
         <f>SUM($E$16:E35)</f>
         <v>106</v>
       </c>
       <c r="P35" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q35" s="96">
         <f t="shared" ref="Q35:Q45" si="5">P35/O35</f>
         <v>5.6603773584905662E-2</v>
       </c>
     </row>
     <row r="36" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A36" s="82">
         <v>3.2</v>
       </c>
       <c r="B36" s="74" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C36" s="74" t="s">
         <v>295</v>
       </c>
       <c r="D36" s="74" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="E36" s="75">
         <v>2</v>
       </c>
       <c r="F36" s="76">
         <v>0.16467842323651452</v>
       </c>
       <c r="G36" s="77">
         <v>44767.745850622399</v>
       </c>
       <c r="H36" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I36" s="75">
         <v>2</v>
       </c>
       <c r="J36" s="75">
         <v>26</v>
       </c>
       <c r="K36" s="76">
         <f t="shared" si="0"/>
-        <v>1.630327868852459</v>
+        <v>1.4811475409836066</v>
       </c>
       <c r="L36" s="77">
         <f t="shared" si="2"/>
-        <v>45894.759836065576</v>
+        <v>46029.984426229494</v>
       </c>
       <c r="M36" s="18"/>
       <c r="N36" s="87">
         <v>9</v>
       </c>
       <c r="O36" s="94">
         <f>SUM($E$16:E36)</f>
         <v>108</v>
       </c>
       <c r="P36" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q36" s="96">
         <f t="shared" si="5"/>
         <v>5.5555555555555552E-2</v>
       </c>
     </row>
     <row r="37" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A37" s="82">
         <v>3.3</v>
       </c>
       <c r="B37" s="74" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C37" s="74" t="s">
         <v>118</v>
       </c>
       <c r="D37" s="74" t="s">
         <v>352</v>
       </c>
       <c r="E37" s="75">
         <v>8</v>
       </c>
       <c r="F37" s="76">
         <v>6.5871369294605811E-2</v>
       </c>
       <c r="G37" s="77">
         <v>44767.811721991697</v>
       </c>
       <c r="H37" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I37" s="75">
         <v>2</v>
       </c>
       <c r="J37" s="75">
         <v>30</v>
       </c>
       <c r="K37" s="76">
         <f t="shared" si="0"/>
-        <v>1.8811475409836065</v>
+        <v>1.709016393442623</v>
       </c>
       <c r="L37" s="77">
         <f t="shared" si="2"/>
-        <v>45896.640983606558</v>
+        <v>46031.693442622935</v>
       </c>
       <c r="M37" s="18"/>
       <c r="N37" s="87">
         <v>28</v>
       </c>
       <c r="O37" s="94">
         <f>SUM($E$16:E37)</f>
         <v>116</v>
       </c>
       <c r="P37" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q37" s="96">
         <f t="shared" si="5"/>
         <v>5.1724137931034482E-2</v>
       </c>
     </row>
     <row r="38" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A38" s="82">
         <v>3.4</v>
       </c>
       <c r="B38" s="74" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C38" s="74" t="s">
         <v>119</v>
       </c>
       <c r="D38" s="74" t="s">
         <v>115</v>
       </c>
       <c r="E38" s="75">
         <v>4</v>
       </c>
       <c r="F38" s="76">
         <v>0.36229253112033194</v>
       </c>
       <c r="G38" s="77">
         <v>44768.174014522818</v>
       </c>
       <c r="H38" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I38" s="75">
         <v>6</v>
       </c>
       <c r="J38" s="75">
         <v>29</v>
       </c>
       <c r="K38" s="76">
         <f t="shared" si="0"/>
-        <v>1.8184426229508197</v>
+        <v>1.6520491803278687</v>
       </c>
       <c r="L38" s="77">
         <f t="shared" si="2"/>
-        <v>45898.459426229507</v>
+        <v>46033.345491803266</v>
       </c>
       <c r="M38" s="18"/>
       <c r="N38" s="87">
         <v>14</v>
       </c>
       <c r="O38" s="94">
         <f>SUM($E$16:E38)</f>
         <v>120</v>
       </c>
       <c r="P38" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q38" s="96">
         <f t="shared" si="5"/>
         <v>0.05</v>
       </c>
     </row>
     <row r="39" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A39" s="82">
         <v>3.5</v>
       </c>
       <c r="B39" s="74" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C39" s="74" t="s">
         <v>120</v>
       </c>
       <c r="D39" s="74" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="E39" s="75">
         <v>3</v>
       </c>
       <c r="F39" s="76">
         <v>0.13174273858921162</v>
       </c>
       <c r="G39" s="77">
         <v>44768.305757261405</v>
       </c>
       <c r="H39" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I39" s="75">
         <v>3</v>
       </c>
       <c r="J39" s="75">
         <v>11</v>
       </c>
       <c r="K39" s="76">
         <f t="shared" si="0"/>
-        <v>0.68975409836065582</v>
+        <v>0.62663934426229517</v>
       </c>
       <c r="L39" s="77">
         <f t="shared" si="2"/>
-        <v>45899.14918032787</v>
+        <v>46033.97213114753</v>
       </c>
       <c r="M39" s="18"/>
       <c r="N39" s="87">
         <v>7</v>
       </c>
       <c r="O39" s="94">
         <f>SUM($E$16:E39)</f>
         <v>123</v>
       </c>
       <c r="P39" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q39" s="96">
         <f t="shared" si="5"/>
         <v>4.878048780487805E-2</v>
       </c>
     </row>
     <row r="40" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A40" s="82">
         <v>3.6</v>
       </c>
       <c r="B40" s="74" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C40" s="74" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="D40" s="74" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="E40" s="75">
         <v>2</v>
       </c>
       <c r="F40" s="76">
         <v>3.2935684647302906E-2</v>
       </c>
       <c r="G40" s="77">
         <v>44768.338692946054</v>
       </c>
       <c r="H40" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I40" s="75">
         <v>1</v>
       </c>
       <c r="J40" s="75">
         <v>20</v>
       </c>
       <c r="K40" s="76">
         <f t="shared" si="0"/>
-        <v>1.2540983606557379</v>
+        <v>1.139344262295082</v>
       </c>
       <c r="L40" s="77">
         <f t="shared" si="2"/>
-        <v>45900.403278688522</v>
+        <v>46035.111475409823</v>
       </c>
       <c r="M40" s="18"/>
       <c r="N40" s="87">
         <v>2</v>
       </c>
       <c r="O40" s="94">
         <f>SUM($E$16:E40)</f>
         <v>125</v>
       </c>
       <c r="P40" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q40" s="96">
         <f t="shared" si="5"/>
         <v>4.8000000000000001E-2</v>
       </c>
     </row>
     <row r="41" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A41" s="82">
         <v>3.7</v>
       </c>
       <c r="B41" s="74" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C41" s="74" t="s">
         <v>385</v>
       </c>
       <c r="D41" s="74" t="s">
         <v>385</v>
       </c>
       <c r="E41" s="75">
         <v>8</v>
       </c>
       <c r="F41" s="76">
         <v>0.32935684647302904</v>
       </c>
       <c r="G41" s="77">
         <v>44768.668049792526</v>
       </c>
       <c r="H41" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I41" s="75">
         <v>6</v>
       </c>
       <c r="J41" s="75">
         <v>74</v>
       </c>
       <c r="K41" s="76">
         <f t="shared" si="0"/>
-        <v>4.64016393442623</v>
+        <v>4.2155737704918037</v>
       </c>
       <c r="L41" s="77">
         <f t="shared" si="2"/>
-        <v>45905.043442622948</v>
+        <v>46039.327049180312</v>
       </c>
       <c r="M41" s="18"/>
       <c r="N41" s="87">
         <v>20</v>
       </c>
       <c r="O41" s="94">
         <f>SUM($E$16:E41)</f>
         <v>133</v>
       </c>
       <c r="P41" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q41" s="96">
         <f t="shared" si="5"/>
         <v>4.5112781954887216E-2</v>
       </c>
     </row>
     <row r="42" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A42" s="82">
         <v>3.8</v>
       </c>
       <c r="B42" s="74" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C42" s="74" t="s">
         <v>128</v>
       </c>
       <c r="D42" s="74" t="s">
         <v>128</v>
       </c>
       <c r="E42" s="75">
         <v>3</v>
       </c>
       <c r="F42" s="76">
         <v>0.29642116182572614</v>
       </c>
       <c r="G42" s="77">
         <v>44768.96447095435</v>
       </c>
       <c r="H42" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I42" s="75">
         <v>6</v>
       </c>
       <c r="J42" s="75">
         <v>27</v>
       </c>
       <c r="K42" s="76">
         <f t="shared" si="0"/>
-        <v>1.6930327868852457</v>
+        <v>1.5381147540983606</v>
       </c>
       <c r="L42" s="77">
         <f t="shared" si="2"/>
-        <v>45906.736475409831</v>
+        <v>46040.86516393441</v>
       </c>
       <c r="M42" s="18"/>
       <c r="N42" s="87">
         <v>5</v>
       </c>
       <c r="O42" s="94">
         <f>SUM($E$16:E42)</f>
         <v>136</v>
       </c>
       <c r="P42" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q42" s="96">
         <f t="shared" si="5"/>
         <v>4.4117647058823532E-2</v>
       </c>
     </row>
     <row r="43" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A43" s="82">
         <v>3.9</v>
       </c>
       <c r="B43" s="74" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C43" s="74" t="s">
         <v>129</v>
       </c>
       <c r="D43" s="74" t="s">
         <v>131</v>
       </c>
       <c r="E43" s="75">
         <v>13</v>
       </c>
       <c r="F43" s="76">
         <v>9.880705394190871E-2</v>
       </c>
       <c r="G43" s="77">
         <v>44769.063278008289</v>
       </c>
       <c r="H43" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I43" s="75">
         <v>3</v>
       </c>
       <c r="J43" s="75">
         <v>28</v>
       </c>
       <c r="K43" s="76">
         <f t="shared" si="0"/>
-        <v>1.7557377049180327</v>
+        <v>1.5950819672131147</v>
       </c>
       <c r="L43" s="77">
         <f t="shared" si="2"/>
-        <v>45908.492213114747</v>
+        <v>46042.460245901624</v>
       </c>
       <c r="M43" s="18"/>
       <c r="N43" s="87">
         <v>32</v>
       </c>
       <c r="O43" s="94">
         <f>SUM($E$16:E43)</f>
         <v>149</v>
       </c>
       <c r="P43" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q43" s="96">
         <f t="shared" si="5"/>
         <v>4.0268456375838924E-2</v>
       </c>
     </row>
     <row r="44" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A44" s="81">
         <v>3.1</v>
       </c>
       <c r="B44" s="74" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C44" s="74" t="s">
         <v>130</v>
       </c>
       <c r="D44" s="74" t="s">
         <v>132</v>
       </c>
       <c r="E44" s="75">
         <v>20</v>
       </c>
       <c r="F44" s="76">
         <v>0.19761410788381742</v>
       </c>
       <c r="G44" s="77">
         <v>44769.260892116174</v>
       </c>
       <c r="H44" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I44" s="75">
         <v>4</v>
       </c>
       <c r="J44" s="75">
         <v>124</v>
       </c>
       <c r="K44" s="76">
         <f t="shared" si="0"/>
-        <v>7.7754098360655739</v>
+        <v>7.0639344262295083</v>
       </c>
       <c r="L44" s="77">
         <f t="shared" si="2"/>
-        <v>45916.267622950814</v>
+        <v>46049.524180327855</v>
       </c>
       <c r="M44" s="18"/>
       <c r="N44" s="87">
         <v>32</v>
       </c>
       <c r="O44" s="94">
         <f>SUM($E$16:E44)</f>
         <v>169</v>
       </c>
       <c r="P44" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q44" s="96">
         <f t="shared" si="5"/>
         <v>3.5502958579881658E-2</v>
       </c>
     </row>
     <row r="45" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A45" s="83"/>
       <c r="B45" s="83" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C45" s="83" t="s">
         <v>84</v>
       </c>
       <c r="D45" s="83" t="s">
         <v>187</v>
       </c>
       <c r="E45" s="89">
         <v>0</v>
       </c>
       <c r="F45" s="84">
         <v>0</v>
       </c>
       <c r="G45" s="85">
         <v>44769.458506224059</v>
       </c>
       <c r="H45" s="86" t="s">
         <v>365</v>
       </c>
       <c r="I45" s="89">
         <v>1</v>
       </c>
       <c r="J45" s="89">
         <v>30</v>
       </c>
-      <c r="K45" s="107">
+      <c r="K45" s="84">
         <f t="shared" si="0"/>
-        <v>1.8811475409836065</v>
-[...1 lines deleted...]
-      <c r="L45" s="108">
+        <v>1.709016393442623</v>
+      </c>
+      <c r="L45" s="85">
         <f t="shared" si="2"/>
-        <v>45918.148770491796</v>
+        <v>46051.233196721296</v>
       </c>
       <c r="M45" s="98"/>
       <c r="N45" s="90">
         <v>0</v>
       </c>
       <c r="O45" s="94">
         <f>SUM($E$16:E45)</f>
         <v>169</v>
       </c>
       <c r="P45" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q45" s="97">
         <f t="shared" si="5"/>
         <v>3.5502958579881658E-2</v>
       </c>
     </row>
     <row r="46" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A46" s="82">
         <v>4.0999999999999996</v>
       </c>
       <c r="B46" s="74" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C46" s="74" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="D46" s="74" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="E46" s="75">
         <v>5</v>
       </c>
       <c r="F46" s="76">
         <v>9.880705394190871E-2</v>
       </c>
       <c r="G46" s="77">
         <v>44767.581172199163</v>
       </c>
       <c r="H46" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I46" s="75">
         <v>2</v>
       </c>
       <c r="J46" s="75">
         <v>11</v>
       </c>
       <c r="K46" s="76">
         <f t="shared" si="0"/>
-        <v>0.68975409836065582</v>
+        <v>0.62663934426229517</v>
       </c>
       <c r="L46" s="77">
         <f t="shared" si="2"/>
-        <v>45918.838524590159</v>
+        <v>46051.85983606556</v>
       </c>
       <c r="M46" s="18"/>
       <c r="N46" s="87">
         <v>24</v>
       </c>
       <c r="O46" s="94">
         <f>SUM($E$16:E46)</f>
         <v>174</v>
       </c>
       <c r="P46" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q46" s="96">
         <f t="shared" si="3"/>
         <v>3.4482758620689655E-2</v>
       </c>
     </row>
     <row r="47" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A47" s="82">
         <v>4.2</v>
       </c>
       <c r="B47" s="74" t="s">
+        <v>412</v>
+      </c>
+      <c r="C47" s="74" t="s">
+        <v>424</v>
+      </c>
+      <c r="D47" s="74" t="s">
         <v>414</v>
-      </c>
-[...4 lines deleted...]
-        <v>416</v>
       </c>
       <c r="E47" s="75">
         <v>9</v>
       </c>
       <c r="F47" s="76">
         <v>0.16467842323651452</v>
       </c>
       <c r="G47" s="77">
         <v>44767.745850622399</v>
       </c>
       <c r="H47" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I47" s="75">
         <v>2</v>
       </c>
       <c r="J47" s="75">
         <v>21</v>
       </c>
       <c r="K47" s="76">
         <f t="shared" si="0"/>
-        <v>1.3168032786885246</v>
+        <v>1.1963114754098361</v>
       </c>
       <c r="L47" s="77">
         <f t="shared" si="2"/>
-        <v>45920.155327868844</v>
+        <v>46053.05614754097</v>
       </c>
       <c r="M47" s="18"/>
       <c r="N47" s="87">
         <v>36</v>
       </c>
       <c r="O47" s="94">
         <f>SUM($E$16:E47)</f>
         <v>183</v>
       </c>
       <c r="P47" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q47" s="96">
         <f t="shared" si="3"/>
         <v>3.2786885245901641E-2</v>
       </c>
     </row>
     <row r="48" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A48" s="82">
         <v>4.3</v>
       </c>
       <c r="B48" s="74" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C48" s="74" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="D48" s="74" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="E48" s="75">
         <v>9</v>
       </c>
       <c r="F48" s="76">
         <v>6.5871369294605811E-2</v>
       </c>
       <c r="G48" s="77">
         <v>44767.811721991697</v>
       </c>
       <c r="H48" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I48" s="75">
         <v>2</v>
       </c>
       <c r="J48" s="75">
         <v>44</v>
       </c>
       <c r="K48" s="76">
         <f t="shared" si="0"/>
-        <v>2.7590163934426233</v>
+        <v>2.5065573770491807</v>
       </c>
       <c r="L48" s="77">
         <f t="shared" si="2"/>
-        <v>45922.914344262288</v>
+        <v>46055.562704918018</v>
       </c>
       <c r="M48" s="18"/>
       <c r="N48" s="87">
         <v>19</v>
       </c>
       <c r="O48" s="94">
         <f>SUM($E$16:E48)</f>
         <v>192</v>
       </c>
       <c r="P48" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q48" s="96">
         <f t="shared" si="3"/>
         <v>3.125E-2</v>
       </c>
     </row>
     <row r="49" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A49" s="82">
         <v>4.4000000000000004</v>
       </c>
       <c r="B49" s="74" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C49" s="74" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="D49" s="74" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="E49" s="75">
         <v>8</v>
       </c>
       <c r="F49" s="76">
         <v>0.36229253112033194</v>
       </c>
       <c r="G49" s="77">
         <v>44768.174014522818</v>
       </c>
       <c r="H49" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I49" s="75">
         <v>6</v>
       </c>
       <c r="J49" s="75">
         <v>29</v>
       </c>
       <c r="K49" s="76">
         <f t="shared" si="0"/>
-        <v>1.8184426229508197</v>
+        <v>1.6520491803278687</v>
       </c>
       <c r="L49" s="77">
         <f t="shared" si="2"/>
-        <v>45924.732786885237</v>
+        <v>46057.21475409835</v>
       </c>
       <c r="M49" s="18"/>
       <c r="N49" s="87">
         <v>11</v>
       </c>
       <c r="O49" s="94">
         <f>SUM($E$16:E49)</f>
         <v>200</v>
       </c>
       <c r="P49" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q49" s="96">
         <f t="shared" si="3"/>
         <v>0.03</v>
       </c>
     </row>
     <row r="50" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A50" s="82">
         <v>4.5</v>
       </c>
       <c r="B50" s="74" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C50" s="74" t="s">
         <v>78</v>
       </c>
       <c r="D50" s="74" t="s">
         <v>79</v>
       </c>
       <c r="E50" s="75">
         <v>3</v>
       </c>
       <c r="F50" s="76">
         <v>0.13174273858921162</v>
       </c>
       <c r="G50" s="77">
         <v>44768.305757261405</v>
       </c>
       <c r="H50" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I50" s="75">
         <v>3</v>
       </c>
       <c r="J50" s="75">
         <v>21</v>
       </c>
       <c r="K50" s="76">
         <f t="shared" si="0"/>
-        <v>1.3168032786885246</v>
+        <v>1.1963114754098361</v>
       </c>
       <c r="L50" s="77">
         <f t="shared" si="2"/>
-        <v>45926.049590163922</v>
+        <v>46058.41106557376</v>
       </c>
       <c r="M50" s="18"/>
       <c r="N50" s="87">
         <v>5</v>
       </c>
       <c r="O50" s="94">
         <f>SUM($E$16:E50)</f>
         <v>203</v>
       </c>
       <c r="P50" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q50" s="96">
         <f t="shared" si="3"/>
         <v>2.9556650246305417E-2</v>
       </c>
     </row>
     <row r="51" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A51" s="82">
         <v>4.5999999999999996</v>
       </c>
       <c r="B51" s="74" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C51" s="74" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="D51" s="74" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="E51" s="75">
         <v>5</v>
       </c>
       <c r="F51" s="76">
         <v>3.2935684647302906E-2</v>
       </c>
       <c r="G51" s="77">
         <v>44768.338692946054</v>
       </c>
       <c r="H51" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I51" s="75">
         <v>1</v>
       </c>
       <c r="J51" s="75">
         <v>25</v>
       </c>
       <c r="K51" s="76">
         <f t="shared" si="0"/>
-        <v>1.567622950819672</v>
+        <v>1.4241803278688523</v>
       </c>
       <c r="L51" s="77">
         <f t="shared" si="2"/>
-        <v>45927.61721311474</v>
+        <v>46059.835245901631</v>
       </c>
       <c r="M51" s="18"/>
       <c r="N51" s="87">
         <v>19</v>
       </c>
       <c r="O51" s="94">
         <f>SUM($E$16:E51)</f>
         <v>208</v>
       </c>
       <c r="P51" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q51" s="96">
         <f t="shared" si="3"/>
         <v>2.8846153846153848E-2</v>
       </c>
     </row>
     <row r="52" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A52" s="82">
         <v>4.7</v>
       </c>
       <c r="B52" s="74" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C52" s="74" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="D52" s="74" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="E52" s="75">
         <v>2</v>
       </c>
       <c r="F52" s="76">
         <v>0.32935684647302904</v>
       </c>
       <c r="G52" s="77">
         <v>44768.668049792526</v>
       </c>
       <c r="H52" s="78" t="s">
         <v>365</v>
       </c>
       <c r="I52" s="75">
         <v>6</v>
       </c>
       <c r="J52" s="75">
         <v>8</v>
       </c>
       <c r="K52" s="76">
         <f t="shared" si="0"/>
-        <v>0.50163934426229506</v>
+        <v>0.45573770491803278</v>
       </c>
       <c r="L52" s="77">
         <f t="shared" si="2"/>
-        <v>45928.118852459003</v>
+        <v>46060.290983606552</v>
       </c>
       <c r="M52" s="18"/>
       <c r="N52" s="87">
         <v>7</v>
       </c>
       <c r="O52" s="94">
         <f>SUM($E$16:E52)</f>
         <v>210</v>
       </c>
       <c r="P52" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q52" s="96">
         <f t="shared" si="3"/>
         <v>2.8571428571428571E-2</v>
       </c>
     </row>
     <row r="53" spans="1:17" s="1" customFormat="1" x14ac:dyDescent="0.45">
       <c r="A53" s="83"/>
       <c r="B53" s="83" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="C53" s="83" t="s">
         <v>85</v>
       </c>
       <c r="D53" s="83" t="s">
         <v>187</v>
       </c>
       <c r="E53" s="89">
         <v>0</v>
       </c>
       <c r="F53" s="84">
         <v>0</v>
       </c>
       <c r="G53" s="85">
         <v>44769.458506224059</v>
       </c>
       <c r="H53" s="86" t="s">
         <v>365</v>
       </c>
       <c r="I53" s="89">
         <v>1</v>
       </c>
       <c r="J53" s="89">
         <v>30</v>
       </c>
-      <c r="K53" s="107">
+      <c r="K53" s="84">
         <f t="shared" si="0"/>
-        <v>1.8811475409836065</v>
-[...1 lines deleted...]
-      <c r="L53" s="108">
+        <v>1.709016393442623</v>
+      </c>
+      <c r="L53" s="85">
         <f t="shared" si="2"/>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="M53" s="98"/>
       <c r="N53" s="90">
         <v>0</v>
       </c>
       <c r="O53" s="94">
         <f>SUM($E$16:E53)</f>
         <v>210</v>
       </c>
       <c r="P53" s="95">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="Q53" s="97">
         <f t="shared" si="3"/>
         <v>2.8571428571428571E-2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="F11:H11"/>
     <mergeCell ref="K11:M11"/>
     <mergeCell ref="F12:G12"/>
     <mergeCell ref="K12:L12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="51" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;LTIA Suggested Study Schedule - GH 101 Fall 2025&amp;Rwww.theinfiniteactuary.com</oddHeader>
     <oddFooter>&amp;L© 2025 The Infinite Actuary, LLC</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6D441911-D86F-4F67-90C9-7803A1280AA7}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A6:F43"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" zoomScalePageLayoutView="125" workbookViewId="0"/>
+    <sheetView showGridLines="0" zoomScale="80" zoomScaleNormal="80" zoomScalePageLayoutView="125" workbookViewId="0">
+      <selection activeCell="A6" sqref="A6"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.796875" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="1" max="1" width="11.46484375" customWidth="1"/>
     <col min="2" max="2" width="3.796875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="6" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A6" s="36" t="s">
         <v>199</v>
       </c>
       <c r="B6" s="9"/>
       <c r="C6" s="37" t="s">
-        <v>402</v>
+        <v>428</v>
       </c>
       <c r="D6" s="1"/>
       <c r="E6" s="1"/>
       <c r="F6" s="1"/>
     </row>
     <row r="7" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A7" s="36"/>
       <c r="B7" s="9"/>
       <c r="C7" s="37" t="s">
         <v>312</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="1"/>
       <c r="F7" s="1"/>
     </row>
     <row r="8" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A8" s="9"/>
       <c r="B8" s="9"/>
       <c r="C8" s="38" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="D8" s="1"/>
       <c r="E8" s="1"/>
       <c r="F8" s="1"/>
     </row>
     <row r="9" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A9" s="39"/>
       <c r="B9" s="9"/>
       <c r="C9" s="40"/>
       <c r="D9" s="1"/>
       <c r="E9" s="1"/>
       <c r="F9" s="1"/>
     </row>
     <row r="10" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A10" s="9">
         <f>'Study Schedule'!D8</f>
-        <v>45932.95</v>
+        <v>46064.800000000003</v>
       </c>
       <c r="B10" s="9" t="s">
         <v>200</v>
       </c>
       <c r="C10" s="41" t="s">
         <v>201</v>
       </c>
       <c r="D10" s="1"/>
       <c r="E10" s="1"/>
       <c r="F10" s="1"/>
     </row>
     <row r="11" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A11" s="9">
         <f>A10+14</f>
-        <v>45946.95</v>
+        <v>46078.8</v>
       </c>
       <c r="B11" s="9"/>
       <c r="C11" s="42" t="s">
         <v>202</v>
       </c>
       <c r="D11" s="1"/>
       <c r="E11" s="1"/>
       <c r="F11" s="1"/>
     </row>
     <row r="12" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A12" s="9"/>
       <c r="B12" s="9"/>
       <c r="C12" s="43"/>
       <c r="D12" s="1"/>
       <c r="E12" s="1"/>
       <c r="F12" s="1"/>
     </row>
     <row r="13" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A13" s="9">
         <f>A41-18</f>
-        <v>45961</v>
+        <v>46086</v>
       </c>
       <c r="B13" s="9" t="s">
         <v>200</v>
       </c>
       <c r="C13" s="41" t="s">
         <v>203</v>
       </c>
       <c r="D13" s="1"/>
       <c r="E13" s="1"/>
       <c r="F13" s="1"/>
     </row>
     <row r="14" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A14" s="9">
         <f>A13+14</f>
-        <v>45975</v>
+        <v>46100</v>
       </c>
       <c r="B14" s="9"/>
       <c r="C14" s="42" t="s">
         <v>204</v>
       </c>
       <c r="D14" s="1"/>
       <c r="E14" s="1"/>
       <c r="F14" s="1"/>
     </row>
     <row r="15" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A15" s="9"/>
       <c r="B15" s="9"/>
       <c r="C15" s="42" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="D15" s="1"/>
       <c r="E15" s="1"/>
       <c r="F15" s="1"/>
     </row>
     <row r="16" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A16" s="9"/>
       <c r="B16" s="9"/>
       <c r="C16" s="42" t="s">
         <v>205</v>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="1"/>
       <c r="F16" s="1"/>
     </row>
     <row r="17" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A17" s="9"/>
       <c r="B17" s="9"/>
       <c r="C17" s="42" t="s">
         <v>206</v>
       </c>
       <c r="D17" s="1"/>
       <c r="E17" s="1"/>
       <c r="F17" s="1"/>
     </row>
     <row r="18" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A18" s="9"/>
       <c r="B18" s="9"/>
       <c r="C18" s="42" t="s">
         <v>207</v>
       </c>
       <c r="D18" s="1"/>
       <c r="E18" s="1"/>
       <c r="F18" s="1"/>
     </row>
     <row r="19" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A19" s="9"/>
       <c r="B19" s="9"/>
       <c r="C19" s="42"/>
       <c r="D19" s="1"/>
       <c r="E19" s="1"/>
       <c r="F19" s="1"/>
     </row>
     <row r="20" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A20" s="9">
         <f>A41-18</f>
-        <v>45961</v>
+        <v>46086</v>
       </c>
       <c r="B20" s="9"/>
       <c r="C20" s="41" t="s">
         <v>353</v>
       </c>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
       <c r="F20" s="1"/>
     </row>
     <row r="21" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A21" s="9"/>
       <c r="B21" s="9"/>
       <c r="C21" s="42"/>
       <c r="D21" s="1"/>
       <c r="E21" s="1"/>
       <c r="F21" s="1"/>
     </row>
     <row r="22" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A22" s="9">
         <f>A10</f>
-        <v>45932.95</v>
+        <v>46064.800000000003</v>
       </c>
       <c r="B22" s="9" t="s">
         <v>200</v>
       </c>
       <c r="C22" s="44" t="s">
         <v>208</v>
       </c>
       <c r="D22" s="1"/>
       <c r="E22" s="1"/>
       <c r="F22" s="1"/>
     </row>
     <row r="23" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A23" s="9">
         <f>A22+22</f>
-        <v>45954.95</v>
+        <v>46086.8</v>
       </c>
       <c r="B23" s="9"/>
       <c r="C23" s="42" t="str">
-        <f>"Start using these no later than "&amp;TEXT(A22,"mm/d")</f>
-        <v>Start using these no later than 10/2</v>
+        <f>"Start using these no later than "&amp;TEXT(A22,"mm/dd")</f>
+        <v>Start using these no later than 02/11</v>
       </c>
       <c r="D23" s="1"/>
       <c r="E23" s="1"/>
       <c r="F23" s="1"/>
     </row>
     <row r="24" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A24" s="9"/>
       <c r="B24" s="9"/>
       <c r="C24" s="45" t="s">
         <v>317</v>
       </c>
       <c r="D24" s="1"/>
       <c r="E24" s="1"/>
       <c r="F24" s="1"/>
     </row>
     <row r="25" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A25" s="9"/>
       <c r="B25" s="9"/>
       <c r="C25" s="45" t="s">
         <v>209</v>
       </c>
       <c r="D25" s="1"/>
       <c r="E25" s="1"/>
       <c r="F25" s="1"/>
     </row>
     <row r="26" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A26" s="9"/>
       <c r="B26" s="9"/>
       <c r="C26" s="45" t="s">
         <v>210</v>
       </c>
       <c r="D26" s="1"/>
       <c r="E26" s="1"/>
       <c r="F26" s="1"/>
     </row>
     <row r="27" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A27" s="9"/>
       <c r="B27" s="9"/>
       <c r="C27" s="43"/>
       <c r="D27" s="1"/>
       <c r="E27" s="1"/>
       <c r="F27" s="1"/>
     </row>
     <row r="28" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A28" s="9">
         <f>A41-13</f>
-        <v>45966</v>
+        <v>46091</v>
       </c>
       <c r="B28" s="9" t="s">
         <v>200</v>
       </c>
       <c r="C28" s="41" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="D28" s="1"/>
       <c r="E28" s="1"/>
       <c r="F28" s="1"/>
     </row>
     <row r="29" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A29" s="9">
         <f>A28+10</f>
-        <v>45976</v>
+        <v>46101</v>
       </c>
       <c r="B29" s="9"/>
       <c r="C29" s="45" t="s">
         <v>211</v>
       </c>
       <c r="D29" s="1"/>
       <c r="E29" s="1"/>
       <c r="F29" s="1"/>
     </row>
     <row r="30" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A30" s="9"/>
       <c r="B30" s="9"/>
       <c r="C30" s="42" t="s">
         <v>212</v>
       </c>
       <c r="D30" s="1"/>
       <c r="E30" s="1"/>
       <c r="F30" s="1"/>
     </row>
     <row r="31" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A31" s="9"/>
       <c r="B31" s="9"/>
       <c r="C31" s="42" t="s">
         <v>213</v>
       </c>
       <c r="D31" s="1"/>
       <c r="E31" s="1"/>
       <c r="F31" s="1"/>
     </row>
     <row r="32" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A32" s="9"/>
       <c r="B32" s="9"/>
       <c r="C32" s="42" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="D32" s="1"/>
       <c r="E32" s="1"/>
       <c r="F32" s="1"/>
     </row>
     <row r="33" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A33" s="9"/>
       <c r="B33" s="9"/>
       <c r="C33" s="42" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="D33" s="1"/>
       <c r="E33" s="1"/>
       <c r="F33" s="1"/>
     </row>
     <row r="34" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A34" s="9"/>
       <c r="B34" s="9"/>
       <c r="C34" s="42"/>
       <c r="D34" s="1"/>
       <c r="E34" s="1"/>
       <c r="F34" s="1"/>
     </row>
     <row r="35" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A35" s="9">
         <f>A41-8</f>
-        <v>45971</v>
+        <v>46096</v>
       </c>
       <c r="B35" s="9" t="s">
         <v>200</v>
       </c>
       <c r="C35" s="41" t="s">
         <v>214</v>
       </c>
       <c r="D35" s="1"/>
       <c r="E35" s="1"/>
       <c r="F35" s="1"/>
     </row>
     <row r="36" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A36" s="9">
         <f>A41-1</f>
-        <v>45978</v>
+        <v>46103</v>
       </c>
       <c r="B36" s="9"/>
       <c r="C36" s="45" t="s">
         <v>215</v>
       </c>
       <c r="D36" s="1"/>
       <c r="E36" s="1"/>
       <c r="F36" s="1"/>
     </row>
     <row r="37" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A37" s="9"/>
       <c r="B37" s="9"/>
       <c r="C37" s="45" t="s">
         <v>216</v>
       </c>
       <c r="D37" s="1"/>
       <c r="E37" s="1"/>
       <c r="F37" s="1"/>
     </row>
     <row r="38" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A38" s="9"/>
       <c r="B38" s="9"/>
       <c r="C38" s="45" t="s">
         <v>217</v>
       </c>
       <c r="D38" s="1"/>
       <c r="E38" s="1"/>
       <c r="F38" s="1"/>
     </row>
     <row r="39" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A39" s="9"/>
       <c r="B39" s="9"/>
       <c r="C39" s="42" t="s">
         <v>218</v>
       </c>
       <c r="D39" s="1"/>
       <c r="E39" s="1"/>
       <c r="F39" s="1"/>
     </row>
     <row r="40" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A40" s="9"/>
       <c r="B40" s="9"/>
       <c r="C40" s="45"/>
       <c r="D40" s="1"/>
       <c r="E40" s="1"/>
       <c r="F40" s="1"/>
     </row>
     <row r="41" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A41" s="46">
-        <f>exam_date</f>
-        <v>45979</v>
+        <v>46104</v>
       </c>
       <c r="B41" s="47"/>
       <c r="C41" s="37" t="s">
         <v>219</v>
       </c>
       <c r="D41" s="1"/>
       <c r="E41" s="37"/>
       <c r="F41" s="1"/>
     </row>
     <row r="42" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A42" s="9"/>
       <c r="B42" s="9"/>
       <c r="C42" s="43"/>
       <c r="D42" s="1"/>
       <c r="E42" s="1"/>
       <c r="F42" s="1"/>
     </row>
     <row r="43" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A43" s="61" t="s">
         <v>313</v>
       </c>
       <c r="B43" s="9"/>
       <c r="C43" s="41" t="s">
         <v>220</v>
       </c>
@@ -22149,189 +22143,189 @@
   </cols>
   <sheetData>
     <row r="3" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC3" t="s">
         <v>190</v>
       </c>
       <c r="AD3" t="s">
         <v>191</v>
       </c>
       <c r="AE3" s="26" t="s">
         <v>192</v>
       </c>
       <c r="AH3" s="20" t="s">
         <v>193</v>
       </c>
       <c r="AI3" t="s">
         <v>194</v>
       </c>
       <c r="AJ3" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="4" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC4" s="11">
         <f>IF(ISBLANK('Study Schedule'!L15),AC3,'Study Schedule'!L15)</f>
-        <v>45853.5</v>
+        <v>45992.5</v>
       </c>
       <c r="AD4" s="25">
         <f>'Study Schedule'!E15</f>
         <v>0</v>
       </c>
       <c r="AE4" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC4)</f>
         <v>0</v>
       </c>
       <c r="AH4" s="27">
         <v>45124.5</v>
       </c>
       <c r="AI4">
         <v>1</v>
       </c>
       <c r="AJ4">
         <v>10</v>
       </c>
     </row>
     <row r="5" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC5" s="11">
         <f>IF(ISBLANK('Study Schedule'!L16),AC4,'Study Schedule'!L16)</f>
-        <v>45854.440573770495</v>
+        <v>45993.354508196724</v>
       </c>
       <c r="AD5" s="25">
         <f>AD4+'Study Schedule'!E16</f>
         <v>6</v>
       </c>
       <c r="AE5" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC5)</f>
         <v>6</v>
       </c>
       <c r="AH5" s="27">
         <v>45126.41710648148</v>
       </c>
       <c r="AI5">
         <v>10</v>
       </c>
       <c r="AJ5">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC6" s="11">
         <f>IF(ISBLANK('Study Schedule'!L17),AC5,'Study Schedule'!L17)</f>
-        <v>45858.014754098367</v>
+        <v>45996.601639344262</v>
       </c>
       <c r="AD6" s="25">
         <f>AD5+'Study Schedule'!E17</f>
         <v>15</v>
       </c>
       <c r="AE6" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC6)</f>
         <v>6</v>
       </c>
       <c r="AH6" s="27">
         <v>45127.354363425926</v>
       </c>
       <c r="AI6">
         <v>15</v>
       </c>
       <c r="AJ6">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC7" s="11">
         <f>IF(ISBLANK('Study Schedule'!L18),AC6,'Study Schedule'!L18)</f>
-        <v>45860.021311475415</v>
+        <v>45998.424590163937</v>
       </c>
       <c r="AD7" s="25">
         <f>AD6+'Study Schedule'!E18</f>
         <v>22</v>
       </c>
       <c r="AE7" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC7)</f>
         <v>6</v>
       </c>
       <c r="AH7" s="27">
         <v>45128.291608796295</v>
       </c>
       <c r="AI7">
         <v>22</v>
       </c>
       <c r="AJ7">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC8" s="11">
         <f>IF(ISBLANK('Study Schedule'!L19),AC7,'Study Schedule'!L19)</f>
-        <v>45861.3381147541</v>
+        <v>45999.620901639348</v>
       </c>
       <c r="AD8" s="25">
         <f>AD7+'Study Schedule'!E19</f>
         <v>28</v>
       </c>
       <c r="AE8" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC8)</f>
         <v>6</v>
       </c>
       <c r="AH8" s="27">
         <v>45129.143657407411</v>
       </c>
       <c r="AI8">
         <v>31</v>
       </c>
       <c r="AJ8">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC9" s="11">
         <f>IF(ISBLANK('Study Schedule'!L20),AC8,'Study Schedule'!L20)</f>
-        <v>45865.476639344262</v>
+        <v>46003.380737704923</v>
       </c>
       <c r="AD9" s="25">
         <f>AD8+'Study Schedule'!E20</f>
         <v>38</v>
       </c>
       <c r="AE9" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC9)</f>
         <v>6</v>
       </c>
       <c r="AH9" s="27">
         <v>45129.74009259259</v>
       </c>
       <c r="AI9">
         <v>37</v>
       </c>
       <c r="AJ9">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC10" s="11">
         <f>IF(ISBLANK('Study Schedule'!L21),AC9,'Study Schedule'!L21)</f>
-        <v>45866.040983606559</v>
+        <v>46003.893442622953</v>
       </c>
       <c r="AD10" s="25">
         <f>AD9+'Study Schedule'!E21</f>
         <v>43</v>
       </c>
       <c r="AE10" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC10)</f>
         <v>6</v>
       </c>
       <c r="AH10" s="27">
         <v>45131.827604166669</v>
       </c>
       <c r="AI10">
         <v>47</v>
       </c>
       <c r="AJ10">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC11" s="11" t="e">
         <f>IF(ISBLANK('Study Schedule'!#REF!),AC10,'Study Schedule'!#REF!)</f>
         <v>#REF!</v>
       </c>
       <c r="AD11" s="25" t="e">
@@ -22632,304 +22626,304 @@
       <c r="AC24" s="11" t="e">
         <f>IF(ISBLANK('Study Schedule'!#REF!),AC23,'Study Schedule'!#REF!)</f>
         <v>#REF!</v>
       </c>
       <c r="AD24" s="25" t="e">
         <f>AD23+'Study Schedule'!#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="AE24" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC24)</f>
         <v>0</v>
       </c>
       <c r="AH24" s="27">
         <v>45144.736134259256</v>
       </c>
       <c r="AI24">
         <v>137</v>
       </c>
       <c r="AJ24">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC25" s="11">
         <f>IF(ISBLANK('Study Schedule'!L22),AC24,'Study Schedule'!L22)</f>
-        <v>45867.922131147541</v>
+        <v>46005.602459016394</v>
       </c>
       <c r="AD25" s="25" t="e">
         <f>AD24+'Study Schedule'!E22</f>
         <v>#REF!</v>
       </c>
       <c r="AE25" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC25)</f>
         <v>6</v>
       </c>
       <c r="AH25" s="27">
         <v>45146.014201388891</v>
       </c>
       <c r="AI25">
         <v>137</v>
       </c>
       <c r="AJ25">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC26" s="11">
         <f>IF(ISBLANK('Study Schedule'!L23),AC25,'Study Schedule'!L23)</f>
-        <v>45870.618442622952</v>
+        <v>46008.052049180325</v>
       </c>
       <c r="AD26" s="25" t="e">
         <f>AD25+'Study Schedule'!E23</f>
         <v>#REF!</v>
       </c>
       <c r="AE26" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC26)</f>
         <v>6</v>
       </c>
       <c r="AH26" s="27">
         <v>45147.803495370368</v>
       </c>
       <c r="AI26">
         <v>148</v>
       </c>
       <c r="AJ26">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC27" s="11">
         <f>IF(ISBLANK('Study Schedule'!L24),AC26,'Study Schedule'!L24)</f>
-        <v>45871.872540983604</v>
+        <v>46009.191393442619</v>
       </c>
       <c r="AD27" s="25" t="e">
         <f>AD26+'Study Schedule'!E24</f>
         <v>#REF!</v>
       </c>
       <c r="AE27" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC27)</f>
         <v>6</v>
       </c>
       <c r="AH27" s="27">
         <v>45148.485138888886</v>
       </c>
       <c r="AI27">
         <v>153</v>
       </c>
       <c r="AJ27">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC28" s="11">
         <f>IF(ISBLANK('Study Schedule'!L25),AC27,'Study Schedule'!L25)</f>
-        <v>45873.753688524586</v>
+        <v>46010.90040983606</v>
       </c>
       <c r="AD28" s="25" t="e">
         <f>AD27+'Study Schedule'!E25</f>
         <v>#REF!</v>
       </c>
       <c r="AE28" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC28)</f>
         <v>6</v>
       </c>
       <c r="AH28" s="27">
         <v>45149.422395833331</v>
       </c>
       <c r="AI28">
         <v>159</v>
       </c>
       <c r="AJ28">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC29" s="11">
         <f>IF(ISBLANK('Study Schedule'!L26),AC28,'Study Schedule'!L26)</f>
-        <v>45878.958196721309</v>
+        <v>46015.628688524586</v>
       </c>
       <c r="AD29" s="25" t="e">
         <f>AD28+'Study Schedule'!E26</f>
         <v>#REF!</v>
       </c>
       <c r="AE29" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC29)</f>
         <v>6</v>
       </c>
       <c r="AH29" s="27">
         <v>45151.850729166668</v>
       </c>
       <c r="AI29">
         <v>165</v>
       </c>
       <c r="AJ29">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC30" s="11">
         <f>IF(ISBLANK('Study Schedule'!L27),AC29,'Study Schedule'!L27)</f>
-        <v>45880.839344262291</v>
+        <v>46017.337704918027</v>
       </c>
       <c r="AD30" s="25" t="e">
         <f>AD29+'Study Schedule'!E27</f>
         <v>#REF!</v>
       </c>
       <c r="AE30" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC30)</f>
         <v>6</v>
       </c>
       <c r="AH30" s="27">
         <v>45153.086192129631</v>
       </c>
       <c r="AI30">
         <v>171</v>
       </c>
       <c r="AJ30">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC31" s="11">
         <f>IF(ISBLANK('Study Schedule'!L28),AC30,'Study Schedule'!L28)</f>
-        <v>45883.849180327867</v>
+        <v>46020.072131147535</v>
       </c>
       <c r="AD31" s="25" t="e">
         <f>AD30+'Study Schedule'!E28</f>
         <v>#REF!</v>
       </c>
       <c r="AE31" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC31)</f>
         <v>6</v>
       </c>
       <c r="AH31" s="27">
         <v>45154.364270833335</v>
       </c>
       <c r="AI31">
         <v>174</v>
       </c>
       <c r="AJ31">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC32" s="11">
         <f>IF(ISBLANK('Study Schedule'!L29),AC31,'Study Schedule'!L29)</f>
-        <v>45885.793032786882</v>
+        <v>46021.838114754093</v>
       </c>
       <c r="AD32" s="25" t="e">
         <f>AD31+'Study Schedule'!E29</f>
         <v>#REF!</v>
       </c>
       <c r="AE32" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC32)</f>
         <v>6</v>
       </c>
       <c r="AH32" s="27">
         <v>45155.216319444444</v>
       </c>
       <c r="AI32">
         <v>180</v>
       </c>
       <c r="AJ32">
         <v>10</v>
       </c>
     </row>
     <row r="33" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC33" s="11">
         <f>IF(ISBLANK('Study Schedule'!L30),AC32,'Study Schedule'!L30)</f>
-        <v>45886.16926229508</v>
+        <v>46022.17991803278</v>
       </c>
       <c r="AD33" s="25" t="e">
         <f>AD32+'Study Schedule'!E30</f>
         <v>#REF!</v>
       </c>
       <c r="AE33" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC33)</f>
         <v>6</v>
       </c>
       <c r="AH33" s="27">
         <v>45156.153564814813</v>
       </c>
       <c r="AI33">
         <v>184</v>
       </c>
       <c r="AJ33">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC34" s="11">
         <f>IF(ISBLANK('Study Schedule'!L31),AC33,'Study Schedule'!L31)</f>
-        <v>45886.670901639343</v>
+        <v>46022.6356557377</v>
       </c>
       <c r="AD34" s="25" t="e">
         <f>AD33+'Study Schedule'!E31</f>
         <v>#REF!</v>
       </c>
       <c r="AE34" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC34)</f>
         <v>6</v>
       </c>
       <c r="AH34" s="27">
         <v>45157.005613425928</v>
       </c>
       <c r="AI34">
         <v>191</v>
       </c>
       <c r="AJ34">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC35" s="11">
         <f>IF(ISBLANK('Study Schedule'!L32),AC34,'Study Schedule'!L32)</f>
-        <v>45887.047131147541</v>
+        <v>46022.977459016387</v>
       </c>
       <c r="AD35" s="25" t="e">
         <f>AD34+'Study Schedule'!E32</f>
         <v>#REF!</v>
       </c>
       <c r="AE35" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC35)</f>
         <v>6</v>
       </c>
       <c r="AH35" s="27">
         <v>45158.837511574071</v>
       </c>
       <c r="AI35">
         <v>199</v>
       </c>
       <c r="AJ35">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC36" s="11">
         <f>IF(ISBLANK('Study Schedule'!L33),AC35,'Study Schedule'!L33)</f>
-        <v>45887.86229508197</v>
+        <v>46023.718032786877</v>
       </c>
       <c r="AD36" s="25" t="e">
         <f>AD35+'Study Schedule'!E33</f>
         <v>#REF!</v>
       </c>
       <c r="AE36" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC36)</f>
         <v>6</v>
       </c>
       <c r="AH36" s="27">
         <v>45160.669421296298</v>
       </c>
       <c r="AI36">
         <v>206</v>
       </c>
       <c r="AJ36">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC37" s="11" t="e">
         <f>IF(ISBLANK('Study Schedule'!#REF!),AC36,'Study Schedule'!#REF!)</f>
         <v>#REF!</v>
       </c>
       <c r="AD37" s="25" t="e">
@@ -23230,212 +23224,212 @@
       <c r="AC50" s="11" t="e">
         <f>IF(ISBLANK('Study Schedule'!#REF!),AC49,'Study Schedule'!#REF!)</f>
         <v>#REF!</v>
       </c>
       <c r="AD50" s="25" t="e">
         <f>AD49+'Study Schedule'!#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="AE50" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC50)</f>
         <v>0</v>
       </c>
       <c r="AH50" s="27">
         <v>45169.189895833333</v>
       </c>
       <c r="AI50">
         <v>264</v>
       </c>
       <c r="AJ50">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC51" s="11">
         <f>IF(ISBLANK('Study Schedule'!L34),AC50,'Study Schedule'!L34)</f>
-        <v>45889.743442622952</v>
+        <v>46025.427049180318</v>
       </c>
       <c r="AD51" s="25" t="e">
         <f>AD50+'Study Schedule'!E34</f>
         <v>#REF!</v>
       </c>
       <c r="AE51" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC51)</f>
         <v>6</v>
       </c>
       <c r="AH51" s="27">
         <v>45170.467962962961</v>
       </c>
       <c r="AI51">
         <v>264</v>
       </c>
       <c r="AJ51">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC52" s="11">
         <f>IF(ISBLANK('Study Schedule'!L46),AC51,'Study Schedule'!L46)</f>
-        <v>45918.838524590159</v>
+        <v>46051.85983606556</v>
       </c>
       <c r="AD52" s="25" t="e">
         <f>AD51+'Study Schedule'!E46</f>
         <v>#REF!</v>
       </c>
       <c r="AE52" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC52)</f>
         <v>6</v>
       </c>
       <c r="AH52" s="27">
         <v>45172.257268518515</v>
       </c>
       <c r="AI52">
         <v>271</v>
       </c>
       <c r="AJ52">
         <v>10</v>
       </c>
     </row>
     <row r="53" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC53" s="11">
         <f>IF(ISBLANK('Study Schedule'!L47),AC52,'Study Schedule'!L47)</f>
-        <v>45920.155327868844</v>
+        <v>46053.05614754097</v>
       </c>
       <c r="AD53" s="25" t="e">
         <f>AD52+'Study Schedule'!E47</f>
         <v>#REF!</v>
       </c>
       <c r="AE53" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC53)</f>
         <v>6</v>
       </c>
       <c r="AH53" s="27">
         <v>45173.364930555559</v>
       </c>
       <c r="AI53">
         <v>273</v>
       </c>
       <c r="AJ53">
         <v>10</v>
       </c>
     </row>
     <row r="54" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC54" s="11">
         <f>IF(ISBLANK('Study Schedule'!L48),AC53,'Study Schedule'!L48)</f>
-        <v>45922.914344262288</v>
+        <v>46055.562704918018</v>
       </c>
       <c r="AD54" s="25" t="e">
         <f>AD53+'Study Schedule'!E48</f>
         <v>#REF!</v>
       </c>
       <c r="AE54" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC54)</f>
         <v>6</v>
       </c>
       <c r="AH54" s="27">
         <v>45174.472592592596</v>
       </c>
       <c r="AI54">
         <v>281</v>
       </c>
       <c r="AJ54">
         <v>10</v>
       </c>
     </row>
     <row r="55" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC55" s="11">
         <f>IF(ISBLANK('Study Schedule'!L49),AC54,'Study Schedule'!L49)</f>
-        <v>45924.732786885237</v>
+        <v>46057.21475409835</v>
       </c>
       <c r="AD55" s="25" t="e">
         <f>AD54+'Study Schedule'!E49</f>
         <v>#REF!</v>
       </c>
       <c r="AE55" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC55)</f>
         <v>6</v>
       </c>
       <c r="AH55" s="27">
         <v>45175.665451388886</v>
       </c>
       <c r="AI55">
         <v>285</v>
       </c>
       <c r="AJ55">
         <v>10</v>
       </c>
     </row>
     <row r="56" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC56" s="11">
         <f>IF(ISBLANK('Study Schedule'!L50),AC55,'Study Schedule'!L50)</f>
-        <v>45926.049590163922</v>
+        <v>46058.41106557376</v>
       </c>
       <c r="AD56" s="25" t="e">
         <f>AD55+'Study Schedule'!E50</f>
         <v>#REF!</v>
       </c>
       <c r="AE56" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC56)</f>
         <v>6</v>
       </c>
       <c r="AH56" s="27">
         <v>45176.134085648147</v>
       </c>
       <c r="AI56">
         <v>288</v>
       </c>
       <c r="AJ56">
         <v>10</v>
       </c>
     </row>
     <row r="57" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC57" s="11">
         <f>IF(ISBLANK('Study Schedule'!L51),AC56,'Study Schedule'!L51)</f>
-        <v>45927.61721311474</v>
+        <v>46059.835245901631</v>
       </c>
       <c r="AD57" s="25" t="e">
         <f>AD56+'Study Schedule'!E51</f>
         <v>#REF!</v>
       </c>
       <c r="AE57" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC57)</f>
         <v>6</v>
       </c>
       <c r="AH57" s="27">
         <v>45178.0937962963</v>
       </c>
       <c r="AI57">
         <v>298</v>
       </c>
       <c r="AJ57">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC58" s="11">
         <f>IF(ISBLANK('Study Schedule'!L52),AC57,'Study Schedule'!L52)</f>
-        <v>45928.118852459003</v>
+        <v>46060.290983606552</v>
       </c>
       <c r="AD58" s="25" t="e">
         <f>AD57+'Study Schedule'!E52</f>
         <v>#REF!</v>
       </c>
       <c r="AE58" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC58)</f>
         <v>6</v>
       </c>
       <c r="AH58" s="27">
         <v>45178.732824074075</v>
       </c>
       <c r="AI58">
         <v>299</v>
       </c>
       <c r="AJ58">
         <v>10</v>
       </c>
     </row>
     <row r="59" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC59" s="11" t="e">
         <f>IF(ISBLANK('Study Schedule'!#REF!),AC58,'Study Schedule'!#REF!)</f>
         <v>#REF!</v>
       </c>
       <c r="AD59" s="25" t="e">
@@ -23529,1800 +23523,1800 @@
       <c r="AC63" s="11" t="e">
         <f>IF(ISBLANK('Study Schedule'!#REF!),AC62,'Study Schedule'!#REF!)</f>
         <v>#REF!</v>
       </c>
       <c r="AD63" s="25" t="e">
         <f>AD62+'Study Schedule'!#REF!</f>
         <v>#REF!</v>
       </c>
       <c r="AE63" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC63)</f>
         <v>0</v>
       </c>
       <c r="AH63" s="27">
         <v>45187.721932870372</v>
       </c>
       <c r="AI63">
         <v>345</v>
       </c>
       <c r="AJ63">
         <v>10</v>
       </c>
     </row>
     <row r="64" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC64" s="11">
         <f>IF(ISBLANK('Study Schedule'!L53),AC63,'Study Schedule'!L53)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD64" s="25" t="e">
         <f>AD63+'Study Schedule'!E53</f>
         <v>#REF!</v>
       </c>
       <c r="AE64" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC64)</f>
         <v>6</v>
       </c>
       <c r="AH64" s="27">
         <v>45189</v>
       </c>
       <c r="AI64">
         <v>345</v>
       </c>
       <c r="AJ64">
         <v>10</v>
       </c>
     </row>
     <row r="65" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC65" s="11">
         <f>IF(ISBLANK('Study Schedule'!L54),AC64,'Study Schedule'!L54)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD65" s="25" t="e">
         <f>AD64+'Study Schedule'!E54</f>
         <v>#REF!</v>
       </c>
       <c r="AE65" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC65)</f>
         <v>6</v>
       </c>
       <c r="AI65"/>
       <c r="AJ65"/>
     </row>
     <row r="66" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC66" s="11">
         <f>IF(ISBLANK('Study Schedule'!L55),AC65,'Study Schedule'!L55)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD66" s="25" t="e">
         <f>AD65+'Study Schedule'!E55</f>
         <v>#REF!</v>
       </c>
       <c r="AE66" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC66)</f>
         <v>6</v>
       </c>
       <c r="AI66"/>
       <c r="AJ66"/>
     </row>
     <row r="67" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC67" s="11">
         <f>IF(ISBLANK('Study Schedule'!L56),AC66,'Study Schedule'!L56)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD67" s="25" t="e">
         <f>AD66+'Study Schedule'!E56</f>
         <v>#REF!</v>
       </c>
       <c r="AE67" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC67)</f>
         <v>6</v>
       </c>
       <c r="AI67"/>
       <c r="AJ67"/>
     </row>
     <row r="68" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC68" s="11">
         <f>IF(ISBLANK('Study Schedule'!L57),AC67,'Study Schedule'!L57)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD68" s="25" t="e">
         <f>AD67+'Study Schedule'!E57</f>
         <v>#REF!</v>
       </c>
       <c r="AE68" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC68)</f>
         <v>6</v>
       </c>
       <c r="AI68"/>
       <c r="AJ68"/>
     </row>
     <row r="69" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC69" s="11">
         <f>IF(ISBLANK('Study Schedule'!L58),AC68,'Study Schedule'!L58)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD69" s="25" t="e">
         <f>AD68+'Study Schedule'!E58</f>
         <v>#REF!</v>
       </c>
       <c r="AE69" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC69)</f>
         <v>6</v>
       </c>
       <c r="AI69"/>
       <c r="AJ69"/>
     </row>
     <row r="70" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC70" s="11">
         <f>IF(ISBLANK('Study Schedule'!L59),AC69,'Study Schedule'!L59)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD70" s="25" t="e">
         <f>AD69+'Study Schedule'!E59</f>
         <v>#REF!</v>
       </c>
       <c r="AE70" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC70)</f>
         <v>6</v>
       </c>
       <c r="AI70"/>
       <c r="AJ70"/>
     </row>
     <row r="71" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC71" s="11">
         <f>IF(ISBLANK('Study Schedule'!L60),AC70,'Study Schedule'!L60)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD71" s="25" t="e">
         <f>AD70+'Study Schedule'!E60</f>
         <v>#REF!</v>
       </c>
       <c r="AE71" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC71)</f>
         <v>6</v>
       </c>
       <c r="AI71"/>
       <c r="AJ71"/>
     </row>
     <row r="72" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC72" s="11">
         <f>IF(ISBLANK('Study Schedule'!L61),AC71,'Study Schedule'!L61)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD72" s="25" t="e">
         <f>AD71+'Study Schedule'!E61</f>
         <v>#REF!</v>
       </c>
       <c r="AE72" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC72)</f>
         <v>6</v>
       </c>
       <c r="AI72"/>
       <c r="AJ72"/>
     </row>
     <row r="73" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC73" s="11">
         <f>IF(ISBLANK('Study Schedule'!L62),AC72,'Study Schedule'!L62)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD73" s="25" t="e">
         <f>AD72+'Study Schedule'!E62</f>
         <v>#REF!</v>
       </c>
       <c r="AE73" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC73)</f>
         <v>6</v>
       </c>
       <c r="AI73"/>
       <c r="AJ73"/>
     </row>
     <row r="74" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC74" s="11">
         <f>IF(ISBLANK('Study Schedule'!L63),AC73,'Study Schedule'!L63)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD74" s="25" t="e">
         <f>AD73+'Study Schedule'!E63</f>
         <v>#REF!</v>
       </c>
       <c r="AE74" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC74)</f>
         <v>6</v>
       </c>
       <c r="AI74"/>
       <c r="AJ74"/>
     </row>
     <row r="75" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC75" s="11">
         <f>IF(ISBLANK('Study Schedule'!L64),AC74,'Study Schedule'!L64)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD75" s="25" t="e">
         <f>AD74+'Study Schedule'!E64</f>
         <v>#REF!</v>
       </c>
       <c r="AE75" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC75)</f>
         <v>6</v>
       </c>
       <c r="AI75"/>
       <c r="AJ75"/>
     </row>
     <row r="76" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC76" s="11">
         <f>IF(ISBLANK('Study Schedule'!L65),AC75,'Study Schedule'!L65)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD76" s="25" t="e">
         <f>AD75+'Study Schedule'!E65</f>
         <v>#REF!</v>
       </c>
       <c r="AE76" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC76)</f>
         <v>6</v>
       </c>
       <c r="AI76"/>
       <c r="AJ76"/>
     </row>
     <row r="77" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC77" s="11">
         <f>IF(ISBLANK('Study Schedule'!L66),AC76,'Study Schedule'!L66)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD77" s="25" t="e">
         <f>AD76+'Study Schedule'!E66</f>
         <v>#REF!</v>
       </c>
       <c r="AE77" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC77)</f>
         <v>6</v>
       </c>
       <c r="AI77"/>
       <c r="AJ77"/>
     </row>
     <row r="78" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC78" s="11">
         <f>IF(ISBLANK('Study Schedule'!L67),AC77,'Study Schedule'!L67)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD78" s="25" t="e">
         <f>AD77+'Study Schedule'!E67</f>
         <v>#REF!</v>
       </c>
       <c r="AE78" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC78)</f>
         <v>6</v>
       </c>
       <c r="AI78"/>
       <c r="AJ78"/>
     </row>
     <row r="79" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC79" s="11">
         <f>IF(ISBLANK('Study Schedule'!L68),AC78,'Study Schedule'!L68)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD79" s="25" t="e">
         <f>AD78+'Study Schedule'!E68</f>
         <v>#REF!</v>
       </c>
       <c r="AE79" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC79)</f>
         <v>6</v>
       </c>
       <c r="AI79"/>
       <c r="AJ79"/>
     </row>
     <row r="80" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC80" s="11">
         <f>IF(ISBLANK('Study Schedule'!L69),AC79,'Study Schedule'!L69)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD80" s="25" t="e">
         <f>AD79+'Study Schedule'!E69</f>
         <v>#REF!</v>
       </c>
       <c r="AE80" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC80)</f>
         <v>6</v>
       </c>
       <c r="AI80"/>
       <c r="AJ80"/>
     </row>
     <row r="81" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC81" s="11">
         <f>IF(ISBLANK('Study Schedule'!L70),AC80,'Study Schedule'!L70)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD81" s="25" t="e">
         <f>AD80+'Study Schedule'!E70</f>
         <v>#REF!</v>
       </c>
       <c r="AE81" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC81)</f>
         <v>6</v>
       </c>
       <c r="AI81"/>
       <c r="AJ81"/>
     </row>
     <row r="82" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC82" s="11">
         <f>IF(ISBLANK('Study Schedule'!L71),AC81,'Study Schedule'!L71)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD82" s="25" t="e">
         <f>AD81+'Study Schedule'!E71</f>
         <v>#REF!</v>
       </c>
       <c r="AE82" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC82)</f>
         <v>6</v>
       </c>
       <c r="AI82"/>
       <c r="AJ82"/>
     </row>
     <row r="83" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC83" s="11">
         <f>IF(ISBLANK('Study Schedule'!L72),AC82,'Study Schedule'!L72)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD83" s="25" t="e">
         <f>AD82+'Study Schedule'!E72</f>
         <v>#REF!</v>
       </c>
       <c r="AE83" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC83)</f>
         <v>6</v>
       </c>
       <c r="AI83"/>
       <c r="AJ83"/>
     </row>
     <row r="84" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC84" s="11">
         <f>IF(ISBLANK('Study Schedule'!L73),AC83,'Study Schedule'!L73)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD84" s="25" t="e">
         <f>AD83+'Study Schedule'!E73</f>
         <v>#REF!</v>
       </c>
       <c r="AE84" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC84)</f>
         <v>6</v>
       </c>
       <c r="AI84"/>
       <c r="AJ84"/>
     </row>
     <row r="85" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC85" s="11">
         <f>IF(ISBLANK('Study Schedule'!L74),AC84,'Study Schedule'!L74)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD85" s="25" t="e">
         <f>AD84+'Study Schedule'!E74</f>
         <v>#REF!</v>
       </c>
       <c r="AE85" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC85)</f>
         <v>6</v>
       </c>
       <c r="AI85"/>
       <c r="AJ85"/>
     </row>
     <row r="86" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC86" s="11">
         <f>IF(ISBLANK('Study Schedule'!L75),AC85,'Study Schedule'!L75)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD86" s="25" t="e">
         <f>AD85+'Study Schedule'!E75</f>
         <v>#REF!</v>
       </c>
       <c r="AE86" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC86)</f>
         <v>6</v>
       </c>
       <c r="AI86"/>
       <c r="AJ86"/>
     </row>
     <row r="87" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC87" s="11">
         <f>IF(ISBLANK('Study Schedule'!L76),AC86,'Study Schedule'!L76)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD87" s="25" t="e">
         <f>AD86+'Study Schedule'!E76</f>
         <v>#REF!</v>
       </c>
       <c r="AE87" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC87)</f>
         <v>6</v>
       </c>
       <c r="AI87"/>
       <c r="AJ87"/>
     </row>
     <row r="88" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC88" s="11">
         <f>IF(ISBLANK('Study Schedule'!L77),AC87,'Study Schedule'!L77)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD88" s="25" t="e">
         <f>AD87+'Study Schedule'!E77</f>
         <v>#REF!</v>
       </c>
       <c r="AE88" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC88)</f>
         <v>6</v>
       </c>
     </row>
     <row r="89" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC89" s="11">
         <f>IF(ISBLANK('Study Schedule'!L78),AC88,'Study Schedule'!L78)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD89" s="25" t="e">
         <f>AD88+'Study Schedule'!E78</f>
         <v>#REF!</v>
       </c>
       <c r="AE89" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC89)</f>
         <v>6</v>
       </c>
     </row>
     <row r="90" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC90" s="11">
         <f>IF(ISBLANK('Study Schedule'!L79),AC89,'Study Schedule'!L79)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD90" s="25" t="e">
         <f>AD89+'Study Schedule'!E79</f>
         <v>#REF!</v>
       </c>
       <c r="AE90" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC90)</f>
         <v>6</v>
       </c>
     </row>
     <row r="91" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC91" s="11">
         <f>IF(ISBLANK('Study Schedule'!L80),AC90,'Study Schedule'!L80)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD91" s="25" t="e">
         <f>AD90+'Study Schedule'!E80</f>
         <v>#REF!</v>
       </c>
       <c r="AE91" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC91)</f>
         <v>6</v>
       </c>
     </row>
     <row r="92" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC92" s="11">
         <f>IF(ISBLANK('Study Schedule'!L81),AC91,'Study Schedule'!L81)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD92" s="25" t="e">
         <f>AD91+'Study Schedule'!E81</f>
         <v>#REF!</v>
       </c>
       <c r="AE92" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC92)</f>
         <v>6</v>
       </c>
     </row>
     <row r="93" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC93" s="11">
         <f>IF(ISBLANK('Study Schedule'!L82),AC92,'Study Schedule'!L82)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD93" s="25" t="e">
         <f>AD92+'Study Schedule'!E82</f>
         <v>#REF!</v>
       </c>
       <c r="AE93" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC93)</f>
         <v>6</v>
       </c>
     </row>
     <row r="94" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC94" s="11">
         <f>IF(ISBLANK('Study Schedule'!L83),AC93,'Study Schedule'!L83)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD94" s="25" t="e">
         <f>AD93+'Study Schedule'!E83</f>
         <v>#REF!</v>
       </c>
       <c r="AE94" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC94)</f>
         <v>6</v>
       </c>
     </row>
     <row r="95" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC95" s="11">
         <f>IF(ISBLANK('Study Schedule'!L84),AC94,'Study Schedule'!L84)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD95" s="25" t="e">
         <f>AD94+'Study Schedule'!E84</f>
         <v>#REF!</v>
       </c>
       <c r="AE95" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC95)</f>
         <v>6</v>
       </c>
     </row>
     <row r="96" spans="29:36" x14ac:dyDescent="0.45">
       <c r="AC96" s="11">
         <f>IF(ISBLANK('Study Schedule'!L85),AC95,'Study Schedule'!L85)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD96" s="25" t="e">
         <f>AD95+'Study Schedule'!E85</f>
         <v>#REF!</v>
       </c>
       <c r="AE96" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC96)</f>
         <v>6</v>
       </c>
     </row>
     <row r="97" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC97" s="11">
         <f>IF(ISBLANK('Study Schedule'!L86),AC96,'Study Schedule'!L86)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD97" s="25" t="e">
         <f>AD96+'Study Schedule'!E86</f>
         <v>#REF!</v>
       </c>
       <c r="AE97" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC97)</f>
         <v>6</v>
       </c>
     </row>
     <row r="98" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC98" s="11">
         <f>IF(ISBLANK('Study Schedule'!L87),AC97,'Study Schedule'!L87)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD98" s="25" t="e">
         <f>AD97+'Study Schedule'!E87</f>
         <v>#REF!</v>
       </c>
       <c r="AE98" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC98)</f>
         <v>6</v>
       </c>
     </row>
     <row r="99" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC99" s="11">
         <f>IF(ISBLANK('Study Schedule'!L88),AC98,'Study Schedule'!L88)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD99" s="25" t="e">
         <f>AD98+'Study Schedule'!E88</f>
         <v>#REF!</v>
       </c>
       <c r="AE99" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC99)</f>
         <v>6</v>
       </c>
     </row>
     <row r="100" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC100" s="11">
         <f>IF(ISBLANK('Study Schedule'!L89),AC99,'Study Schedule'!L89)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD100" s="25" t="e">
         <f>AD99+'Study Schedule'!E89</f>
         <v>#REF!</v>
       </c>
       <c r="AE100" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC100)</f>
         <v>6</v>
       </c>
     </row>
     <row r="101" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC101" s="11">
         <f>IF(ISBLANK('Study Schedule'!L90),AC100,'Study Schedule'!L90)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD101" s="25" t="e">
         <f>AD100+'Study Schedule'!E90</f>
         <v>#REF!</v>
       </c>
       <c r="AE101" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC101)</f>
         <v>6</v>
       </c>
     </row>
     <row r="102" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC102" s="11">
         <f>IF(ISBLANK('Study Schedule'!L91),AC101,'Study Schedule'!L91)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD102" s="25" t="e">
         <f>AD101+'Study Schedule'!E91</f>
         <v>#REF!</v>
       </c>
       <c r="AE102" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC102)</f>
         <v>6</v>
       </c>
     </row>
     <row r="103" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC103" s="11">
         <f>IF(ISBLANK('Study Schedule'!L92),AC102,'Study Schedule'!L92)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD103" s="25" t="e">
         <f>AD102+'Study Schedule'!E92</f>
         <v>#REF!</v>
       </c>
       <c r="AE103" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC103)</f>
         <v>6</v>
       </c>
     </row>
     <row r="104" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC104" s="11">
         <f>IF(ISBLANK('Study Schedule'!L93),AC103,'Study Schedule'!L93)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD104" s="25" t="e">
         <f>AD103+'Study Schedule'!E93</f>
         <v>#REF!</v>
       </c>
       <c r="AE104" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC104)</f>
         <v>6</v>
       </c>
     </row>
     <row r="105" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC105" s="11">
         <f>IF(ISBLANK('Study Schedule'!L94),AC104,'Study Schedule'!L94)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD105" s="25" t="e">
         <f>AD104+'Study Schedule'!E94</f>
         <v>#REF!</v>
       </c>
       <c r="AE105" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC105)</f>
         <v>6</v>
       </c>
     </row>
     <row r="106" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC106" s="11">
         <f>IF(ISBLANK('Study Schedule'!L95),AC105,'Study Schedule'!L95)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD106" s="25" t="e">
         <f>AD105+'Study Schedule'!E95</f>
         <v>#REF!</v>
       </c>
       <c r="AE106" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC106)</f>
         <v>6</v>
       </c>
     </row>
     <row r="107" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC107" s="11">
         <f>IF(ISBLANK('Study Schedule'!L96),AC106,'Study Schedule'!L96)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD107" s="25" t="e">
         <f>AD106+'Study Schedule'!E96</f>
         <v>#REF!</v>
       </c>
       <c r="AE107" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC107)</f>
         <v>6</v>
       </c>
     </row>
     <row r="108" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC108" s="11">
         <f>IF(ISBLANK('Study Schedule'!L97),AC107,'Study Schedule'!L97)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD108" s="25" t="e">
         <f>AD107+'Study Schedule'!E97</f>
         <v>#REF!</v>
       </c>
       <c r="AE108" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC108)</f>
         <v>6</v>
       </c>
     </row>
     <row r="109" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC109" s="11">
         <f>IF(ISBLANK('Study Schedule'!L98),AC108,'Study Schedule'!L98)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD109" s="25" t="e">
         <f>AD108+'Study Schedule'!E98</f>
         <v>#REF!</v>
       </c>
       <c r="AE109" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC109)</f>
         <v>6</v>
       </c>
     </row>
     <row r="110" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC110" s="11">
         <f>IF(ISBLANK('Study Schedule'!L99),AC109,'Study Schedule'!L99)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD110" s="25" t="e">
         <f>AD109+'Study Schedule'!E99</f>
         <v>#REF!</v>
       </c>
       <c r="AE110" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC110)</f>
         <v>6</v>
       </c>
     </row>
     <row r="111" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC111" s="11">
         <f>IF(ISBLANK('Study Schedule'!L100),AC110,'Study Schedule'!L100)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD111" s="25" t="e">
         <f>AD110+'Study Schedule'!E100</f>
         <v>#REF!</v>
       </c>
       <c r="AE111" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC111)</f>
         <v>6</v>
       </c>
     </row>
     <row r="112" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC112" s="11">
         <f>IF(ISBLANK('Study Schedule'!L101),AC111,'Study Schedule'!L101)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD112" s="25" t="e">
         <f>AD111+'Study Schedule'!E101</f>
         <v>#REF!</v>
       </c>
       <c r="AE112" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC112)</f>
         <v>6</v>
       </c>
     </row>
     <row r="113" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC113" s="11">
         <f>IF(ISBLANK('Study Schedule'!L102),AC112,'Study Schedule'!L102)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD113" s="25" t="e">
         <f>AD112+'Study Schedule'!E102</f>
         <v>#REF!</v>
       </c>
       <c r="AE113" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC113)</f>
         <v>6</v>
       </c>
     </row>
     <row r="114" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC114" s="11">
         <f>IF(ISBLANK('Study Schedule'!L103),AC113,'Study Schedule'!L103)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD114" s="25" t="e">
         <f>AD113+'Study Schedule'!E103</f>
         <v>#REF!</v>
       </c>
       <c r="AE114" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC114)</f>
         <v>6</v>
       </c>
     </row>
     <row r="115" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC115" s="11">
         <f>IF(ISBLANK('Study Schedule'!L104),AC114,'Study Schedule'!L104)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD115" s="25" t="e">
         <f>AD114+'Study Schedule'!E104</f>
         <v>#REF!</v>
       </c>
       <c r="AE115" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC115)</f>
         <v>6</v>
       </c>
     </row>
     <row r="116" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC116" s="11">
         <f>IF(ISBLANK('Study Schedule'!L105),AC115,'Study Schedule'!L105)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD116" s="25" t="e">
         <f>AD115+'Study Schedule'!E105</f>
         <v>#REF!</v>
       </c>
       <c r="AE116" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC116)</f>
         <v>6</v>
       </c>
     </row>
     <row r="117" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC117" s="11">
         <f>IF(ISBLANK('Study Schedule'!L106),AC116,'Study Schedule'!L106)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD117" s="25" t="e">
         <f>AD116+'Study Schedule'!E106</f>
         <v>#REF!</v>
       </c>
       <c r="AE117" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC117)</f>
         <v>6</v>
       </c>
     </row>
     <row r="118" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC118" s="11">
         <f>IF(ISBLANK('Study Schedule'!L107),AC117,'Study Schedule'!L107)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD118" s="25" t="e">
         <f>AD117+'Study Schedule'!E107</f>
         <v>#REF!</v>
       </c>
       <c r="AE118" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC118)</f>
         <v>6</v>
       </c>
     </row>
     <row r="119" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC119" s="11">
         <f>IF(ISBLANK('Study Schedule'!L108),AC118,'Study Schedule'!L108)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD119" s="25" t="e">
         <f>AD118+'Study Schedule'!E108</f>
         <v>#REF!</v>
       </c>
       <c r="AE119" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC119)</f>
         <v>6</v>
       </c>
     </row>
     <row r="120" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC120" s="11">
         <f>IF(ISBLANK('Study Schedule'!L109),AC119,'Study Schedule'!L109)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD120" s="25" t="e">
         <f>AD119+'Study Schedule'!E109</f>
         <v>#REF!</v>
       </c>
       <c r="AE120" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC120)</f>
         <v>6</v>
       </c>
     </row>
     <row r="121" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC121" s="11">
         <f>IF(ISBLANK('Study Schedule'!L110),AC120,'Study Schedule'!L110)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD121" s="25" t="e">
         <f>AD120+'Study Schedule'!E110</f>
         <v>#REF!</v>
       </c>
       <c r="AE121" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC121)</f>
         <v>6</v>
       </c>
     </row>
     <row r="122" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC122" s="11">
         <f>IF(ISBLANK('Study Schedule'!L111),AC121,'Study Schedule'!L111)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD122" s="25" t="e">
         <f>AD121+'Study Schedule'!E111</f>
         <v>#REF!</v>
       </c>
       <c r="AE122" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC122)</f>
         <v>6</v>
       </c>
     </row>
     <row r="123" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC123" s="11">
         <f>IF(ISBLANK('Study Schedule'!L112),AC122,'Study Schedule'!L112)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD123" s="25" t="e">
         <f>AD122+'Study Schedule'!E112</f>
         <v>#REF!</v>
       </c>
       <c r="AE123" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC123)</f>
         <v>6</v>
       </c>
     </row>
     <row r="124" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC124" s="11">
         <f>IF(ISBLANK('Study Schedule'!L113),AC123,'Study Schedule'!L113)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD124" s="25" t="e">
         <f>AD123+'Study Schedule'!E113</f>
         <v>#REF!</v>
       </c>
       <c r="AE124" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC124)</f>
         <v>6</v>
       </c>
     </row>
     <row r="125" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC125" s="11">
         <f>IF(ISBLANK('Study Schedule'!L114),AC124,'Study Schedule'!L114)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD125" s="25" t="e">
         <f>AD124+'Study Schedule'!E114</f>
         <v>#REF!</v>
       </c>
       <c r="AE125" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC125)</f>
         <v>6</v>
       </c>
     </row>
     <row r="126" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC126" s="11">
         <f>IF(ISBLANK('Study Schedule'!L115),AC125,'Study Schedule'!L115)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD126" s="25" t="e">
         <f>AD125+'Study Schedule'!E115</f>
         <v>#REF!</v>
       </c>
       <c r="AE126" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC126)</f>
         <v>6</v>
       </c>
     </row>
     <row r="127" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC127" s="11">
         <f>IF(ISBLANK('Study Schedule'!L116),AC126,'Study Schedule'!L116)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD127" s="25" t="e">
         <f>AD126+'Study Schedule'!E116</f>
         <v>#REF!</v>
       </c>
       <c r="AE127" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC127)</f>
         <v>6</v>
       </c>
     </row>
     <row r="128" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC128" s="11">
         <f>IF(ISBLANK('Study Schedule'!L117),AC127,'Study Schedule'!L117)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD128" s="25" t="e">
         <f>AD127+'Study Schedule'!E117</f>
         <v>#REF!</v>
       </c>
       <c r="AE128" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC128)</f>
         <v>6</v>
       </c>
     </row>
     <row r="129" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC129" s="11">
         <f>IF(ISBLANK('Study Schedule'!L118),AC128,'Study Schedule'!L118)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD129" s="25" t="e">
         <f>AD128+'Study Schedule'!E118</f>
         <v>#REF!</v>
       </c>
       <c r="AE129" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC129)</f>
         <v>6</v>
       </c>
     </row>
     <row r="130" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC130" s="11">
         <f>IF(ISBLANK('Study Schedule'!L119),AC129,'Study Schedule'!L119)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD130" s="25" t="e">
         <f>AD129+'Study Schedule'!E119</f>
         <v>#REF!</v>
       </c>
       <c r="AE130" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC130)</f>
         <v>6</v>
       </c>
     </row>
     <row r="131" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC131" s="11">
         <f>IF(ISBLANK('Study Schedule'!L120),AC130,'Study Schedule'!L120)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD131" s="25" t="e">
         <f>AD130+'Study Schedule'!E120</f>
         <v>#REF!</v>
       </c>
       <c r="AE131" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC131)</f>
         <v>6</v>
       </c>
     </row>
     <row r="132" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC132" s="11">
         <f>IF(ISBLANK('Study Schedule'!L121),AC131,'Study Schedule'!L121)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD132" s="25" t="e">
         <f>AD131+'Study Schedule'!E121</f>
         <v>#REF!</v>
       </c>
       <c r="AE132" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC132)</f>
         <v>6</v>
       </c>
     </row>
     <row r="133" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC133" s="11">
         <f>IF(ISBLANK('Study Schedule'!L122),AC132,'Study Schedule'!L122)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD133" s="25" t="e">
         <f>AD132+'Study Schedule'!E122</f>
         <v>#REF!</v>
       </c>
       <c r="AE133" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC133)</f>
         <v>6</v>
       </c>
     </row>
     <row r="134" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC134" s="11">
         <f>IF(ISBLANK('Study Schedule'!L123),AC133,'Study Schedule'!L123)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD134" s="25" t="e">
         <f>AD133+'Study Schedule'!E123</f>
         <v>#REF!</v>
       </c>
       <c r="AE134" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC134)</f>
         <v>6</v>
       </c>
     </row>
     <row r="135" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC135" s="11">
         <f>IF(ISBLANK('Study Schedule'!L124),AC134,'Study Schedule'!L124)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD135" s="25" t="e">
         <f>AD134+'Study Schedule'!E124</f>
         <v>#REF!</v>
       </c>
       <c r="AE135" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC135)</f>
         <v>6</v>
       </c>
     </row>
     <row r="136" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC136" s="11">
         <f>IF(ISBLANK('Study Schedule'!L125),AC135,'Study Schedule'!L125)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD136" s="25" t="e">
         <f>AD135+'Study Schedule'!E125</f>
         <v>#REF!</v>
       </c>
       <c r="AE136" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC136)</f>
         <v>6</v>
       </c>
     </row>
     <row r="137" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC137" s="11">
         <f>IF(ISBLANK('Study Schedule'!L126),AC136,'Study Schedule'!L126)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD137" s="25" t="e">
         <f>AD136+'Study Schedule'!E126</f>
         <v>#REF!</v>
       </c>
       <c r="AE137" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC137)</f>
         <v>6</v>
       </c>
     </row>
     <row r="138" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC138" s="11">
         <f>IF(ISBLANK('Study Schedule'!L127),AC137,'Study Schedule'!L127)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD138" s="25" t="e">
         <f>AD137+'Study Schedule'!E127</f>
         <v>#REF!</v>
       </c>
       <c r="AE138" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC138)</f>
         <v>6</v>
       </c>
     </row>
     <row r="139" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC139" s="11">
         <f>IF(ISBLANK('Study Schedule'!L128),AC138,'Study Schedule'!L128)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD139" s="25" t="e">
         <f>AD138+'Study Schedule'!E128</f>
         <v>#REF!</v>
       </c>
       <c r="AE139" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC139)</f>
         <v>6</v>
       </c>
     </row>
     <row r="140" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC140" s="11">
         <f>IF(ISBLANK('Study Schedule'!L129),AC139,'Study Schedule'!L129)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD140" s="25" t="e">
         <f>AD139+'Study Schedule'!E129</f>
         <v>#REF!</v>
       </c>
       <c r="AE140" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC140)</f>
         <v>6</v>
       </c>
     </row>
     <row r="141" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC141" s="11">
         <f>IF(ISBLANK('Study Schedule'!L130),AC140,'Study Schedule'!L130)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD141" s="25" t="e">
         <f>AD140+'Study Schedule'!E130</f>
         <v>#REF!</v>
       </c>
       <c r="AE141" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC141)</f>
         <v>6</v>
       </c>
     </row>
     <row r="142" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC142" s="11">
         <f>IF(ISBLANK('Study Schedule'!L131),AC141,'Study Schedule'!L131)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD142" s="25" t="e">
         <f>AD141+'Study Schedule'!E131</f>
         <v>#REF!</v>
       </c>
       <c r="AE142" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC142)</f>
         <v>6</v>
       </c>
     </row>
     <row r="143" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC143" s="11">
         <f>IF(ISBLANK('Study Schedule'!L132),AC142,'Study Schedule'!L132)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD143" s="25" t="e">
         <f>AD142+'Study Schedule'!E132</f>
         <v>#REF!</v>
       </c>
       <c r="AE143" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC143)</f>
         <v>6</v>
       </c>
     </row>
     <row r="144" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC144" s="11">
         <f>IF(ISBLANK('Study Schedule'!L133),AC143,'Study Schedule'!L133)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD144" s="25" t="e">
         <f>AD143+'Study Schedule'!E133</f>
         <v>#REF!</v>
       </c>
       <c r="AE144" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC144)</f>
         <v>6</v>
       </c>
     </row>
     <row r="145" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC145" s="11">
         <f>IF(ISBLANK('Study Schedule'!L134),AC144,'Study Schedule'!L134)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD145" s="25" t="e">
         <f>AD144+'Study Schedule'!E134</f>
         <v>#REF!</v>
       </c>
       <c r="AE145" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC145)</f>
         <v>6</v>
       </c>
     </row>
     <row r="146" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC146" s="11">
         <f>IF(ISBLANK('Study Schedule'!L135),AC145,'Study Schedule'!L135)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD146" s="25" t="e">
         <f>AD145+'Study Schedule'!E135</f>
         <v>#REF!</v>
       </c>
       <c r="AE146" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC146)</f>
         <v>6</v>
       </c>
     </row>
     <row r="147" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC147" s="11">
         <f>IF(ISBLANK('Study Schedule'!L136),AC146,'Study Schedule'!L136)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD147" s="25" t="e">
         <f>AD146+'Study Schedule'!E136</f>
         <v>#REF!</v>
       </c>
       <c r="AE147" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC147)</f>
         <v>6</v>
       </c>
     </row>
     <row r="148" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC148" s="11">
         <f>IF(ISBLANK('Study Schedule'!L137),AC147,'Study Schedule'!L137)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD148" s="25" t="e">
         <f>AD147+'Study Schedule'!E137</f>
         <v>#REF!</v>
       </c>
       <c r="AE148" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC148)</f>
         <v>6</v>
       </c>
     </row>
     <row r="149" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC149" s="11">
         <f>IF(ISBLANK('Study Schedule'!L138),AC148,'Study Schedule'!L138)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD149" s="25" t="e">
         <f>AD148+'Study Schedule'!E138</f>
         <v>#REF!</v>
       </c>
       <c r="AE149" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC149)</f>
         <v>6</v>
       </c>
     </row>
     <row r="150" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC150" s="11">
         <f>IF(ISBLANK('Study Schedule'!L139),AC149,'Study Schedule'!L139)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD150" s="25" t="e">
         <f>AD149+'Study Schedule'!E139</f>
         <v>#REF!</v>
       </c>
       <c r="AE150" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC150)</f>
         <v>6</v>
       </c>
     </row>
     <row r="151" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC151" s="11">
         <f>IF(ISBLANK('Study Schedule'!L140),AC150,'Study Schedule'!L140)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD151" s="25" t="e">
         <f>AD150+'Study Schedule'!E140</f>
         <v>#REF!</v>
       </c>
       <c r="AE151" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC151)</f>
         <v>6</v>
       </c>
     </row>
     <row r="152" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC152" s="11">
         <f>IF(ISBLANK('Study Schedule'!L141),AC151,'Study Schedule'!L141)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD152" s="25" t="e">
         <f>AD151+'Study Schedule'!E141</f>
         <v>#REF!</v>
       </c>
       <c r="AE152" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC152)</f>
         <v>6</v>
       </c>
     </row>
     <row r="153" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC153" s="11">
         <f>IF(ISBLANK('Study Schedule'!L142),AC152,'Study Schedule'!L142)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD153" s="25" t="e">
         <f>AD152+'Study Schedule'!E142</f>
         <v>#REF!</v>
       </c>
       <c r="AE153" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC153)</f>
         <v>6</v>
       </c>
     </row>
     <row r="154" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC154" s="11">
         <f>IF(ISBLANK('Study Schedule'!L143),AC153,'Study Schedule'!L143)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD154" s="25" t="e">
         <f>AD153+'Study Schedule'!E143</f>
         <v>#REF!</v>
       </c>
       <c r="AE154" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC154)</f>
         <v>6</v>
       </c>
     </row>
     <row r="155" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC155" s="11">
         <f>IF(ISBLANK('Study Schedule'!L144),AC154,'Study Schedule'!L144)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD155" s="25" t="e">
         <f>AD154+'Study Schedule'!E144</f>
         <v>#REF!</v>
       </c>
       <c r="AE155" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC155)</f>
         <v>6</v>
       </c>
     </row>
     <row r="156" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC156" s="11">
         <f>IF(ISBLANK('Study Schedule'!L145),AC155,'Study Schedule'!L145)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD156" s="25" t="e">
         <f>AD155+'Study Schedule'!E145</f>
         <v>#REF!</v>
       </c>
       <c r="AE156" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC156)</f>
         <v>6</v>
       </c>
     </row>
     <row r="157" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC157" s="11">
         <f>IF(ISBLANK('Study Schedule'!L146),AC156,'Study Schedule'!L146)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD157" s="25" t="e">
         <f>AD156+'Study Schedule'!E146</f>
         <v>#REF!</v>
       </c>
       <c r="AE157" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC157)</f>
         <v>6</v>
       </c>
     </row>
     <row r="158" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC158" s="11">
         <f>IF(ISBLANK('Study Schedule'!L147),AC157,'Study Schedule'!L147)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD158" s="25" t="e">
         <f>AD157+'Study Schedule'!E147</f>
         <v>#REF!</v>
       </c>
       <c r="AE158" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC158)</f>
         <v>6</v>
       </c>
     </row>
     <row r="159" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC159" s="11">
         <f>IF(ISBLANK('Study Schedule'!L148),AC158,'Study Schedule'!L148)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD159" s="25" t="e">
         <f>AD158+'Study Schedule'!E148</f>
         <v>#REF!</v>
       </c>
       <c r="AE159" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC159)</f>
         <v>6</v>
       </c>
     </row>
     <row r="160" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC160" s="11">
         <f>IF(ISBLANK('Study Schedule'!L149),AC159,'Study Schedule'!L149)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD160" s="25" t="e">
         <f>AD159+'Study Schedule'!E149</f>
         <v>#REF!</v>
       </c>
       <c r="AE160" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC160)</f>
         <v>6</v>
       </c>
     </row>
     <row r="161" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC161" s="11">
         <f>IF(ISBLANK('Study Schedule'!L150),AC160,'Study Schedule'!L150)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD161" s="25" t="e">
         <f>AD160+'Study Schedule'!E150</f>
         <v>#REF!</v>
       </c>
       <c r="AE161" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC161)</f>
         <v>6</v>
       </c>
     </row>
     <row r="162" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC162" s="11">
         <f>IF(ISBLANK('Study Schedule'!L151),AC161,'Study Schedule'!L151)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD162" s="25" t="e">
         <f>AD161+'Study Schedule'!E151</f>
         <v>#REF!</v>
       </c>
       <c r="AE162" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC162)</f>
         <v>6</v>
       </c>
     </row>
     <row r="163" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC163" s="11">
         <f>IF(ISBLANK('Study Schedule'!L152),AC162,'Study Schedule'!L152)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD163" s="25" t="e">
         <f>AD162+'Study Schedule'!E152</f>
         <v>#REF!</v>
       </c>
       <c r="AE163" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC163)</f>
         <v>6</v>
       </c>
     </row>
     <row r="164" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC164" s="11">
         <f>IF(ISBLANK('Study Schedule'!L153),AC163,'Study Schedule'!L153)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD164" s="25" t="e">
         <f>AD163+'Study Schedule'!E153</f>
         <v>#REF!</v>
       </c>
       <c r="AE164" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC164)</f>
         <v>6</v>
       </c>
     </row>
     <row r="165" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC165" s="11">
         <f>IF(ISBLANK('Study Schedule'!L154),AC164,'Study Schedule'!L154)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD165" s="25" t="e">
         <f>AD164+'Study Schedule'!E154</f>
         <v>#REF!</v>
       </c>
       <c r="AE165" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC165)</f>
         <v>6</v>
       </c>
     </row>
     <row r="166" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC166" s="11">
         <f>IF(ISBLANK('Study Schedule'!L155),AC165,'Study Schedule'!L155)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD166" s="25" t="e">
         <f>AD165+'Study Schedule'!E155</f>
         <v>#REF!</v>
       </c>
       <c r="AE166" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC166)</f>
         <v>6</v>
       </c>
     </row>
     <row r="167" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC167" s="11">
         <f>IF(ISBLANK('Study Schedule'!L156),AC166,'Study Schedule'!L156)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD167" s="25" t="e">
         <f>AD166+'Study Schedule'!E156</f>
         <v>#REF!</v>
       </c>
       <c r="AE167" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC167)</f>
         <v>6</v>
       </c>
     </row>
     <row r="168" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC168" s="11">
         <f>IF(ISBLANK('Study Schedule'!L157),AC167,'Study Schedule'!L157)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD168" s="25" t="e">
         <f>AD167+'Study Schedule'!E157</f>
         <v>#REF!</v>
       </c>
       <c r="AE168" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC168)</f>
         <v>6</v>
       </c>
     </row>
     <row r="169" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC169" s="11">
         <f>IF(ISBLANK('Study Schedule'!L158),AC168,'Study Schedule'!L158)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD169" s="25" t="e">
         <f>AD168+'Study Schedule'!E158</f>
         <v>#REF!</v>
       </c>
       <c r="AE169" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC169)</f>
         <v>6</v>
       </c>
     </row>
     <row r="170" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC170" s="11">
         <f>IF(ISBLANK('Study Schedule'!L159),AC169,'Study Schedule'!L159)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD170" s="25" t="e">
         <f>AD169+'Study Schedule'!E159</f>
         <v>#REF!</v>
       </c>
       <c r="AE170" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC170)</f>
         <v>6</v>
       </c>
     </row>
     <row r="171" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC171" s="11">
         <f>IF(ISBLANK('Study Schedule'!L160),AC170,'Study Schedule'!L160)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD171" s="25" t="e">
         <f>AD170+'Study Schedule'!E160</f>
         <v>#REF!</v>
       </c>
       <c r="AE171" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC171)</f>
         <v>6</v>
       </c>
     </row>
     <row r="172" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC172" s="11">
         <f>IF(ISBLANK('Study Schedule'!L161),AC171,'Study Schedule'!L161)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD172" s="25" t="e">
         <f>AD171+'Study Schedule'!E161</f>
         <v>#REF!</v>
       </c>
       <c r="AE172" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC172)</f>
         <v>6</v>
       </c>
     </row>
     <row r="173" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC173" s="11">
         <f>IF(ISBLANK('Study Schedule'!L162),AC172,'Study Schedule'!L162)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD173" s="25" t="e">
         <f>AD172+'Study Schedule'!E162</f>
         <v>#REF!</v>
       </c>
       <c r="AE173" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC173)</f>
         <v>6</v>
       </c>
     </row>
     <row r="174" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC174" s="11">
         <f>IF(ISBLANK('Study Schedule'!L163),AC173,'Study Schedule'!L163)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD174" s="25" t="e">
         <f>AD173+'Study Schedule'!E163</f>
         <v>#REF!</v>
       </c>
       <c r="AE174" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC174)</f>
         <v>6</v>
       </c>
     </row>
     <row r="175" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC175" s="11">
         <f>IF(ISBLANK('Study Schedule'!L164),AC174,'Study Schedule'!L164)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD175" s="25" t="e">
         <f>AD174+'Study Schedule'!E164</f>
         <v>#REF!</v>
       </c>
       <c r="AE175" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC175)</f>
         <v>6</v>
       </c>
     </row>
     <row r="176" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC176" s="11">
         <f>IF(ISBLANK('Study Schedule'!L165),AC175,'Study Schedule'!L165)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD176" s="25" t="e">
         <f>AD175+'Study Schedule'!E165</f>
         <v>#REF!</v>
       </c>
       <c r="AE176" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC176)</f>
         <v>6</v>
       </c>
     </row>
     <row r="177" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC177" s="11">
         <f>IF(ISBLANK('Study Schedule'!L166),AC176,'Study Schedule'!L166)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD177" s="25" t="e">
         <f>AD176+'Study Schedule'!E166</f>
         <v>#REF!</v>
       </c>
       <c r="AE177" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC177)</f>
         <v>6</v>
       </c>
     </row>
     <row r="178" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC178" s="11">
         <f>IF(ISBLANK('Study Schedule'!L167),AC177,'Study Schedule'!L167)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD178" s="25" t="e">
         <f>AD177+'Study Schedule'!E167</f>
         <v>#REF!</v>
       </c>
       <c r="AE178" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC178)</f>
         <v>6</v>
       </c>
     </row>
     <row r="179" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC179" s="11">
         <f>IF(ISBLANK('Study Schedule'!L168),AC178,'Study Schedule'!L168)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD179" s="25" t="e">
         <f>AD178+'Study Schedule'!E168</f>
         <v>#REF!</v>
       </c>
       <c r="AE179" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC179)</f>
         <v>6</v>
       </c>
     </row>
     <row r="180" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC180" s="11">
         <f>IF(ISBLANK('Study Schedule'!L169),AC179,'Study Schedule'!L169)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD180" s="25" t="e">
         <f>AD179+'Study Schedule'!E169</f>
         <v>#REF!</v>
       </c>
       <c r="AE180" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC180)</f>
         <v>6</v>
       </c>
     </row>
     <row r="181" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC181" s="11">
         <f>IF(ISBLANK('Study Schedule'!L170),AC180,'Study Schedule'!L170)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD181" s="25" t="e">
         <f>AD180+'Study Schedule'!E170</f>
         <v>#REF!</v>
       </c>
       <c r="AE181" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC181)</f>
         <v>6</v>
       </c>
     </row>
     <row r="182" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC182" s="11">
         <f>IF(ISBLANK('Study Schedule'!L171),AC181,'Study Schedule'!L171)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD182" s="25" t="e">
         <f>AD181+'Study Schedule'!E171</f>
         <v>#REF!</v>
       </c>
       <c r="AE182" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC182)</f>
         <v>6</v>
       </c>
     </row>
     <row r="183" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC183" s="11">
         <f>IF(ISBLANK('Study Schedule'!L172),AC182,'Study Schedule'!L172)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD183" s="25" t="e">
         <f>AD182+'Study Schedule'!E172</f>
         <v>#REF!</v>
       </c>
       <c r="AE183" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC183)</f>
         <v>6</v>
       </c>
     </row>
     <row r="184" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC184" s="11">
         <f>IF(ISBLANK('Study Schedule'!L173),AC183,'Study Schedule'!L173)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD184" s="25" t="e">
         <f>AD183+'Study Schedule'!E173</f>
         <v>#REF!</v>
       </c>
       <c r="AE184" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC184)</f>
         <v>6</v>
       </c>
     </row>
     <row r="185" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC185" s="11">
         <f>IF(ISBLANK('Study Schedule'!L174),AC184,'Study Schedule'!L174)</f>
-        <v>45929.999999999985</v>
+        <v>46061.999999999993</v>
       </c>
       <c r="AD185" s="25" t="e">
         <f>AD184+'Study Schedule'!E174</f>
         <v>#REF!</v>
       </c>
       <c r="AE185" s="26">
         <f>SUMIFS('Study Schedule'!$E$15:$E$53,'Study Schedule'!$M$15:$M$53,"&lt;="&amp;AC185)</f>
         <v>6</v>
       </c>
     </row>
     <row r="186" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC186" s="11"/>
       <c r="AD186" s="25"/>
     </row>
     <row r="187" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC187" s="11"/>
       <c r="AD187" s="25"/>
     </row>
     <row r="188" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC188" s="11"/>
       <c r="AD188" s="25"/>
     </row>
     <row r="189" spans="29:31" x14ac:dyDescent="0.45">
       <c r="AC189" s="11"/>
       <c r="AD189" s="25"/>
@@ -25691,52 +25685,52 @@
       <c r="AC280" s="11"/>
       <c r="AD280" s="25"/>
     </row>
     <row r="281" spans="29:30" x14ac:dyDescent="0.45">
       <c r="AC281" s="11"/>
       <c r="AD281" s="25"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="51" fitToHeight="0" orientation="portrait" r:id="rId2"/>
   <headerFooter>
     <oddHeader>&amp;LTIA Suggested Study Schedule - GH DP Spring 2023&amp;Rwww.theinfiniteactuary.com</oddHeader>
     <oddFooter>&amp;L© 2023 The Infinite Actuary, LLC</oddFooter>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{26BA2590-8980-494D-B39E-E67BBC1DC4C5}">
   <sheetPr codeName="Sheet4">
     <tabColor rgb="FFFF0000"/>
   </sheetPr>
   <dimension ref="A1:L222"/>
   <sheetViews>
-    <sheetView topLeftCell="B1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane ySplit="13" topLeftCell="A28" activePane="bottomLeft" state="frozen"/>
+    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <pane ySplit="13" topLeftCell="A14" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="H10" sqref="H10"/>
       <selection pane="bottomLeft" activeCell="H44" sqref="H44:H50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
     <col min="4" max="4" width="22.3984375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="7.3984375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="58.1328125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="76.6640625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="6.265625" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="5.3984375" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.59765625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.45">
       <c r="D1" t="s">
         <v>186</v>
       </c>
       <c r="E1" s="7">
         <f>+SUM('Study Schedule'!J15:J53)</f>
         <v>1220</v>
       </c>
       <c r="F1" s="65" t="e">
         <f>SUM('Study Schedule'!E15:E53)+SUM('Study Schedule'!I15:I53)+SUM('Study Schedule'!J15:J53)*0.25-0.75*('Study Schedule'!#REF!+'Study Schedule'!I32+'Study Schedule'!I50+'Study Schedule'!#REF!)</f>
@@ -25881,316 +25875,316 @@
       <c r="H13" s="4" t="s">
         <v>163</v>
       </c>
       <c r="I13" s="15" t="s">
         <v>164</v>
       </c>
       <c r="J13" s="15" t="s">
         <v>165</v>
       </c>
       <c r="K13" s="4" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="14" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A14" t="e">
         <f>IF(OR(B14='Hidden Background Info'!$E$11,B14='Hidden Background Info'!$F$11,B14='Hidden Background Info'!$G$11,B14='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B14">
         <v>101</v>
       </c>
       <c r="C14">
         <v>1</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E14" s="1">
         <v>1.1000000000000001</v>
       </c>
       <c r="F14" s="1" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>406</v>
+        <v>404</v>
       </c>
       <c r="H14" s="62">
         <v>6</v>
       </c>
       <c r="I14" s="63">
         <v>6</v>
       </c>
       <c r="J14" s="62">
         <v>3</v>
       </c>
       <c r="K14" s="62">
         <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A15" t="e">
         <f>IF(OR(B15='Hidden Background Info'!$E$11,B15='Hidden Background Info'!$F$11,B15='Hidden Background Info'!$G$11,B15='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B15">
         <v>101</v>
       </c>
       <c r="C15">
         <f t="shared" ref="C15:C21" si="0">C14+1</f>
         <v>2</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E15" s="1">
         <v>1.2</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>27</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H15" s="62">
         <v>18</v>
       </c>
       <c r="I15" s="63">
         <v>9</v>
       </c>
       <c r="J15" s="62">
         <v>7</v>
       </c>
       <c r="K15" s="62">
         <v>57</v>
       </c>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A16" t="e">
         <f>IF(OR(B16='Hidden Background Info'!$E$11,B16='Hidden Background Info'!$F$11,B16='Hidden Background Info'!$G$11,B16='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B16">
         <v>101</v>
       </c>
       <c r="C16">
         <f t="shared" si="0"/>
         <v>3</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E16" s="1">
         <v>1.3</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>29</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>36</v>
       </c>
       <c r="H16" s="62">
         <v>18</v>
       </c>
       <c r="I16" s="63">
         <v>7</v>
       </c>
       <c r="J16" s="62">
         <v>5</v>
       </c>
       <c r="K16" s="62">
         <v>32</v>
       </c>
     </row>
     <row r="17" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A17" t="e">
         <f>IF(OR(B17='Hidden Background Info'!$E$11,B17='Hidden Background Info'!$F$11,B17='Hidden Background Info'!$G$11,B17='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B17">
         <v>101</v>
       </c>
       <c r="C17">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E17" s="1">
         <v>1.4</v>
       </c>
       <c r="F17" s="1" t="s">
         <v>31</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>38</v>
       </c>
       <c r="H17" s="62">
         <v>20</v>
       </c>
       <c r="I17" s="63">
         <v>6</v>
       </c>
       <c r="J17" s="62">
         <v>5</v>
       </c>
       <c r="K17" s="62">
         <v>21</v>
       </c>
     </row>
     <row r="18" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A18" t="e">
         <f>IF(OR(B18='Hidden Background Info'!$E$11,B18='Hidden Background Info'!$F$11,B18='Hidden Background Info'!$G$11,B18='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B18">
         <v>101</v>
       </c>
       <c r="C18">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E18" s="1">
         <v>1.5</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>32</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>39</v>
       </c>
       <c r="H18" s="62">
         <v>22</v>
       </c>
       <c r="I18" s="63">
         <v>10</v>
       </c>
       <c r="J18" s="62">
         <v>9</v>
       </c>
       <c r="K18" s="62">
         <f>36+30</f>
         <v>66</v>
       </c>
     </row>
     <row r="19" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A19" t="e">
         <f>IF(OR(B19='Hidden Background Info'!$E$11,B19='Hidden Background Info'!$F$11,B19='Hidden Background Info'!$G$11,B19='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B19">
         <v>101</v>
       </c>
       <c r="C19">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E19" s="1">
         <v>1.6</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>43</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>42</v>
       </c>
       <c r="H19" s="62">
         <v>12</v>
       </c>
       <c r="I19" s="63">
         <v>5</v>
       </c>
       <c r="J19" s="62">
         <v>3</v>
       </c>
       <c r="K19" s="62">
         <v>9</v>
       </c>
     </row>
     <row r="20" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A20" t="e">
         <f>IF(OR(B20='Hidden Background Info'!$E$11,B20='Hidden Background Info'!$F$11,B20='Hidden Background Info'!$G$11,B20='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B20">
         <v>101</v>
       </c>
       <c r="C20">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
       <c r="D20" s="10" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E20" s="10"/>
       <c r="F20" s="10" t="s">
         <v>82</v>
       </c>
       <c r="G20" s="10"/>
       <c r="H20" s="10">
         <v>0</v>
       </c>
       <c r="I20" s="10">
         <v>0</v>
       </c>
       <c r="J20" s="1">
         <v>1</v>
       </c>
       <c r="K20" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A21" t="e">
         <f>IF(OR(B21='Hidden Background Info'!$E$11,B21='Hidden Background Info'!$F$11,B21='Hidden Background Info'!$G$11,B21='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B21">
         <v>101</v>
       </c>
       <c r="C21">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>41</v>
       </c>
       <c r="E21" s="1">
         <v>2.1</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>59</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="H21" s="62">
         <v>51</v>
       </c>
       <c r="I21" s="63">
         <v>11</v>
       </c>
       <c r="J21" s="62">
         <v>4</v>
       </c>
       <c r="K21" s="62">
         <v>43</v>
       </c>
     </row>
     <row r="22" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A22" t="e">
         <f>IF(OR(B22='Hidden Background Info'!$E$11,B22='Hidden Background Info'!$F$11,B22='Hidden Background Info'!$G$11,B22='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B22">
         <v>101</v>
       </c>
       <c r="C22">
         <f t="shared" ref="C22:C51" si="1">C21+1</f>
         <v>9</v>
@@ -26578,720 +26572,720 @@
         <v>0</v>
       </c>
       <c r="I32" s="10">
         <v>0</v>
       </c>
       <c r="J32" s="1">
         <v>1</v>
       </c>
       <c r="K32" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A33" t="e">
         <f>IF(OR(B33='Hidden Background Info'!$E$11,B33='Hidden Background Info'!$F$11,B33='Hidden Background Info'!$G$11,B33='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B33">
         <v>101</v>
       </c>
       <c r="C33">
         <f t="shared" si="1"/>
         <v>29</v>
       </c>
       <c r="D33" s="1" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="E33" s="1">
         <v>3.1</v>
       </c>
       <c r="F33" s="1" t="s">
         <v>117</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>57</v>
       </c>
       <c r="H33" s="62">
         <v>30</v>
       </c>
       <c r="I33" s="63">
         <v>7</v>
       </c>
       <c r="J33" s="62">
         <v>4</v>
       </c>
       <c r="K33" s="62">
         <f>32+22</f>
         <v>54</v>
       </c>
     </row>
     <row r="34" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A34" t="e">
         <f>IF(OR(B34='Hidden Background Info'!$E$11,B34='Hidden Background Info'!$F$11,B34='Hidden Background Info'!$G$11,B34='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B34">
         <v>101</v>
       </c>
       <c r="C34">
         <f t="shared" si="1"/>
         <v>30</v>
       </c>
       <c r="D34" s="1" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="E34" s="1">
         <v>3.2</v>
       </c>
       <c r="F34" s="1" t="s">
         <v>295</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="H34" s="62">
         <v>9</v>
       </c>
       <c r="I34" s="63">
         <v>2</v>
       </c>
       <c r="J34" s="62">
         <v>3</v>
       </c>
       <c r="K34" s="62">
         <v>26</v>
       </c>
     </row>
     <row r="35" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A35" t="e">
         <f>IF(OR(B35='Hidden Background Info'!$E$11,B35='Hidden Background Info'!$F$11,B35='Hidden Background Info'!$G$11,B35='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B35">
         <v>101</v>
       </c>
       <c r="C35">
         <f t="shared" si="1"/>
         <v>31</v>
       </c>
       <c r="D35" s="1" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="E35" s="1">
         <v>3.3</v>
       </c>
       <c r="F35" s="1" t="s">
         <v>118</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>352</v>
       </c>
       <c r="H35" s="62">
         <v>28</v>
       </c>
       <c r="I35" s="63">
         <v>8</v>
       </c>
       <c r="J35" s="62">
         <v>4</v>
       </c>
       <c r="K35" s="62">
         <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A36" t="e">
         <f>IF(OR(B36='Hidden Background Info'!$E$11,B36='Hidden Background Info'!$F$11,B36='Hidden Background Info'!$G$11,B36='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B36">
         <v>101</v>
       </c>
       <c r="C36">
         <f t="shared" si="1"/>
         <v>32</v>
       </c>
       <c r="D36" s="1" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="E36" s="1">
         <v>3.4</v>
       </c>
       <c r="F36" s="1" t="s">
         <v>119</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H36" s="62">
         <v>14</v>
       </c>
       <c r="I36" s="63">
         <v>4</v>
       </c>
       <c r="J36" s="62">
         <v>3</v>
       </c>
       <c r="K36" s="62">
         <v>29</v>
       </c>
     </row>
     <row r="37" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A37" t="e">
         <f>IF(OR(B37='Hidden Background Info'!$E$11,B37='Hidden Background Info'!$F$11,B37='Hidden Background Info'!$G$11,B37='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B37">
         <v>101</v>
       </c>
       <c r="C37">
         <f t="shared" si="1"/>
         <v>33</v>
       </c>
       <c r="D37" s="1" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="E37" s="1">
         <v>3.5</v>
       </c>
       <c r="F37" s="1" t="s">
         <v>120</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="H37" s="62">
         <v>7</v>
       </c>
       <c r="I37" s="63">
         <v>3</v>
       </c>
       <c r="J37" s="62">
         <v>2</v>
       </c>
       <c r="K37" s="62">
         <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A38" t="e">
         <f>IF(OR(B38='Hidden Background Info'!$E$11,B38='Hidden Background Info'!$F$11,B38='Hidden Background Info'!$G$11,B38='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B38">
         <v>101</v>
       </c>
       <c r="C38">
         <f>C195+1</f>
         <v>37</v>
       </c>
       <c r="D38" s="1" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="E38" s="1">
         <v>3.6</v>
       </c>
       <c r="F38" s="1" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="H38" s="62">
         <v>2</v>
       </c>
       <c r="I38" s="63">
         <v>2</v>
       </c>
       <c r="J38" s="62">
         <v>1</v>
       </c>
       <c r="K38" s="62">
         <v>20</v>
       </c>
     </row>
     <row r="39" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A39" t="e">
         <f>IF(OR(B39='Hidden Background Info'!$E$11,B39='Hidden Background Info'!$F$11,B39='Hidden Background Info'!$G$11,B39='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B39">
         <v>101</v>
       </c>
       <c r="C39">
         <f>C196+1</f>
         <v>38</v>
       </c>
       <c r="D39" s="1" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="E39" s="1">
         <v>3.7</v>
       </c>
       <c r="F39" s="1" t="s">
         <v>385</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>385</v>
       </c>
       <c r="H39" s="62">
         <v>20</v>
       </c>
       <c r="I39" s="63">
         <v>8</v>
       </c>
       <c r="J39" s="62">
         <v>4</v>
       </c>
       <c r="K39" s="62">
         <f>27+18+29</f>
         <v>74</v>
       </c>
     </row>
     <row r="40" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A40" t="e">
         <f>IF(OR(B40='Hidden Background Info'!$E$11,B40='Hidden Background Info'!$F$11,B40='Hidden Background Info'!$G$11,B40='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B40">
         <v>101</v>
       </c>
       <c r="C40">
         <f t="shared" si="1"/>
         <v>39</v>
       </c>
       <c r="D40" s="1" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="E40" s="1">
         <v>3.8</v>
       </c>
       <c r="F40" s="1" t="s">
         <v>128</v>
       </c>
       <c r="G40" s="1" t="s">
         <v>128</v>
       </c>
       <c r="H40" s="62">
         <v>5</v>
       </c>
       <c r="I40" s="63">
         <v>3</v>
       </c>
       <c r="J40" s="62">
         <v>2</v>
       </c>
       <c r="K40" s="62">
         <v>27</v>
       </c>
     </row>
     <row r="41" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A41" t="e">
         <f>IF(OR(B41='Hidden Background Info'!$E$11,B41='Hidden Background Info'!$F$11,B41='Hidden Background Info'!$G$11,B41='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B41">
         <v>101</v>
       </c>
       <c r="C41">
         <f t="shared" si="1"/>
         <v>40</v>
       </c>
       <c r="D41" s="1" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="E41" s="1">
         <v>3.9</v>
       </c>
       <c r="F41" s="1" t="s">
         <v>129</v>
       </c>
       <c r="G41" s="1" t="s">
         <v>131</v>
       </c>
       <c r="H41" s="62">
         <v>32</v>
       </c>
       <c r="I41" s="63">
         <v>13</v>
       </c>
       <c r="J41" s="62">
         <v>7</v>
       </c>
       <c r="K41" s="62">
         <v>28</v>
       </c>
     </row>
     <row r="42" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A42" t="e">
         <f>IF(OR(B42='Hidden Background Info'!$E$11,B42='Hidden Background Info'!$F$11,B42='Hidden Background Info'!$G$11,B42='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B42">
         <v>101</v>
       </c>
       <c r="C42">
         <f t="shared" si="1"/>
         <v>41</v>
       </c>
       <c r="D42" s="1" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="E42" s="7">
         <v>3.1</v>
       </c>
       <c r="F42" s="1" t="s">
         <v>130</v>
       </c>
       <c r="G42" s="1" t="s">
         <v>132</v>
       </c>
       <c r="H42" s="62">
         <v>32</v>
       </c>
       <c r="I42" s="63">
         <v>20</v>
       </c>
       <c r="J42" s="62">
         <v>9</v>
       </c>
       <c r="K42" s="62">
         <f>34+21+42+27</f>
         <v>124</v>
       </c>
     </row>
     <row r="43" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A43" t="e">
         <f>IF(OR(B43='Hidden Background Info'!$E$11,B43='Hidden Background Info'!$F$11,B43='Hidden Background Info'!$G$11,B43='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B43">
         <v>101</v>
       </c>
       <c r="C43">
         <f t="shared" si="1"/>
         <v>42</v>
       </c>
       <c r="D43" s="10" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="E43" s="10"/>
       <c r="F43" s="10" t="s">
         <v>84</v>
       </c>
       <c r="G43" s="10"/>
       <c r="H43" s="10">
         <v>0</v>
       </c>
       <c r="I43" s="10">
         <v>0</v>
       </c>
       <c r="J43" s="1">
         <v>1</v>
       </c>
       <c r="K43" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="44" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A44" t="e">
         <f>IF(OR(B44='Hidden Background Info'!$E$11,B44='Hidden Background Info'!$F$11,B44='Hidden Background Info'!$G$11,B44='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B44">
         <v>101</v>
       </c>
       <c r="C44">
         <f t="shared" si="1"/>
         <v>43</v>
       </c>
       <c r="D44" s="1" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="E44" s="1">
         <v>4.0999999999999996</v>
       </c>
       <c r="F44" s="1" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="H44" s="62">
         <v>24</v>
       </c>
       <c r="I44" s="63">
         <v>5</v>
       </c>
       <c r="J44" s="62">
         <v>2</v>
       </c>
       <c r="K44" s="62">
         <v>11</v>
       </c>
     </row>
     <row r="45" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A45" t="e">
         <f>IF(OR(B45='Hidden Background Info'!$E$11,B45='Hidden Background Info'!$F$11,B45='Hidden Background Info'!$G$11,B45='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B45">
         <v>101</v>
       </c>
       <c r="C45">
         <f t="shared" si="1"/>
         <v>44</v>
       </c>
       <c r="D45" s="1" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="E45" s="1">
         <v>4.2</v>
       </c>
       <c r="F45" s="1" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="H45" s="62">
         <v>36</v>
       </c>
       <c r="I45" s="63">
         <v>9</v>
       </c>
       <c r="J45" s="62">
         <v>6</v>
       </c>
       <c r="K45" s="62">
         <v>21</v>
       </c>
     </row>
     <row r="46" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A46" t="e">
         <f>IF(OR(B46='Hidden Background Info'!$E$11,B46='Hidden Background Info'!$F$11,B46='Hidden Background Info'!$G$11,B46='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B46">
         <v>101</v>
       </c>
       <c r="C46">
         <f t="shared" si="1"/>
         <v>45</v>
       </c>
       <c r="D46" s="1" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="E46" s="1">
         <v>4.3</v>
       </c>
       <c r="F46" s="1" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="H46" s="62">
         <v>19</v>
       </c>
       <c r="I46" s="63">
         <v>9</v>
       </c>
       <c r="J46" s="62">
         <v>6</v>
       </c>
       <c r="K46" s="62">
         <v>44</v>
       </c>
       <c r="L46" s="62"/>
     </row>
     <row r="47" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A47" t="e">
         <f>IF(OR(B47='Hidden Background Info'!$E$11,B47='Hidden Background Info'!$F$11,B47='Hidden Background Info'!$G$11,B47='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B47">
         <v>101</v>
       </c>
       <c r="C47">
         <f t="shared" si="1"/>
         <v>46</v>
       </c>
       <c r="D47" s="1" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="E47" s="1">
         <v>4.4000000000000004</v>
       </c>
       <c r="F47" s="1" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>418</v>
+        <v>416</v>
       </c>
       <c r="H47" s="62">
         <v>11</v>
       </c>
       <c r="I47" s="63">
         <v>8</v>
       </c>
       <c r="J47" s="62">
         <v>6</v>
       </c>
       <c r="K47" s="62">
         <v>29</v>
       </c>
       <c r="L47" s="62"/>
     </row>
     <row r="48" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A48" t="e">
         <f>IF(OR(B48='Hidden Background Info'!$E$11,B48='Hidden Background Info'!$F$11,B48='Hidden Background Info'!$G$11,B48='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B48">
         <v>101</v>
       </c>
       <c r="C48">
         <f t="shared" si="1"/>
         <v>47</v>
       </c>
       <c r="D48" s="1" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="E48" s="1">
         <v>4.5</v>
       </c>
       <c r="F48" s="1" t="s">
         <v>78</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>79</v>
       </c>
       <c r="H48" s="62">
         <v>5</v>
       </c>
       <c r="I48" s="63">
         <v>3</v>
       </c>
       <c r="J48" s="62">
         <v>3</v>
       </c>
       <c r="K48" s="62">
         <v>21</v>
       </c>
       <c r="L48" s="62"/>
     </row>
     <row r="49" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A49" t="e">
         <f>IF(OR(B49='Hidden Background Info'!$E$11,B49='Hidden Background Info'!$F$11,B49='Hidden Background Info'!$G$11,B49='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B49">
         <v>101</v>
       </c>
       <c r="C49">
         <f t="shared" si="1"/>
         <v>48</v>
       </c>
       <c r="D49" s="1" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="E49" s="1">
         <v>4.5999999999999996</v>
       </c>
       <c r="F49" s="1" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>419</v>
+        <v>417</v>
       </c>
       <c r="H49" s="62">
         <v>19</v>
       </c>
       <c r="I49" s="63">
         <v>5</v>
       </c>
       <c r="J49" s="62">
         <v>4</v>
       </c>
       <c r="K49" s="62">
         <v>25</v>
       </c>
       <c r="L49" s="62"/>
     </row>
     <row r="50" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A50" t="e">
         <f>IF(OR(B50='Hidden Background Info'!$E$11,B50='Hidden Background Info'!$F$11,B50='Hidden Background Info'!$G$11,B50='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B50">
         <v>101</v>
       </c>
       <c r="C50">
         <f t="shared" si="1"/>
         <v>49</v>
       </c>
       <c r="D50" s="1" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="E50" s="1">
         <v>4.7</v>
       </c>
       <c r="F50" s="1" t="s">
-        <v>421</v>
+        <v>419</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>420</v>
+        <v>418</v>
       </c>
       <c r="H50" s="62">
         <v>7</v>
       </c>
       <c r="I50" s="63">
         <v>2</v>
       </c>
       <c r="J50" s="62">
         <v>2</v>
       </c>
       <c r="K50" s="62">
         <v>8</v>
       </c>
     </row>
     <row r="51" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A51" t="e">
         <f>IF(OR(B51='Hidden Background Info'!$E$11,B51='Hidden Background Info'!$F$11,B51='Hidden Background Info'!$G$11,B51='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B51">
         <v>101</v>
       </c>
       <c r="C51">
         <f t="shared" si="1"/>
         <v>50</v>
       </c>
       <c r="D51" s="10" t="s">
-        <v>414</v>
+        <v>412</v>
       </c>
       <c r="E51" s="10"/>
       <c r="F51" s="10" t="s">
         <v>85</v>
       </c>
       <c r="G51" s="10"/>
       <c r="H51" s="10">
         <v>0</v>
       </c>
       <c r="I51" s="10">
         <v>0</v>
       </c>
       <c r="J51" s="1">
         <v>1</v>
       </c>
       <c r="K51" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="52" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A52" t="e">
         <f>IF(OR(B52='Hidden Background Info'!$E$11,B52='Hidden Background Info'!$F$11,B52='Hidden Background Info'!$G$11,B52='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B52" t="s">
@@ -31393,607 +31387,607 @@
         <v>0</v>
       </c>
       <c r="I167" s="10">
         <v>0</v>
       </c>
       <c r="J167" s="1">
         <v>1</v>
       </c>
       <c r="K167" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="168" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A168" t="e">
         <f>IF(OR(B168='Hidden Background Info'!$E$11,B168='Hidden Background Info'!$F$11,B168='Hidden Background Info'!$G$11,B168='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B168" t="s">
         <v>377</v>
       </c>
       <c r="C168">
         <f>C16+1</f>
         <v>4</v>
       </c>
       <c r="D168" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E168" s="1">
         <v>1.5</v>
       </c>
       <c r="F168" s="1" t="s">
         <v>30</v>
       </c>
       <c r="G168" s="1" t="s">
         <v>37</v>
       </c>
       <c r="H168" s="62">
         <v>20</v>
       </c>
       <c r="I168" s="63">
         <v>9</v>
       </c>
       <c r="J168" s="62">
         <v>5</v>
       </c>
       <c r="K168" s="62">
         <v>20</v>
       </c>
     </row>
     <row r="169" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A169" t="e">
         <f>IF(OR(B169='Hidden Background Info'!$E$11,B169='Hidden Background Info'!$F$11,B169='Hidden Background Info'!$G$11,B169='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B169" t="s">
         <v>377</v>
       </c>
       <c r="C169">
         <f>C14+1</f>
         <v>2</v>
       </c>
       <c r="D169" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E169" s="1">
         <v>1.3</v>
       </c>
       <c r="F169" s="1" t="s">
         <v>28</v>
       </c>
       <c r="G169" s="1" t="s">
         <v>35</v>
       </c>
       <c r="H169" s="62">
         <v>10</v>
       </c>
       <c r="I169" s="63">
         <v>5</v>
       </c>
       <c r="J169" s="62">
         <v>4</v>
       </c>
       <c r="K169" s="62">
         <v>22</v>
       </c>
     </row>
     <row r="170" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A170" t="e">
         <f>IF(OR(B170='Hidden Background Info'!$E$11,B170='Hidden Background Info'!$F$11,B170='Hidden Background Info'!$G$11,B170='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B170" t="s">
         <v>377</v>
       </c>
       <c r="C170">
         <f>C19+1</f>
         <v>7</v>
       </c>
       <c r="D170" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E170" s="1">
         <v>1.8</v>
       </c>
       <c r="F170" s="1" t="s">
         <v>372</v>
       </c>
       <c r="G170" s="1" t="s">
         <v>371</v>
       </c>
       <c r="H170" s="62">
         <v>10</v>
       </c>
       <c r="I170" s="63">
         <v>5</v>
       </c>
       <c r="J170" s="62">
         <v>3</v>
       </c>
       <c r="K170" s="62">
         <v>20</v>
       </c>
     </row>
     <row r="171" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A171" t="e">
         <f>IF(OR(B171='Hidden Background Info'!$E$11,B171='Hidden Background Info'!$F$11,B171='Hidden Background Info'!$G$11,B171='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B171" t="s">
         <v>377</v>
       </c>
       <c r="C171">
-        <f>C170+1</f>
+        <f t="shared" ref="C171:C183" si="7">C170+1</f>
         <v>8</v>
       </c>
       <c r="D171" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E171" s="1">
         <v>1.9</v>
       </c>
       <c r="F171" s="1" t="s">
         <v>390</v>
       </c>
       <c r="G171" s="1" t="s">
         <v>389</v>
       </c>
       <c r="H171" s="1">
         <v>19</v>
       </c>
       <c r="I171">
         <v>6</v>
       </c>
       <c r="J171" s="1">
         <v>3</v>
       </c>
       <c r="K171" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="172" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A172" t="e">
         <f>IF(OR(B172='Hidden Background Info'!$E$11,B172='Hidden Background Info'!$F$11,B172='Hidden Background Info'!$G$11,B172='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B172" t="s">
         <v>377</v>
       </c>
       <c r="C172">
-        <f>C171+1</f>
+        <f t="shared" si="7"/>
         <v>9</v>
       </c>
       <c r="D172" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E172" s="12">
         <v>1.1000000000000001</v>
       </c>
       <c r="F172" s="1" t="s">
         <v>250</v>
       </c>
       <c r="G172" s="1" t="s">
         <v>251</v>
       </c>
       <c r="H172" s="1">
         <v>22</v>
       </c>
       <c r="I172">
         <v>9</v>
       </c>
       <c r="J172" s="1">
         <v>6</v>
       </c>
       <c r="K172" s="1">
         <v>39</v>
       </c>
     </row>
     <row r="173" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A173" t="e">
         <f>IF(OR(B173='Hidden Background Info'!$E$11,B173='Hidden Background Info'!$F$11,B173='Hidden Background Info'!$G$11,B173='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B173" t="s">
         <v>377</v>
       </c>
       <c r="C173">
-        <f>C172+1</f>
+        <f t="shared" si="7"/>
         <v>10</v>
       </c>
       <c r="D173" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E173" s="12">
         <v>1.1100000000000001</v>
       </c>
       <c r="F173" s="1" t="s">
         <v>341</v>
       </c>
       <c r="G173" s="1" t="s">
         <v>342</v>
       </c>
       <c r="H173" s="62">
         <v>7</v>
       </c>
       <c r="I173" s="63">
         <v>4</v>
       </c>
       <c r="J173" s="62">
         <v>2</v>
       </c>
       <c r="K173" s="62">
         <v>13</v>
       </c>
     </row>
     <row r="174" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A174" t="e">
         <f>IF(OR(B174='Hidden Background Info'!$E$11,B174='Hidden Background Info'!$F$11,B174='Hidden Background Info'!$G$11,B174='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B174" t="s">
         <v>377</v>
       </c>
       <c r="C174">
-        <f>C173+1</f>
+        <f t="shared" si="7"/>
         <v>11</v>
       </c>
       <c r="D174" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E174" s="7">
         <v>1.1200000000000001</v>
       </c>
       <c r="F174" s="1" t="s">
         <v>375</v>
       </c>
       <c r="G174" s="1" t="s">
         <v>374</v>
       </c>
       <c r="H174" s="1">
         <v>6</v>
       </c>
       <c r="I174" s="52">
         <v>4</v>
       </c>
       <c r="J174" s="51">
         <v>2</v>
       </c>
       <c r="K174" s="51">
         <v>10</v>
       </c>
     </row>
     <row r="175" spans="1:12" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A175" t="e">
         <f>IF(OR(B175='Hidden Background Info'!$E$11,B175='Hidden Background Info'!$F$11,B175='Hidden Background Info'!$G$11,B175='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B175" t="s">
         <v>377</v>
       </c>
       <c r="C175">
-        <f>C174+1</f>
+        <f t="shared" si="7"/>
         <v>12</v>
       </c>
       <c r="D175" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E175" s="7">
         <v>1.1200000000000001</v>
       </c>
       <c r="F175" s="1" t="s">
         <v>373</v>
       </c>
       <c r="G175" s="1" t="s">
         <v>306</v>
       </c>
       <c r="H175" s="1">
         <v>4</v>
       </c>
       <c r="I175">
         <v>4</v>
       </c>
       <c r="J175" s="51">
         <f>ROUND(I175*AVERAGE($J$97:$J$106)/AVERAGE(I$97:I$106),0)</f>
         <v>3</v>
       </c>
       <c r="K175" s="51">
         <v>7</v>
       </c>
     </row>
     <row r="176" spans="1:12" x14ac:dyDescent="0.45">
       <c r="A176" t="e">
         <f>IF(OR(B176='Hidden Background Info'!$E$11,B176='Hidden Background Info'!$F$11,B176='Hidden Background Info'!$G$11,B176='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B176" t="s">
         <v>377</v>
       </c>
       <c r="C176">
-        <f>C175+1</f>
+        <f t="shared" si="7"/>
         <v>13</v>
       </c>
       <c r="D176" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E176" s="12">
         <v>1.1299999999999999</v>
       </c>
       <c r="F176" t="s">
         <v>386</v>
       </c>
       <c r="G176" t="s">
         <v>387</v>
       </c>
       <c r="H176" s="51">
         <v>7</v>
       </c>
       <c r="I176" s="51">
         <v>5</v>
       </c>
       <c r="J176" s="51">
         <v>3</v>
       </c>
       <c r="K176" s="53">
         <v>25</v>
       </c>
     </row>
     <row r="177" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A177" t="e">
         <f>IF(OR(B177='Hidden Background Info'!$E$11,B177='Hidden Background Info'!$F$11,B177='Hidden Background Info'!$G$11,B177='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B177" t="s">
         <v>377</v>
       </c>
       <c r="C177">
-        <f>C176+1</f>
+        <f t="shared" si="7"/>
         <v>14</v>
       </c>
       <c r="D177" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E177" s="7">
         <v>1.1399999999999999</v>
       </c>
       <c r="F177" s="1" t="s">
         <v>394</v>
       </c>
       <c r="G177" s="1" t="s">
         <v>392</v>
       </c>
       <c r="H177" s="1">
         <v>28</v>
       </c>
       <c r="I177">
         <v>9</v>
       </c>
       <c r="J177" s="51">
         <v>6</v>
       </c>
       <c r="K177" s="51">
         <v>45</v>
       </c>
     </row>
     <row r="178" spans="1:11" ht="14.25" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A178" t="e">
         <f>IF(OR(B178='Hidden Background Info'!$E$11,B178='Hidden Background Info'!$F$11,B178='Hidden Background Info'!$G$11,B178='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B178" t="s">
         <v>377</v>
       </c>
       <c r="C178">
-        <f>C177+1</f>
+        <f t="shared" si="7"/>
         <v>15</v>
       </c>
       <c r="D178" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E178" s="12">
         <v>1.1499999999999999</v>
       </c>
       <c r="F178" s="1" t="s">
         <v>259</v>
       </c>
       <c r="G178" s="1" t="s">
         <v>151</v>
       </c>
       <c r="H178" s="1">
         <v>4</v>
       </c>
       <c r="I178">
         <v>4</v>
       </c>
       <c r="J178" s="51">
         <v>3</v>
       </c>
       <c r="K178" s="51">
         <v>11</v>
       </c>
     </row>
     <row r="179" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A179" t="e">
         <f>IF(OR(B179='Hidden Background Info'!$E$11,B179='Hidden Background Info'!$F$11,B179='Hidden Background Info'!$G$11,B179='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B179" t="s">
         <v>377</v>
       </c>
       <c r="C179">
-        <f>C178+1</f>
+        <f t="shared" si="7"/>
         <v>16</v>
       </c>
       <c r="D179" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E179" s="7">
         <v>1.1599999999999999</v>
       </c>
       <c r="F179" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G179" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H179" s="62">
         <v>55</v>
       </c>
       <c r="I179" s="63">
         <v>9</v>
       </c>
       <c r="J179" s="62">
         <v>8</v>
       </c>
       <c r="K179" s="62">
         <v>30</v>
       </c>
     </row>
     <row r="180" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A180" t="e">
         <f>IF(OR(B180='Hidden Background Info'!$E$11,B180='Hidden Background Info'!$F$11,B180='Hidden Background Info'!$G$11,B180='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B180" t="s">
         <v>377</v>
       </c>
       <c r="C180">
-        <f>C179+1</f>
+        <f t="shared" si="7"/>
         <v>17</v>
       </c>
       <c r="D180" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E180" s="12">
         <v>1.17</v>
       </c>
       <c r="F180" s="1" t="s">
         <v>274</v>
       </c>
       <c r="G180" s="1" t="s">
         <v>362</v>
       </c>
       <c r="H180" s="1">
         <v>16</v>
       </c>
       <c r="I180">
         <v>9</v>
       </c>
       <c r="J180" s="1">
         <v>8</v>
       </c>
       <c r="K180" s="1">
         <v>26</v>
       </c>
     </row>
     <row r="181" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A181" t="e">
         <f>IF(OR(B181='Hidden Background Info'!$E$11,B181='Hidden Background Info'!$F$11,B181='Hidden Background Info'!$G$11,B181='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B181" t="s">
         <v>377</v>
       </c>
       <c r="C181">
-        <f>C180+1</f>
+        <f t="shared" si="7"/>
         <v>18</v>
       </c>
       <c r="D181" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E181" s="7">
         <v>1.18</v>
       </c>
       <c r="F181" s="1" t="s">
         <v>393</v>
       </c>
       <c r="G181" s="1" t="s">
         <v>391</v>
       </c>
       <c r="H181" s="62">
         <v>19</v>
       </c>
       <c r="I181" s="63">
         <v>6</v>
       </c>
       <c r="J181" s="62">
         <v>3</v>
       </c>
       <c r="K181" s="62">
         <v>40</v>
       </c>
     </row>
     <row r="182" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A182" t="e">
         <f>IF(OR(B182='Hidden Background Info'!$E$11,B182='Hidden Background Info'!$F$11,B182='Hidden Background Info'!$G$11,B182='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B182" t="s">
         <v>377</v>
       </c>
       <c r="C182">
-        <f>C181+1</f>
+        <f t="shared" si="7"/>
         <v>19</v>
       </c>
       <c r="D182" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E182" s="7">
         <v>1.19</v>
       </c>
       <c r="F182" s="1" t="s">
         <v>384</v>
       </c>
       <c r="G182" s="1" t="s">
         <v>384</v>
       </c>
       <c r="H182" s="62">
         <v>7</v>
       </c>
       <c r="I182" s="63">
         <v>4</v>
       </c>
       <c r="J182" s="62">
         <v>3</v>
       </c>
       <c r="K182" s="62">
         <v>20</v>
       </c>
     </row>
     <row r="183" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A183" t="e">
         <f>IF(OR(B183='Hidden Background Info'!$E$11,B183='Hidden Background Info'!$F$11,B183='Hidden Background Info'!$G$11,B183='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B183" t="s">
         <v>377</v>
       </c>
       <c r="C183">
-        <f>C182+1</f>
+        <f t="shared" si="7"/>
         <v>20</v>
       </c>
       <c r="D183" s="1" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="E183" s="12">
         <v>1.2</v>
       </c>
       <c r="F183" s="1" t="s">
         <v>395</v>
       </c>
       <c r="G183" s="1" t="s">
         <v>388</v>
       </c>
       <c r="H183" s="62">
         <v>17</v>
       </c>
       <c r="I183" s="63">
         <v>8</v>
       </c>
       <c r="J183" s="62">
         <v>4</v>
       </c>
       <c r="K183" s="62">
         <v>50</v>
       </c>
     </row>
     <row r="184" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A184" t="e">
@@ -32464,975 +32458,975 @@
       <c r="G196" s="1" t="s">
         <v>125</v>
       </c>
       <c r="H196" s="62">
         <v>11</v>
       </c>
       <c r="I196" s="63">
         <v>8</v>
       </c>
       <c r="J196" s="62">
         <v>5</v>
       </c>
       <c r="K196" s="62">
         <v>19</v>
       </c>
     </row>
     <row r="197" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A197" t="e">
         <f>IF(OR(B197='Hidden Background Info'!$E$11,B197='Hidden Background Info'!$F$11,B197='Hidden Background Info'!$G$11,B197='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B197" t="s">
         <v>171</v>
       </c>
       <c r="C197">
-        <f t="shared" ref="C197:C222" si="7">C196+1</f>
+        <f t="shared" ref="C197:C222" si="8">C196+1</f>
         <v>38</v>
       </c>
       <c r="D197" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E197" s="1">
         <v>4.3</v>
       </c>
       <c r="F197" s="1" t="s">
         <v>111</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>104</v>
       </c>
       <c r="H197" s="62">
         <v>7</v>
       </c>
       <c r="I197" s="63">
         <v>3</v>
       </c>
       <c r="J197" s="62">
         <v>2</v>
       </c>
       <c r="K197" s="62">
         <v>21</v>
       </c>
     </row>
     <row r="198" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A198" t="e">
         <f>IF(OR(B198='Hidden Background Info'!$E$11,B198='Hidden Background Info'!$F$11,B198='Hidden Background Info'!$G$11,B198='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B198" t="s">
         <v>171</v>
       </c>
       <c r="C198">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>39</v>
       </c>
       <c r="D198" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E198" s="1">
         <v>4.4000000000000004</v>
       </c>
       <c r="F198" s="1" t="s">
         <v>346</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>347</v>
       </c>
       <c r="H198" s="62">
         <v>20</v>
       </c>
       <c r="I198" s="63">
         <v>7</v>
       </c>
       <c r="J198" s="62">
         <v>5</v>
       </c>
       <c r="K198" s="62">
         <v>30</v>
       </c>
     </row>
     <row r="199" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A199" t="e">
         <f>IF(OR(B199='Hidden Background Info'!$E$11,B199='Hidden Background Info'!$F$11,B199='Hidden Background Info'!$G$11,B199='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B199" t="s">
         <v>171</v>
       </c>
       <c r="C199">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>40</v>
       </c>
       <c r="D199" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E199" s="1">
         <v>4.5</v>
       </c>
       <c r="F199" s="1" t="s">
         <v>112</v>
       </c>
       <c r="G199" s="1" t="s">
         <v>105</v>
       </c>
       <c r="H199" s="62">
         <v>9</v>
       </c>
       <c r="I199" s="63">
         <v>4</v>
       </c>
       <c r="J199" s="62">
         <v>3</v>
       </c>
       <c r="K199" s="62">
         <v>9</v>
       </c>
     </row>
     <row r="200" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A200" t="e">
         <f>IF(OR(B200='Hidden Background Info'!$E$11,B200='Hidden Background Info'!$F$11,B200='Hidden Background Info'!$G$11,B200='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B200" t="s">
         <v>171</v>
       </c>
       <c r="C200">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>41</v>
       </c>
       <c r="D200" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E200" s="1">
         <v>4.5999999999999996</v>
       </c>
       <c r="F200" s="1" t="s">
         <v>348</v>
       </c>
       <c r="G200" s="1" t="s">
         <v>348</v>
       </c>
       <c r="H200" s="62">
         <v>4</v>
       </c>
       <c r="I200" s="63">
         <v>2</v>
       </c>
       <c r="J200" s="62">
         <v>2</v>
       </c>
       <c r="K200" s="62">
         <v>20</v>
       </c>
     </row>
     <row r="201" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A201" t="e">
         <f>IF(OR(B201='Hidden Background Info'!$E$11,B201='Hidden Background Info'!$F$11,B201='Hidden Background Info'!$G$11,B201='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B201" t="s">
         <v>171</v>
       </c>
       <c r="C201">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>42</v>
       </c>
       <c r="D201" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E201" s="1">
         <v>4.7</v>
       </c>
       <c r="F201" s="1" t="s">
         <v>349</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>349</v>
       </c>
       <c r="H201" s="62">
         <v>2</v>
       </c>
       <c r="I201" s="63">
         <v>2</v>
       </c>
       <c r="J201" s="62">
         <v>2</v>
       </c>
       <c r="K201" s="62">
         <v>10</v>
       </c>
     </row>
     <row r="202" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A202" t="e">
         <f>IF(OR(B202='Hidden Background Info'!$E$11,B202='Hidden Background Info'!$F$11,B202='Hidden Background Info'!$G$11,B202='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B202" t="s">
         <v>171</v>
       </c>
       <c r="C202">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>43</v>
       </c>
       <c r="D202" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E202" s="1">
         <v>4.8</v>
       </c>
       <c r="F202" s="1" t="s">
         <v>294</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>316</v>
       </c>
       <c r="H202" s="62">
         <v>4</v>
       </c>
       <c r="I202" s="63">
         <v>3</v>
       </c>
       <c r="J202" s="62">
         <v>2</v>
       </c>
       <c r="K202" s="62">
         <v>8</v>
       </c>
     </row>
     <row r="203" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A203" t="e">
         <f>IF(OR(B203='Hidden Background Info'!$E$11,B203='Hidden Background Info'!$F$11,B203='Hidden Background Info'!$G$11,B203='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B203" t="s">
         <v>171</v>
       </c>
       <c r="C203">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>44</v>
       </c>
       <c r="D203" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E203" s="1">
         <v>4.9000000000000004</v>
       </c>
       <c r="F203" s="1" t="s">
         <v>106</v>
       </c>
       <c r="G203" s="1" t="s">
         <v>107</v>
       </c>
       <c r="H203" s="62">
         <v>51</v>
       </c>
       <c r="I203" s="63">
         <v>18</v>
       </c>
       <c r="J203" s="62">
         <v>14</v>
       </c>
       <c r="K203" s="62">
         <f>24+31</f>
         <v>55</v>
       </c>
     </row>
     <row r="204" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A204" t="e">
         <f>IF(OR(B204='Hidden Background Info'!$E$11,B204='Hidden Background Info'!$F$11,B204='Hidden Background Info'!$G$11,B204='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B204" t="s">
         <v>171</v>
       </c>
       <c r="C204">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>45</v>
       </c>
       <c r="D204" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E204" s="7">
         <v>4.0999999999999996</v>
       </c>
       <c r="F204" s="1" t="s">
         <v>113</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>108</v>
       </c>
       <c r="H204" s="62">
         <v>4</v>
       </c>
       <c r="I204" s="63">
         <v>4</v>
       </c>
       <c r="J204" s="62">
         <v>3</v>
       </c>
       <c r="K204" s="62">
         <v>16</v>
       </c>
     </row>
     <row r="205" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A205" t="e">
         <f>IF(OR(B205='Hidden Background Info'!$E$11,B205='Hidden Background Info'!$F$11,B205='Hidden Background Info'!$G$11,B205='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B205" t="s">
         <v>171</v>
       </c>
       <c r="C205">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>46</v>
       </c>
       <c r="D205" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E205" s="7">
         <v>4.1100000000000003</v>
       </c>
       <c r="F205" s="1" t="s">
         <v>114</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>109</v>
       </c>
       <c r="H205" s="62">
         <v>8</v>
       </c>
       <c r="I205" s="63">
         <v>3</v>
       </c>
       <c r="J205" s="62">
         <v>2</v>
       </c>
       <c r="K205" s="62">
         <v>11</v>
       </c>
     </row>
     <row r="206" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A206" t="e">
         <f>IF(OR(B206='Hidden Background Info'!$E$11,B206='Hidden Background Info'!$F$11,B206='Hidden Background Info'!$G$11,B206='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B206" t="s">
         <v>171</v>
       </c>
       <c r="C206">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>47</v>
       </c>
       <c r="D206" s="1" t="s">
         <v>98</v>
       </c>
       <c r="E206" s="7">
         <v>4.12</v>
       </c>
       <c r="F206" s="1" t="s">
         <v>350</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>351</v>
       </c>
       <c r="H206" s="62">
         <v>10</v>
       </c>
       <c r="I206" s="63">
         <v>4</v>
       </c>
       <c r="J206" s="62">
         <v>2</v>
       </c>
       <c r="K206" s="62">
         <v>30</v>
       </c>
     </row>
     <row r="207" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A207" t="e">
         <f>IF(OR(B207='Hidden Background Info'!$E$11,B207='Hidden Background Info'!$F$11,B207='Hidden Background Info'!$G$11,B207='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B207" t="s">
         <v>171</v>
       </c>
       <c r="C207">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>48</v>
       </c>
       <c r="D207" s="10" t="s">
         <v>98</v>
       </c>
       <c r="E207" s="10"/>
       <c r="F207" s="10" t="s">
         <v>85</v>
       </c>
       <c r="G207" s="10"/>
       <c r="H207" s="10">
         <v>0</v>
       </c>
       <c r="I207" s="10">
         <v>0</v>
       </c>
       <c r="J207" s="1">
         <v>1</v>
       </c>
       <c r="K207" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="208" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A208" t="e">
         <f>IF(OR(B208='Hidden Background Info'!$E$11,B208='Hidden Background Info'!$F$11,B208='Hidden Background Info'!$G$11,B208='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B208" t="s">
         <v>171</v>
       </c>
       <c r="C208">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>49</v>
       </c>
       <c r="D208" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E208" s="1">
         <v>5.0999999999999996</v>
       </c>
       <c r="F208" s="1" t="s">
         <v>117</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>57</v>
       </c>
       <c r="H208" s="62">
         <v>30</v>
       </c>
       <c r="I208" s="63">
         <v>7</v>
       </c>
       <c r="J208" s="62">
         <v>4</v>
       </c>
       <c r="K208" s="62">
         <v>42</v>
       </c>
     </row>
     <row r="209" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A209" t="e">
         <f>IF(OR(B209='Hidden Background Info'!$E$11,B209='Hidden Background Info'!$F$11,B209='Hidden Background Info'!$G$11,B209='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B209" t="s">
         <v>171</v>
       </c>
       <c r="C209">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>50</v>
       </c>
       <c r="D209" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E209" s="1">
         <v>5.2</v>
       </c>
       <c r="F209" s="1" t="s">
         <v>295</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>296</v>
       </c>
       <c r="H209" s="62">
         <v>9</v>
       </c>
       <c r="I209" s="63">
         <v>2</v>
       </c>
       <c r="J209" s="62">
         <v>3</v>
       </c>
       <c r="K209" s="62">
         <v>26</v>
       </c>
     </row>
     <row r="210" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A210" t="e">
         <f>IF(OR(B210='Hidden Background Info'!$E$11,B210='Hidden Background Info'!$F$11,B210='Hidden Background Info'!$G$11,B210='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B210" t="s">
         <v>171</v>
       </c>
       <c r="C210">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>51</v>
       </c>
       <c r="D210" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E210" s="1">
         <v>5.3</v>
       </c>
       <c r="F210" s="1" t="s">
         <v>118</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>352</v>
       </c>
       <c r="H210" s="62">
         <v>28</v>
       </c>
       <c r="I210" s="63">
         <v>8</v>
       </c>
       <c r="J210" s="62">
         <v>4</v>
       </c>
       <c r="K210" s="62">
         <v>26</v>
       </c>
     </row>
     <row r="211" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A211" t="e">
         <f>IF(OR(B211='Hidden Background Info'!$E$11,B211='Hidden Background Info'!$F$11,B211='Hidden Background Info'!$G$11,B211='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B211" t="s">
         <v>171</v>
       </c>
       <c r="C211">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>52</v>
       </c>
       <c r="D211" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E211" s="1">
         <v>5.4</v>
       </c>
       <c r="F211" s="1" t="s">
         <v>119</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>115</v>
       </c>
       <c r="H211" s="62">
         <v>14</v>
       </c>
       <c r="I211" s="63">
         <v>4</v>
       </c>
       <c r="J211" s="62">
         <v>3</v>
       </c>
       <c r="K211" s="62">
         <v>28</v>
       </c>
     </row>
     <row r="212" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A212" t="e">
         <f>IF(OR(B212='Hidden Background Info'!$E$11,B212='Hidden Background Info'!$F$11,B212='Hidden Background Info'!$G$11,B212='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B212" t="s">
         <v>171</v>
       </c>
       <c r="C212">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>53</v>
       </c>
       <c r="D212" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E212" s="1">
         <v>5.5</v>
       </c>
       <c r="F212" s="1" t="s">
         <v>120</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>58</v>
       </c>
       <c r="H212" s="62">
         <v>7</v>
       </c>
       <c r="I212" s="63">
         <v>3</v>
       </c>
       <c r="J212" s="62">
         <v>2</v>
       </c>
       <c r="K212" s="62">
         <v>11</v>
       </c>
     </row>
     <row r="213" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A213" t="e">
         <f>IF(OR(B213='Hidden Background Info'!$E$11,B213='Hidden Background Info'!$F$11,B213='Hidden Background Info'!$G$11,B213='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B213" t="s">
         <v>171</v>
       </c>
       <c r="C213">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>54</v>
       </c>
       <c r="D213" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E213" s="1">
         <v>5.6</v>
       </c>
       <c r="F213" s="1" t="s">
         <v>121</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>116</v>
       </c>
       <c r="H213" s="62">
         <v>40</v>
       </c>
       <c r="I213" s="63">
         <v>10</v>
       </c>
       <c r="J213" s="62">
         <v>5</v>
       </c>
       <c r="K213" s="62">
         <f>32+14</f>
         <v>46</v>
       </c>
     </row>
     <row r="214" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A214" t="e">
         <f>IF(OR(B214='Hidden Background Info'!$E$11,B214='Hidden Background Info'!$F$11,B214='Hidden Background Info'!$G$11,B214='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B214" t="s">
         <v>171</v>
       </c>
       <c r="C214">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>55</v>
       </c>
       <c r="D214" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E214" s="1">
         <v>5.7</v>
       </c>
       <c r="F214" s="1" t="s">
         <v>297</v>
       </c>
       <c r="G214" s="1" t="s">
         <v>297</v>
       </c>
       <c r="H214" s="62">
         <v>21</v>
       </c>
       <c r="I214" s="63">
         <v>8</v>
       </c>
       <c r="J214" s="62">
         <v>4</v>
       </c>
       <c r="K214" s="62">
         <v>15</v>
       </c>
     </row>
     <row r="215" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A215" t="e">
         <f>IF(OR(B215='Hidden Background Info'!$E$11,B215='Hidden Background Info'!$F$11,B215='Hidden Background Info'!$G$11,B215='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B215" t="s">
         <v>171</v>
       </c>
       <c r="C215">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>56</v>
       </c>
       <c r="D215" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E215" s="1">
         <v>5.8</v>
       </c>
       <c r="F215" s="1" t="s">
         <v>298</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>299</v>
       </c>
       <c r="H215" s="62">
         <v>6</v>
       </c>
       <c r="I215" s="63">
         <v>1</v>
       </c>
       <c r="J215" s="62">
         <v>1</v>
       </c>
       <c r="K215" s="62">
         <v>15</v>
       </c>
     </row>
     <row r="216" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A216" t="e">
         <f>IF(OR(B216='Hidden Background Info'!$E$11,B216='Hidden Background Info'!$F$11,B216='Hidden Background Info'!$G$11,B216='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B216" t="s">
         <v>171</v>
       </c>
       <c r="C216">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>57</v>
       </c>
       <c r="D216" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E216" s="1">
         <v>5.9</v>
       </c>
       <c r="F216" s="1" t="s">
         <v>122</v>
       </c>
       <c r="G216" s="1" t="s">
         <v>123</v>
       </c>
       <c r="H216" s="62">
         <v>2</v>
       </c>
       <c r="I216" s="63">
         <v>2</v>
       </c>
       <c r="J216" s="62">
         <v>1</v>
       </c>
       <c r="K216" s="62">
         <v>5</v>
       </c>
     </row>
     <row r="217" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A217" t="e">
         <f>IF(OR(B217='Hidden Background Info'!$E$11,B217='Hidden Background Info'!$F$11,B217='Hidden Background Info'!$G$11,B217='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B217" t="s">
         <v>171</v>
       </c>
       <c r="C217">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>58</v>
       </c>
       <c r="D217" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E217" s="7">
         <v>5.0999999999999996</v>
       </c>
       <c r="F217" s="1" t="s">
         <v>124</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>125</v>
       </c>
       <c r="H217" s="62">
         <v>11</v>
       </c>
       <c r="I217" s="63">
         <v>8</v>
       </c>
       <c r="J217" s="62">
         <v>5</v>
       </c>
       <c r="K217" s="62">
         <v>19</v>
       </c>
     </row>
     <row r="218" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A218" t="e">
         <f>IF(OR(B218='Hidden Background Info'!$E$11,B218='Hidden Background Info'!$F$11,B218='Hidden Background Info'!$G$11,B218='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B218" t="s">
         <v>171</v>
       </c>
       <c r="C218">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>59</v>
       </c>
       <c r="D218" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E218" s="1">
         <v>5.1100000000000003</v>
       </c>
       <c r="F218" s="1" t="s">
         <v>126</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>127</v>
       </c>
       <c r="H218" s="62">
         <v>13</v>
       </c>
       <c r="I218" s="63">
         <v>5</v>
       </c>
       <c r="J218" s="62">
         <v>3</v>
       </c>
       <c r="K218" s="62">
         <v>29</v>
       </c>
     </row>
     <row r="219" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A219" t="e">
         <f>IF(OR(B219='Hidden Background Info'!$E$11,B219='Hidden Background Info'!$F$11,B219='Hidden Background Info'!$G$11,B219='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B219" t="s">
         <v>171</v>
       </c>
       <c r="C219">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>60</v>
       </c>
       <c r="D219" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E219" s="7">
         <v>5.12</v>
       </c>
       <c r="F219" s="1" t="s">
         <v>128</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>128</v>
       </c>
       <c r="H219" s="62">
         <v>5</v>
       </c>
       <c r="I219" s="63">
         <v>3</v>
       </c>
       <c r="J219" s="62">
         <v>2</v>
       </c>
       <c r="K219" s="62">
         <v>26</v>
       </c>
     </row>
     <row r="220" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A220" t="e">
         <f>IF(OR(B220='Hidden Background Info'!$E$11,B220='Hidden Background Info'!$F$11,B220='Hidden Background Info'!$G$11,B220='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B220" t="s">
         <v>171</v>
       </c>
       <c r="C220">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>61</v>
       </c>
       <c r="D220" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E220" s="1">
         <v>5.13</v>
       </c>
       <c r="F220" s="1" t="s">
         <v>129</v>
       </c>
       <c r="G220" s="1" t="s">
         <v>131</v>
       </c>
       <c r="H220" s="62">
         <v>32</v>
       </c>
       <c r="I220" s="63">
         <v>13</v>
       </c>
       <c r="J220" s="62">
         <v>7</v>
       </c>
       <c r="K220" s="62">
         <v>37</v>
       </c>
     </row>
     <row r="221" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A221" t="e">
         <f>IF(OR(B221='Hidden Background Info'!$E$11,B221='Hidden Background Info'!$F$11,B221='Hidden Background Info'!$G$11,B221='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B221" t="s">
         <v>171</v>
       </c>
       <c r="C221">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>62</v>
       </c>
       <c r="D221" s="1" t="s">
         <v>99</v>
       </c>
       <c r="E221" s="7">
         <v>5.14</v>
       </c>
       <c r="F221" s="1" t="s">
         <v>130</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>132</v>
       </c>
       <c r="H221" s="62">
         <v>32</v>
       </c>
       <c r="I221" s="63">
         <v>20</v>
       </c>
       <c r="J221" s="62">
         <v>9</v>
       </c>
       <c r="K221" s="62">
         <f>34+21+42+27</f>
         <v>124</v>
       </c>
     </row>
     <row r="222" spans="1:11" x14ac:dyDescent="0.45">
       <c r="A222" t="e">
         <f>IF(OR(B222='Hidden Background Info'!$E$11,B222='Hidden Background Info'!$F$11,B222='Hidden Background Info'!$G$11,B222='Hidden Background Info'!$H$11),1,0)</f>
         <v>#REF!</v>
       </c>
       <c r="B222" t="s">
         <v>171</v>
       </c>
       <c r="C222">
-        <f t="shared" si="7"/>
+        <f t="shared" si="8"/>
         <v>63</v>
       </c>
       <c r="D222" s="10" t="s">
         <v>99</v>
       </c>
       <c r="E222" s="10"/>
       <c r="F222" s="10" t="s">
         <v>86</v>
       </c>
       <c r="G222" s="10"/>
       <c r="H222" s="10">
         <v>0</v>
       </c>
       <c r="I222" s="10">
         <v>0</v>
       </c>
       <c r="J222" s="1">
         <v>1</v>
       </c>
       <c r="K222" s="1">
         <v>30</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="21" type="noConversion"/>